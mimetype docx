--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,5256 +1,2863 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="571"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="0680" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="1406" w:tblpY="1585"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13950"/>
+        <w:gridCol w:w="4853"/>
+        <w:gridCol w:w="936"/>
+        <w:gridCol w:w="936"/>
+        <w:gridCol w:w="936"/>
+        <w:gridCol w:w="936"/>
+        <w:gridCol w:w="936"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E2F21" w:rsidRPr="00F47E88" w14:paraId="7031E0B6" w14:textId="77777777" w:rsidTr="00D83D18">
+      <w:tr w:rsidR="00441D73" w14:paraId="3F58D17A" w14:textId="6CF73015" w:rsidTr="00582181">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="610"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13950" w:type="dxa"/>
+            <w:tcW w:w="4853" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4450 lines deleted...]
-          <w:p w14:paraId="02BD9D04" w14:textId="5E4D02E0" w:rsidR="00D83D18" w:rsidRDefault="00516F64" w:rsidP="00D83D18">
+          </w:tcPr>
+          <w:p w14:paraId="3EA2EEE1" w14:textId="642A1782" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:r>
+              <w:t>For each step in the Task Analysis, first write the activity to be observed (A, B, C, etc.) then write the verbal prompt to be given below (i.e., a), b), c), etc.). Remember to always use the verbal prompt as written in the Task Analysis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F84F10" w14:textId="785471BA" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07FDD1D6" w14:textId="472B15BA" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F67BAFC" w14:textId="409F6400" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="397D30E3" w14:textId="4CB4D667" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FC90CF" w14:textId="1745E7D2" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00441D73" w14:paraId="50BB3013" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="610"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="583F7A3A" w14:textId="77777777" w:rsidR="00441D73" w:rsidRDefault="00441D73" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED572A8" w14:textId="77777777" w:rsidR="00441D73" w:rsidRDefault="00441D73" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9C6DCC" w14:textId="77777777" w:rsidR="00441D73" w:rsidRDefault="00441D73" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="252D11FD" w14:textId="77777777" w:rsidR="00441D73" w:rsidRDefault="00441D73" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D17D985" w14:textId="77777777" w:rsidR="00441D73" w:rsidRDefault="00441D73" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1640D86B" w14:textId="24BBAC80" w:rsidR="00441D73" w:rsidRDefault="00441D73" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00441D73" w14:paraId="4017EDC8" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="610"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38303360" w14:textId="77777777" w:rsidR="00441D73" w:rsidRDefault="00441D73" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="714483E9" w14:textId="4BC67638" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Result</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C856A18" w14:textId="28DC3EE8" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Result</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5543FCA6" w14:textId="076FEC13" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Result</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4055BB" w14:textId="56F1E8CA" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Result</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2FC7FD" w14:textId="27AC99F9" w:rsidR="00441D73" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Result</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="394A74CE" w14:textId="384AF108" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4637C2" w14:textId="141C3844" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00652205">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13D5D676" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D911D33" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1319E713" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C28A8F" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0D92EE" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="432E3D91" w14:textId="5CDAF1E1" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="786FC90A" w14:textId="473E3603" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00652205">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73808C66" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="25972A5B" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="33409DEE" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="50F78821" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="567E1E0D" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="25471B40" w14:textId="1B6D4313" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFCCCE0" w14:textId="0E2EF337" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>TASK ANALYSIS DATA PROBE</w:t>
+              <w:t>B.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C281EE4" w14:textId="77777777" w:rsidR="00D83D18" w:rsidRDefault="00D83D18" w:rsidP="006E2F21">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="004C881E" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E991A" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="321448BF" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F37A879" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B2EDF1" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="08331784" w14:textId="4E4AA13C" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33ED324E" w14:textId="29A0B133" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:bCs/>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>SME Student Name:</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> __________________________________________________</w:t>
+              <w:t>b)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CE4F0FE" w14:textId="77777777" w:rsidR="00516F64" w:rsidRDefault="00516F64" w:rsidP="006E2F21">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAF9BD3" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="44F9BE0D" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFCCEBE" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6C941694" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="201856A9" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="540F6F1C" w14:textId="382BB042" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B19DE39" w14:textId="5AC5A197" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1E279954" w14:textId="6341FCC3" w:rsidR="006E2F21" w:rsidRPr="00F47E88" w:rsidRDefault="006E2F21" w:rsidP="006E2F21">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6EFE2F" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1A23DF" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DEF0D7" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCA1EE1" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F15B3CE" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="2E39243F" w14:textId="5886B8B8" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F26690C" w14:textId="0879CA78" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F47E88">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
-                <w:bCs/>
-                <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Directions for use:</w:t>
-[...84 lines deleted...]
-              <w:t>, use the cues from the TA to initiate the Targeted Skill/Behavior. If completing a Single Data (baseline) Probe, stop the probe at the first incomplete task (-) and mark remaining tasks incomplete as well. If conducting Multiple Data (monitoring) Probe, record the Greatest level of prompt required for task to be completed and resume probe (e.g., nothing happens after Verbal Prompt, the learner is given a Tap prompt and attempts skill but is inaccurate, mark T/-). Include the Date and Results of each probe to monitor progress towards mastery.</w:t>
+              <w:t>c)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2F98F66F" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1A32CA95" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="299269D5" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="70F2D097" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="43694E80" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2F21" w:rsidRPr="00F47E88" w14:paraId="7C73ABDC" w14:textId="77777777" w:rsidTr="00D83D18">
+      <w:tr w:rsidR="00652205" w14:paraId="6133A84C" w14:textId="652E5594" w:rsidTr="00582181">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13950" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="4853" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4486A4F9" w14:textId="77777777" w:rsidR="006E2F21" w:rsidRPr="00F47E88" w:rsidRDefault="006E2F21" w:rsidP="006E2F21">
+          </w:tcPr>
+          <w:p w14:paraId="6130543C" w14:textId="48DA0944" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>D.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="161C695A" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B025638" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B288DA" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7338B2E3" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D95FFE8" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2F21" w:rsidRPr="00F47E88" w14:paraId="7F3D5170" w14:textId="77777777" w:rsidTr="00D83D18">
+      <w:tr w:rsidR="00652205" w14:paraId="5D89BFA1" w14:textId="254A4DB1" w:rsidTr="00582181">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13950" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="4853" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C951B18" w14:textId="77777777" w:rsidR="006E2F21" w:rsidRPr="00F47E88" w:rsidRDefault="006E2F21" w:rsidP="006E2F21">
+          </w:tcPr>
+          <w:p w14:paraId="15CC52F0" w14:textId="40A45B3D" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>d)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5A96872B" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCC6F7C" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDDD358" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7501B500" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E933600" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2F21" w:rsidRPr="00F47E88" w14:paraId="7D5729EA" w14:textId="77777777" w:rsidTr="00D83D18">
+      <w:tr w:rsidR="00652205" w14:paraId="035DE8E6" w14:textId="7A8F2A34" w:rsidTr="00582181">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13950" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="4853" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E6A4147" w14:textId="77777777" w:rsidR="006E2F21" w:rsidRPr="00F47E88" w:rsidRDefault="006E2F21" w:rsidP="006E2F21">
+          </w:tcPr>
+          <w:p w14:paraId="08895C6F" w14:textId="314F1DD0" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
+                <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>E.</w:t>
+            </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ABB2BE" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF4E124" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="066DEBD0" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FC33D9" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="61530107" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="59727CC2" w14:textId="535DA034" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BC6398" w14:textId="44BDDE55" w:rsidR="00652205" w:rsidRPr="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>e)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0A45A639" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0690AE" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE930FC" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="60092237" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="49D7D55D" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="2A371D40" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA1D666" w14:textId="3F491210" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>F.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAACB3D" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C43C83D" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F65A759" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D1DD58" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="632554E7" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="79D0F3C1" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="280F76BB" w14:textId="447374AD" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>f)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="744AA977" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5429A5" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACEA30B" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="34519977" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3979341C" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="2D8876F8" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B490CE" w14:textId="3FBA8151" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>G.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6524205A" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F9FDBA" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5287AB06" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="39B8F8F2" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="083327BF" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="5BF0988F" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED78E9D" w14:textId="248D1B8C" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>g)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7E86CF02" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="14C085DA" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="38DBB511" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FBE21D8" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1C253F0D" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="13BC5BB9" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0FA4D2" w14:textId="7CFF8599" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>H.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="16331A0E" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="417B580A" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="33ED4004" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBD9EC3" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1880795B" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="2B999CE9" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B8E09" w14:textId="5005C479" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>h)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1F34C1EB" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="46001542" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3C6A5C" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="04C8F5AF" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2C85FF23" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="78812C00" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77621C80" w14:textId="641F91CB" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EC656C" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFB8AB8" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="69058E4E" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="153141E5" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB9B5D3" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="66902462" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="540EB665" w14:textId="01762494" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5378295E" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="43D7CB79" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="48A5B002" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="175E0868" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7542CB" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="7F279DD5" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="292A7BA0" w14:textId="60ABC41B" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>J.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD57939" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="61986037" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAFF606" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="527E0810" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="48083D61" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00652205" w14:paraId="1E4CD23C" w14:textId="77777777" w:rsidTr="00582181">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4853" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="005230CF" w14:textId="676B7955" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>j)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6C271B1C" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3347FDEE" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE565F4" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5A854151" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4527AE0C" w14:textId="77777777" w:rsidR="00652205" w:rsidRDefault="00652205" w:rsidP="00582181"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73CF5D1E" w14:textId="77777777" w:rsidR="00516F64" w:rsidRDefault="00516F64" w:rsidP="00516F64">
+    <w:p w14:paraId="6B848E8A" w14:textId="77777777" w:rsidR="00582181" w:rsidRDefault="00441D73" w:rsidP="00D91F11">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="90"/>
         <w:rPr>
-          <w:b/>
-[...455 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:noProof/>
         </w:rPr>
-        <w:t>- Hand under Hand</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB81B2B" w14:textId="0D188D84" w:rsidR="00582181" w:rsidRDefault="007F2E35">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E4221E3" wp14:editId="318521A5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>624205</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>7012940</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5495925" cy="1133475"/>
+                <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="Group 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5495925" cy="1133475"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="5495925" cy="1133475"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="2" name="Text Box 2"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1266825" cy="1133475"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx id="1">
+                          <w:txbxContent>
+                            <w:p w14:paraId="7CEE0618" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:u w:val="single"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:u w:val="single"/>
+                                </w:rPr>
+                                <w:t>Key:</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="526CC74B" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>Correct</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t xml:space="preserve">+ </w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="32267CC3" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>Incorrect</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>-</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="098D09A1" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Independent </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>I</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="6C80C341" w14:textId="2BA630CA" w:rsidR="008A0743" w:rsidRDefault="008A0743" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>Tap Prompt</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>T</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="4B66AC34" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00516F64">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:u w:val="single"/>
+                                </w:rPr>
+                                <w:t>Verbal</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>V</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="3CE9218E" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>- Attentional</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>a</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="56B9162F" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>- General</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>g</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="1594DB80" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>-</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>Specific</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>s</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="708D6BB2" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00516F64">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:u w:val="single"/>
+                                </w:rPr>
+                                <w:t>Physical</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>P</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7C69716A" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>- Shoulder</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>s</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7430E31F" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>- Elbow</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>e</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="12860098" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:pPr>
+                                <w:spacing w:after="0"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>- Wrist</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                              </w:r>
+                              <w:r w:rsidRPr="00636FD8">
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>w</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="0EBC4C6B" w14:textId="39D18316" w:rsidR="008A0743" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>- Hand under Hand</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:tab/>
+                                <w:t>h</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="3" name="Text Box 3"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1952625" y="57150"/>
+                            <a:ext cx="1257300" cy="1076325"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:linkedTxbx id="1" seq="1"/>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="Text Box 4"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3762375" y="57150"/>
+                            <a:ext cx="1733550" cy="1076325"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="6350">
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:linkedTxbx id="1" seq="2"/>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="6E4221E3" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:49.15pt;margin-top:552.2pt;width:432.75pt;height:89.25pt;z-index:251662336" coordsize="54959,11334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5hOVDEAMAALwLAAAOAAAAZHJzL2Uyb0RvYy54bWzsVl1P2zAUfZ+0/2D5faRJmpZGpKiDgSYh&#10;QKITz67jNNEc29huE/bruXaa0lGmbUxC28RL4o/ra99zz7n20XFbc7Rm2lRSZDg8GGDEBJV5JZYZ&#10;/jI/+3CIkbFE5IRLwTJ8zww+nr5/d9SolEWylDxnGoETYdJGZbi0VqVBYGjJamIOpGICJgupa2Kh&#10;q5dBrkkD3mseRIPBKGikzpWWlBkDo6fdJJ56/0XBqL0qCsMs4hmGs1n/1f67cN9gekTSpSaqrOjm&#10;GOQFp6hJJWDTratTYgla6WrPVV1RLY0s7AGVdSCLoqLMxwDRhIMn0ZxruVI+lmXaLNUWJoD2CU4v&#10;dksv19caVXmGE4wEqSFFfleUOGgatUzB4lyrG3WtNwPLrueibQtduz/EgVoP6v0WVNZaRGEwGU6S&#10;SQTeKcyFYRwPx943SWkJudlbR8tPP1kZ9BsH7nzb4zQKKGQeUTJ/htJNSRTz4BuHwQalqEdp7uL7&#10;KFsUdUB5I4cSsi0MQ6j9uIHBXwUrjEajw2fA2oZMUqWNPWeyRq6RYQ0U98wj6wtjIUVg2pu4XY3k&#10;VX5Wce47TlbshGu0JiAIbv0hYcV3VlygJsOjOBl4x0K65Z1nLmADB3QXlGvZdtF6Zph0IfN7AEDL&#10;TmZG0bMKDnlBjL0mGnQFCoRaYa/gU3AJm8hNC6NS6m/PjTt7SCTMYtSATjNs7lZEM4z4ZwEpnoTD&#10;oRO27wyTcQQdvTuz2J0Rq/pEQuQhVCVFfdPZW943Cy3rWygpM7crTBFBYe8M2755YrvqASWJstnM&#10;G4GUFbEX4kZR59oh7VIwb2+JVps8WeDLpexJRdIn6eps3UohZysri8rn0gHcobrBHQjuZPkKTI/3&#10;mB73jAY5/A7Tw0kSjRypoQAk4xBoBXwhaV8gwigZxwPA2heIwXgUg21Ht76+9IT+WzjPK/GV5XNg&#10;vi+dcHbD7nYk/yaE/0gIwz0hDF8ohHg8imK4/X4khHEcJ6COf18I2zvxTQivIwT/EoInor/+N89Z&#10;9wbd7fsb5PHRPX0AAAD//wMAUEsDBBQABgAIAAAAIQCPOXFF4QAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9NS8NAEIbvgv9hGcGb3XzUksRsSinqqQi2gnjbJtMkNDsbstsk/feOJ3ucdx7ej3w9&#10;m06MOLjWkoJwEYBAKm3VUq3g6/D2lIBwXlOlO0uo4IoO1sX9Xa6zyk70iePe14JNyGVaQeN9n0np&#10;ygaNdgvbI/HvZAejPZ9DLatBT2xuOhkFwUoa3RInNLrHbYPleX8xCt4nPW3i8HXcnU/b68/h+eN7&#10;F6JSjw/z5gWEx9n/w/BXn6tDwZ2O9kKVE52CNImZZD0MlksQTKSrmMccWYqSKAVZ5PJ2RPELAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+YTlQxADAAC8CwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjzlxReEAAAAMAQAADwAAAAAAAAAAAAAAAABq&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;">
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;width:12668;height:11334;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOtDoOxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heUIvUjcq1RJdRcT+obcmreLtkX0mwezbkN0m6bfvFgSPw8z8hllve1OJlhpXWlYwnUQg&#10;iDOrS84VfKUvj88gnEfWWFkmBb/kYLsZDtYYa9vxJ7WJz0WAsItRQeF9HUvpsoIMuomtiYN3sY1B&#10;H2STS91gF+CmkrMoWkiDJYeFAmvaF5Rdkx+j4DzOTx+uf/3u5k/z+vDWpsujTpV6GPW7FQhPvb+H&#10;b+13rWAG/1fCDZCbPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOtDoOxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                  <v:textbox style="mso-next-textbox:#Text Box 3">
+                    <w:txbxContent>
+                      <w:p w14:paraId="7CEE0618" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:u w:val="single"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:u w:val="single"/>
+                          </w:rPr>
+                          <w:t>Key:</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="526CC74B" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>Correct</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t xml:space="preserve">+ </w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="32267CC3" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>Incorrect</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>-</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="098D09A1" w14:textId="77777777" w:rsidR="008A0743" w:rsidRPr="00636FD8" w:rsidRDefault="008A0743" w:rsidP="008A0743">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Independent </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>I</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="6C80C341" w14:textId="2BA630CA" w:rsidR="008A0743" w:rsidRDefault="008A0743" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>Tap Prompt</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>T</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="4B66AC34" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00516F64">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:u w:val="single"/>
+                          </w:rPr>
+                          <w:t>Verbal</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>V</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="3CE9218E" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>- Attentional</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>a</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="56B9162F" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>- General</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>g</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="1594DB80" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>-</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>Specific</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>s</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="708D6BB2" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00516F64">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:u w:val="single"/>
+                          </w:rPr>
+                          <w:t>Physical</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>P</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7C69716A" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>- Shoulder</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>s</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7430E31F" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRPr="00636FD8" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>- Elbow</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>e</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="12860098" w14:textId="77777777" w:rsidR="00BA09BC" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:pPr>
+                          <w:spacing w:after="0"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>- Wrist</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                        </w:r>
+                        <w:r w:rsidRPr="00636FD8">
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>w</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="0EBC4C6B" w14:textId="39D18316" w:rsidR="008A0743" w:rsidRDefault="00BA09BC" w:rsidP="00BA09BC">
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>- Hand under Hand</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:tab/>
+                          <w:t>h</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:19526;top:571;width:12573;height:10763;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBh+J+VxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gpepG409A+pq4ioFW812tLbI/uaBLNvQ3ZN0m/vFgSPw8z8hpktelOJlhpXWlYwGUcg&#10;iDOrS84VHNPN0xsI55E1VpZJwR85WMwfBjNMtO34k9qDz0WAsEtQQeF9nUjpsoIMurGtiYP3axuD&#10;Psgml7rBLsBNJadR9CINlhwWCqxpVVB2PlyMgp9R/r13/fbUxc9xvf5o09cvnSo1fOyX7yA89f4e&#10;vrV3WkEM/1fCDZDzKwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBh+J+VxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                  <v:textbox style="mso-next-textbox:#Text Box 4">
+                    <w:txbxContent/>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Text Box 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:37623;top:571;width:17336;height:10763;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDuEQfhxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oReSt1UayvRVYq0Kt40VfH2yD6TYPZtyG6T+O/dQqHHYWa+YWaLzpSiodoVlhW8DCIQ&#10;xKnVBWcKvpOv5wkI55E1lpZJwY0cLOa9hxnG2ra8o2bvMxEg7GJUkHtfxVK6NCeDbmAr4uBdbG3Q&#10;B1lnUtfYBrgp5TCK3qTBgsNCjhUtc0qv+x+j4PyUnbauWx3a0XhUfa6b5P2oE6Ue+93HFISnzv+H&#10;/9obreAVfq+EGyDndwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDuEQfhxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                  <v:textbox>
+                    <w:txbxContent/>
+                  </v:textbox>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00582181">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C17D28" w14:textId="02C1E027" w:rsidR="008961FC" w:rsidRDefault="008961FC" w:rsidP="008961FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Directions for use:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00636FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> From the Good Fit Model Support Plan choose general</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>h</w:t>
+        <w:t xml:space="preserve"> duties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00636FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or a specific job </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">duty or soft skill to develop a Task Analysis (TA). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Develop the Task Analysis (TA) (by using the ‘A-B-C’ chart from your materials, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4914">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Module 11 Activities 9 &amp; 10, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>if needed)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>use the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> other side of this sheet to write out the Targeted Skill/Behavior and Verbal C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ues to initiate the Targeted Skill/Behavior.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> When using the TA for instruction provide the first Verbal Cue, wait 3-5 seconds, then provide the next level of prompting until the learner is able to complete the task successfully. Mark the level of Prompting needed to initiate the Task and whether or not it was completed successfully.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A85824" w:rsidRPr="00636FD8" w:rsidSect="00516F64">
-      <w:footerReference w:type="default" r:id="rId11"/>
+    <w:p w14:paraId="31EB5E72" w14:textId="77777777" w:rsidR="008961FC" w:rsidRDefault="008961FC" w:rsidP="008961FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When completing a Single Opportunity (baseline) Probe, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stop the probe at the first </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncomplete task (-) and mark remaining tasks </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ncomplete</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, (-)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Remember to not provide any cues, prompting, or guidance, as you are attempting to find where instruction needs to begin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D92F915" w14:textId="77777777" w:rsidR="008961FC" w:rsidRDefault="008961FC" w:rsidP="008961FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conducting </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Multiple</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Opportunity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (monitoring) Probe, record the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>st level of prompt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required for task to be completed and resume probe (e.g., nothing happens after Verbal P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ompt, the learner is given a Tap prompt and attempts skill but is inaccurate, mark T/-).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47E88">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include the Date and Results of each probe to monitor progress towards mastery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D243E51" w14:textId="11A91395" w:rsidR="00D91F11" w:rsidRDefault="008961FC" w:rsidP="00D91F11">
+      <w:r>
+        <w:t>For additional</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4914">
+        <w:t xml:space="preserve"> assistance in completing a Task Analysis and taking Data Probes, please refer to these videos from Module 11 of your material:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E60FEB7" w14:textId="70B4148D" w:rsidR="009C4914" w:rsidRDefault="009C4914" w:rsidP="00D91F11">
+      <w:r>
+        <w:t xml:space="preserve">Activity 4: Systematic Instruction - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
+          </w:rPr>
+          <w:t>https://youtu.be/9_qDYO3s3eA</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47854F79" w14:textId="5F924095" w:rsidR="009C4914" w:rsidRDefault="009C4914" w:rsidP="00D91F11">
+      <w:r>
+        <w:t xml:space="preserve">Activity 5: Creating a Task Analysis - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
+          </w:rPr>
+          <w:t>https://youtu.be/YtGedVSMj8U</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="08C489EB" w14:textId="5FA396E9" w:rsidR="009C4914" w:rsidRPr="00D91F11" w:rsidRDefault="009C4914" w:rsidP="00D91F11">
+      <w:r>
+        <w:t xml:space="preserve">Activity 6: Taking the “Right” Data - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
+          </w:rPr>
+          <w:t>https://youtu.be/7dxl6riBSO0</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="009C4914" w:rsidRPr="00D91F11" w:rsidSect="00727268">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-[...1 lines deleted...]
-      <w:cols w:num="3" w:space="720"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="390" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4356A7D5" w14:textId="77777777" w:rsidR="006F77A9" w:rsidRDefault="006F77A9" w:rsidP="0024485C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E6FA29A" w14:textId="77777777" w:rsidR="006F77A9" w:rsidRDefault="006F77A9" w:rsidP="0024485C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
@@ -5282,111 +2889,250 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="02BC749C" w14:textId="77B88C29" w:rsidR="00516F64" w:rsidRPr="00516F64" w:rsidRDefault="00AC2A54">
+  <w:p w14:paraId="02BC749C" w14:textId="4EBAC89E" w:rsidR="00516F64" w:rsidRPr="00516F64" w:rsidRDefault="00AC2A54">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Rev 2024.10</w:t>
+      <w:t xml:space="preserve">Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="0058535B">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00D91F11">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r w:rsidR="0058535B">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>-2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5F0C74EA" w14:textId="77777777" w:rsidR="006F77A9" w:rsidRDefault="006F77A9" w:rsidP="0024485C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76663061" w14:textId="77777777" w:rsidR="006F77A9" w:rsidRDefault="006F77A9" w:rsidP="0024485C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0783F1C3" w14:textId="77777777" w:rsidR="005F2F28" w:rsidRDefault="005F2F28">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0C0EBBD5" w14:textId="77777777" w:rsidR="00582181" w:rsidRDefault="0030637E" w:rsidP="00582181">
+    <w:pPr>
+      <w:pStyle w:val="paragraph"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:textAlignment w:val="baseline"/>
+      <w:rPr>
+        <w:rStyle w:val="eop"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>TASK ANALYSIS DATA PROBE</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3158103E" w14:textId="36B59249" w:rsidR="0030637E" w:rsidRDefault="00652205" w:rsidP="008A0743">
+    <w:pPr>
+      <w:pStyle w:val="paragraph"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:textAlignment w:val="baseline"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00652205">
+      <w:rPr>
+        <w:rStyle w:val="eop"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Task to be learned:</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="eop"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="eop"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="eop"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00582181">
+      <w:rPr>
+        <w:rStyle w:val="eop"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="0030637E">
+      <w:rPr>
+        <w:rStyle w:val="normaltextrun"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>SME Student Name:</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1DE1250E" w14:textId="77777777" w:rsidR="00F82076" w:rsidRDefault="00F82076">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00031959"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37B20B88"/>
     <w:lvl w:ilvl="0" w:tplc="30EC2B08">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5817,112 +3563,132 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C35F99"/>
+    <w:rsid w:val="00051B32"/>
     <w:rsid w:val="001B4781"/>
     <w:rsid w:val="0024485C"/>
+    <w:rsid w:val="0030637E"/>
     <w:rsid w:val="00335C06"/>
+    <w:rsid w:val="00363A48"/>
     <w:rsid w:val="003C6B63"/>
+    <w:rsid w:val="003F7EC3"/>
+    <w:rsid w:val="00441D73"/>
+    <w:rsid w:val="004650F5"/>
+    <w:rsid w:val="0049638F"/>
     <w:rsid w:val="004D248C"/>
     <w:rsid w:val="00516F64"/>
+    <w:rsid w:val="00582181"/>
+    <w:rsid w:val="0058535B"/>
     <w:rsid w:val="005F2F28"/>
     <w:rsid w:val="00636FD8"/>
+    <w:rsid w:val="00652205"/>
     <w:rsid w:val="006E2F21"/>
     <w:rsid w:val="006F77A9"/>
     <w:rsid w:val="00711157"/>
+    <w:rsid w:val="00727268"/>
+    <w:rsid w:val="007F2E35"/>
+    <w:rsid w:val="008961FC"/>
+    <w:rsid w:val="008A0743"/>
+    <w:rsid w:val="00916A5E"/>
+    <w:rsid w:val="009C4914"/>
     <w:rsid w:val="00A85824"/>
     <w:rsid w:val="00AC2A54"/>
     <w:rsid w:val="00AF1CA0"/>
+    <w:rsid w:val="00BA09BC"/>
     <w:rsid w:val="00BB3D6D"/>
     <w:rsid w:val="00C35F99"/>
     <w:rsid w:val="00D83D18"/>
+    <w:rsid w:val="00D91F11"/>
+    <w:rsid w:val="00F17361"/>
     <w:rsid w:val="00F47E88"/>
     <w:rsid w:val="00F50B23"/>
+    <w:rsid w:val="00F82076"/>
     <w:rsid w:val="5D1E66D3"/>
     <w:rsid w:val="7F9D7E1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="046F4959"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7899C6DE-1659-4351-9FEB-CD124BC12F2B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -6381,77 +4147,163 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0024485C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0024485C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0024485C"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="0030637E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0030637E"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="0030637E"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C4914"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="1098021690">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="671756453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="779760389">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1301422297">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1478306252">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/7dxl6riBSO0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/YtGedVSMj8U" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/9_qDYO3s3eA" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6722,78 +4574,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...26 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F6CB23711B323F48A64A1BDF4CAC1379" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="060fac1cebd98fdce307f6f5398fae3b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c532a60-26e6-4ba8-ba66-cc12b220fc58" xmlns:ns3="9817f423-16b6-4052-95a5-c264e1f3a1cd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af68e2500de6191ddee8a5520ad5e54a" ns2:_="" ns3:_="">
     <xsd:import namespace="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
     <xsd:import namespace="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -7001,136 +4825,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9817f423-16b6-4052-95a5-c264e1f3a1cd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_Flow_SignoffStatus xmlns="9817f423-16b6-4052-95a5-c264e1f3a1cd">In Process</_Flow_SignoffStatus>
+    <TaxCatchAll xmlns="9c532a60-26e6-4ba8-ba66-cc12b220fc58" xsi:nil="true"/>
+    <SharedWithUsers xmlns="9c532a60-26e6-4ba8-ba66-cc12b220fc58">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E5FC727-83EB-40DD-926B-4FDCD527CBB1}">
-[...23 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77A02E93-7420-4A0C-9CC9-82D5634C9784}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
     <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{098CA18E-0018-43FD-AD21-671D1E43A8A2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E5FC727-83EB-40DD-926B-4FDCD527CBB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
+    <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D76D01E6-711C-4263-8EDC-9B14B264F364}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F7ED43A-B7FC-4B91-9858-43384CFEC682}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1191</Characters>
+  <Pages>2</Pages>
+  <Words>340</Words>
+  <Characters>1961</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Rhode Island College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1390</CharactersWithSpaces>
+  <CharactersWithSpaces>2297</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Armitstead, Ian-Robert</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6CB23711B323F48A64A1BDF4CAC1379</vt:lpwstr>