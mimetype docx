--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,1556 +1,1343 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidRPr="00F86804" w:rsidR="005047A3" w:rsidP="6FFF963B" w:rsidRDefault="005047A3" w14:paraId="786D044E" w14:textId="18EF77F0">
+    <w:p w14:paraId="786D044E" w14:textId="18EF77F0" w:rsidR="005047A3" w:rsidRPr="00F86804" w:rsidRDefault="005047A3" w:rsidP="6FFF963B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6FFF963B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Good Fit </w:t>
       </w:r>
-      <w:r w:rsidRPr="6FFF963B" w:rsidR="007033E8">
+      <w:r w:rsidR="007033E8" w:rsidRPr="6FFF963B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Model </w:t>
       </w:r>
       <w:r w:rsidR="00A6130C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Matching </w:t>
       </w:r>
-      <w:r w:rsidRPr="6FFF963B" w:rsidR="007033E8">
+      <w:r w:rsidR="007033E8" w:rsidRPr="6FFF963B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Support</w:t>
       </w:r>
-      <w:r w:rsidRPr="6FFF963B" w:rsidR="00351773">
+      <w:r w:rsidR="00351773" w:rsidRPr="6FFF963B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="6FFF963B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Needs and Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005047A3" w:rsidP="00194C36" w:rsidRDefault="005047A3" w14:paraId="094B26B7" w14:textId="77777777">
+    <w:p w14:paraId="094B26B7" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="00194C36">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="12960"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">SME </w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tudent Name: </w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005047A3" w:rsidP="00194C36" w:rsidRDefault="005047A3" w14:paraId="2318F00E" w14:textId="77777777">
+    <w:p w14:paraId="2318F00E" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="00194C36">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="right" w:pos="12960"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Client Initials</w:t>
       </w:r>
       <w:r w:rsidR="00B83A29">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Client Job title: </w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B83A29">
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B83A29" w:rsidP="00194C36" w:rsidRDefault="00A6130C" w14:paraId="0EBE1E0F" w14:textId="0F9DAA5B">
+    <w:p w14:paraId="0EBE1E0F" w14:textId="0F9DAA5B" w:rsidR="00B83A29" w:rsidRDefault="00A6130C" w:rsidP="00194C36">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="12960"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Client’s </w:t>
       </w:r>
       <w:r w:rsidR="00B83A29">
         <w:t>Employer:</w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00351773">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="13181" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3620"/>
         <w:gridCol w:w="4138"/>
         <w:gridCol w:w="5423"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="1289BBCD" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="1289BBCD" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="1457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00A6130C" w:rsidR="005047A3" w:rsidP="005047A3" w:rsidRDefault="00A6130C" w14:paraId="78D90F0F" w14:textId="54505A35">
+          </w:tcPr>
+          <w:p w14:paraId="78D90F0F" w14:textId="54505A35" w:rsidR="005047A3" w:rsidRPr="00A6130C" w:rsidRDefault="00A6130C" w:rsidP="005047A3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6130C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>General accessibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="3A23B50D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3A23B50D" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3">
             <w:r>
               <w:t>What support is required?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00B83A29" w:rsidRDefault="005047A3" w14:paraId="06E57E48" w14:textId="77777777">
+          <w:p w14:paraId="06E57E48" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="00B83A29">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00B83A29" w:rsidRDefault="005047A3" w14:paraId="2D2A395E" w14:textId="77777777">
+          <w:p w14:paraId="2D2A395E" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="00B83A29">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Skills training</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00B83A29" w:rsidRDefault="005047A3" w14:paraId="47E7A13E" w14:textId="77777777">
+          <w:p w14:paraId="47E7A13E" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="00B83A29">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Modify (accommodation) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00D054DF" w:rsidRDefault="005047A3" w14:paraId="1C21960D" w14:textId="1D0879BF">
+          <w:p w14:paraId="1C21960D" w14:textId="1D0879BF" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="00D054DF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Support (Natural or D</w:t>
             </w:r>
             <w:r w:rsidR="00D054DF">
               <w:t>SP</w:t>
             </w:r>
             <w:r>
               <w:t>/Job Coach)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="005047A3" w14:paraId="6A387267" w14:textId="40D6119D">
+          </w:tcPr>
+          <w:p w14:paraId="6A387267" w14:textId="40D6119D" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="00351773">
             <w:r>
               <w:t>State the specific support</w:t>
             </w:r>
             <w:r w:rsidR="00BF71DC">
               <w:t xml:space="preserve"> or accommodation</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> to be provided.</w:t>
             </w:r>
             <w:r w:rsidR="00BF71DC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>i.e.   (task list,</w:t>
+              <w:t>i.e.   (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>task</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> list,</w:t>
             </w:r>
             <w:r w:rsidR="00351773">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>left</w:t>
             </w:r>
             <w:r w:rsidR="00351773">
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:t>handed key board, coworker replenish work, etc.</w:t>
             </w:r>
             <w:r w:rsidR="00A94F5B">
               <w:t>, Type of support intervention</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="56BF1DA5" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="56BF1DA5" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00A94F5B" w:rsidRDefault="00B83A29" w14:paraId="48F66DE8" w14:textId="101278C6">
+          </w:tcPr>
+          <w:p w14:paraId="48F66DE8" w14:textId="101278C6" w:rsidR="005047A3" w:rsidRDefault="00B83A29" w:rsidP="00A94F5B">
             <w:pPr>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00194C36">
               <w:t>Transportation</w:t>
             </w:r>
             <w:r w:rsidR="00A94F5B">
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...13 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w14:paraId="76F08A0E" w14:textId="23EA12B4" w:rsidR="00DC06E8" w:rsidRDefault="39FF7273" w:rsidP="00DC06E8">
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30E32D3B" w14:textId="363E0778" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...16 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="164B0302" w14:textId="395AC364"/>
+          </w:tcPr>
+          <w:p w14:paraId="164B0302" w14:textId="395AC364" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="6F3765C1" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="6F3765C1" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00A94F5B" w:rsidRDefault="44BB1335" w14:paraId="012268B7" w14:textId="2467F9AC">
+          </w:tcPr>
+          <w:p w14:paraId="012268B7" w14:textId="2467F9AC" w:rsidR="005047A3" w:rsidRDefault="44BB1335" w:rsidP="00A94F5B">
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00A94F5B">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00194C36">
               <w:t>Communication with supervisor/HR/coworkers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00A94F5B" w:rsidR="00A94F5B" w:rsidP="00A94F5B" w:rsidRDefault="00A94F5B" w14:paraId="7CE12C70" w14:textId="2017DCB8"/>
+          <w:p w14:paraId="7CE12C70" w14:textId="2017DCB8" w:rsidR="00A94F5B" w:rsidRPr="00A94F5B" w:rsidRDefault="00A94F5B" w:rsidP="00A94F5B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...3 lines deleted...]
-              <w:rPr/>
+          </w:tcPr>
+          <w:p w14:paraId="6572BB4C" w14:textId="4948544E" w:rsidR="005047A3" w:rsidRDefault="59783C67">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="3CC2BE26">
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...11 lines deleted...]
-              <w:rPr/>
+          </w:tcPr>
+          <w:p w14:paraId="7D884120" w14:textId="6267924D" w:rsidR="005047A3" w:rsidRDefault="724208E4">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="17B61A6E">
-[...52 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="015ABBF3" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="015ABBF3" w14:textId="77777777" w:rsidTr="00DC06E8">
         <w:trPr>
-          <w:trHeight w:val="620"/>
+          <w:trHeight w:val="647"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00B83A29" w14:paraId="3B478424" w14:textId="45439791">
+          </w:tcPr>
+          <w:p w14:paraId="3B478424" w14:textId="45439791" w:rsidR="005047A3" w:rsidRDefault="00B83A29" w:rsidP="00351773">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00194C36">
               <w:t>Building Access/mobility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="41A529A0" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A529A0" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="783AC314" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="783AC314" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="6D636A6E" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="6D636A6E" w14:textId="77777777" w:rsidTr="00DC06E8">
+        <w:trPr>
+          <w:trHeight w:val="458"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E8F920" w14:textId="2F0FACAF" w:rsidR="005047A3" w:rsidRDefault="00B83A29" w:rsidP="00351773">
+            <w:pPr>
+              <w:spacing w:line="720" w:lineRule="auto"/>
+              <w:ind w:left="360" w:hanging="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00194C36">
+              <w:t>Lighting/sight</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A9FBAB" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1828B98F" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005047A3" w14:paraId="7A5AC218" w14:textId="77777777" w:rsidTr="6EF96DB5">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F6E2BE" w14:textId="694237A0" w:rsidR="005047A3" w:rsidRDefault="00B83A29" w:rsidP="00351773">
+            <w:pPr>
+              <w:spacing w:line="720" w:lineRule="auto"/>
+              <w:ind w:left="360" w:hanging="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00194C36">
+              <w:t>Sound/hearing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F655257" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D1499BD" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005047A3" w14:paraId="09DA56EF" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00B83A29" w14:paraId="10E8F920" w14:textId="2F0FACAF">
+          </w:tcPr>
+          <w:p w14:paraId="06D51C24" w14:textId="2F1B5934" w:rsidR="005047A3" w:rsidRDefault="00B83A29" w:rsidP="00351773">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
             <w:r>
-              <w:t>D</w:t>
-[...78 lines deleted...]
-            <w:r>
               <w:t>F</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00194C36">
               <w:t>Smells/Allergens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="38A549A6" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A549A6" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="38074477" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="38074477" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="72F3249D" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="72F3249D" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00A6130C" w:rsidRDefault="00A6130C" w14:paraId="1845D02A" w14:textId="72A41384">
+          </w:tcPr>
+          <w:p w14:paraId="1845D02A" w14:textId="72A41384" w:rsidR="005047A3" w:rsidRDefault="00A6130C" w:rsidP="00A6130C">
             <w:pPr>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidR="00194C36">
-              <w:t xml:space="preserve">    </w:t>
-[...2 lines deleted...]
-              <w:t>Starting /ending work day</w:t>
+              <w:t xml:space="preserve">    Starting /ending work day</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="494F9DB8" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="494F9DB8" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidRDefault="005047A3" w14:paraId="0E627A1B" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E627A1B" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="1875B772" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="1875B772" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A6130C" w:rsidP="00A94F5B" w:rsidRDefault="00A6130C" w14:paraId="7BD32C17" w14:textId="4BC668D8">
+          </w:tcPr>
+          <w:p w14:paraId="7BD32C17" w14:textId="4BC668D8" w:rsidR="00A6130C" w:rsidRDefault="00A6130C" w:rsidP="00A94F5B">
             <w:pPr>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
             <w:r w:rsidRPr="00A94F5B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="00A94F5B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A94F5B" w:rsidR="00CB3B22">
+            <w:r w:rsidR="00CB3B22" w:rsidRPr="00A94F5B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CB3B22">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A94F5B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00194C36">
-              <w:t>Rest Room</w:t>
-[...2 lines deleted...]
-              <w:t>/</w:t>
+              <w:t>Rest Room/</w:t>
             </w:r>
             <w:r w:rsidR="00A94F5B">
               <w:t>Breaks/lunch</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00A94F5B" w:rsidR="00A94F5B" w:rsidP="00A94F5B" w:rsidRDefault="00A94F5B" w14:paraId="74D08DD3" w14:textId="5278B561">
+          <w:p w14:paraId="74D08DD3" w14:textId="5278B561" w:rsidR="00A94F5B" w:rsidRPr="00A94F5B" w:rsidRDefault="00A94F5B" w:rsidP="00A94F5B">
             <w:pPr>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w14:paraId="7FDDBBFA" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="006C4F4E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="78816E69" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="78816E69" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="006C4F4E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="08D7FD66" w14:textId="77777777">
+      <w:tr w:rsidR="005047A3" w14:paraId="08D7FD66" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00B83A29" w14:paraId="770B4948" w14:textId="3AE10352">
+          </w:tcPr>
+          <w:p w14:paraId="770B4948" w14:textId="3AE10352" w:rsidR="005047A3" w:rsidRDefault="00B83A29" w:rsidP="00351773">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="008D2454">
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="007309CB">
               <w:t>Onboarding/Orientation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="07074A31" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="07074A31" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="006C4F4E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="3DB5F72B" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB5F72B" w14:textId="77777777" w:rsidR="005047A3" w:rsidRDefault="005047A3" w:rsidP="006C4F4E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A94F5B" w:rsidTr="6EF96DB5" w14:paraId="0F47F15B" w14:textId="77777777">
+      <w:tr w:rsidR="00A94F5B" w14:paraId="0F47F15B" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A94F5B" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="1ABFF04B" w14:textId="3A2944FE">
+          </w:tcPr>
+          <w:p w14:paraId="1ABFF04B" w14:textId="3A2944FE" w:rsidR="00A94F5B" w:rsidRDefault="00A94F5B" w:rsidP="00351773">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
             <w:r>
               <w:t>J   Safety exits/emergency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A94F5B" w:rsidP="006C4F4E" w:rsidRDefault="00A94F5B" w14:paraId="50722A2A" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="50722A2A" w14:textId="77777777" w:rsidR="00A94F5B" w:rsidRDefault="00A94F5B" w:rsidP="006C4F4E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A94F5B" w:rsidP="006C4F4E" w:rsidRDefault="00A94F5B" w14:paraId="46C85A95" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C85A95" w14:textId="77777777" w:rsidR="00A94F5B" w:rsidRDefault="00A94F5B" w:rsidP="006C4F4E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="1A5A0736" w:rsidTr="6EF96DB5" w14:paraId="2449BDDD">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="2449BDDD" w14:textId="77777777" w:rsidTr="001002C5">
+        <w:trPr>
+          <w:trHeight w:val="710"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F9415C" w14:textId="795B02F1" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
+            <w:pPr>
+              <w:spacing w:line="720" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>K Time management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD6B4DA" w14:textId="36FCC0D6" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E19DF8" w14:textId="6C62DE53" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC06E8" w14:paraId="701AC9B8" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...16 lines deleted...]
-              <w:t>Time management</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="2BF3A7ED" w14:textId="2E0D5057" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
+            <w:pPr>
+              <w:spacing w:line="720" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">L Productivity </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...14 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w14:paraId="02DBE5D8" w14:textId="41B4C8E5" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...28 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w14:paraId="3D415554" w14:textId="29563086" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="1A5A0736" w:rsidTr="6EF96DB5" w14:paraId="701AC9B8">
+      <w:tr w:rsidR="00400EA3" w14:paraId="592B63F1" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...49 lines deleted...]
-          <w:p w:rsidRPr="008D2454" w:rsidR="00A6130C" w:rsidP="00A6130C" w:rsidRDefault="00A6130C" w14:paraId="44F8B0C1" w14:textId="6A27E1C8">
+          </w:tcPr>
+          <w:p w14:paraId="5895C15D" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRPr="008D2454" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D2454">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">General Job duties, list </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008D2454" w:rsidR="00A6130C" w:rsidP="00A6130C" w:rsidRDefault="00A6130C" w14:paraId="170DB018" w14:textId="7FD8478C">
+          <w:p w14:paraId="0427E641" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRPr="008D2454" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D2454">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">(not task analysis) </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="13A1A360" w14:textId="7EBEC456"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008D2454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008D2454">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> task analysis) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27AAF6EB" w14:textId="4BB42254" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
+            <w:pPr>
+              <w:spacing w:line="720" w:lineRule="auto"/>
+              <w:ind w:left="360" w:hanging="360"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="3B054363" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="186CAF0C" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:r>
               <w:t>What support is required?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00B83A29" w:rsidRDefault="005047A3" w14:paraId="53F6F891" w14:textId="77777777">
+          <w:p w14:paraId="1C842BB7" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00B83A29" w:rsidRDefault="005047A3" w14:paraId="44AAB714" w14:textId="77777777">
+          <w:p w14:paraId="158DC27B" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Skills training</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00B83A29" w:rsidRDefault="005047A3" w14:paraId="643E6363" w14:textId="77777777">
+          <w:p w14:paraId="7A6AA898" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Modify (accommodation) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="00D054DF" w:rsidRDefault="005047A3" w14:paraId="4877C719" w14:textId="2FB0098A">
-[...14 lines deleted...]
-              <w:t>/Job Coach)</w:t>
+          <w:p w14:paraId="64CF4E8A" w14:textId="68D2CD19" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
+            <w:r>
+              <w:t>Support (Natural or DSP/Job Coach)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="361DE6C5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4989520F" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:r>
               <w:t>State the specific support to be provided.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="342AE17E" w14:textId="77777777">
+          <w:p w14:paraId="0004F4AE" w14:textId="341DF293" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00400EA3">
             <w:r>
               <w:t xml:space="preserve">i.e.   (task </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>list,  left</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> handed key board, coworker replenish work, etc.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="592B63F1" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="36421F27" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="27AAF6EB" w14:textId="14531AB6">
+          </w:tcPr>
+          <w:p w14:paraId="7D693ADA" w14:textId="552BD53B" w:rsidR="00DC06E8" w:rsidRDefault="00400EA3" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="6D71E572">
-              <w:rPr/>
+            <w:r>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...7 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w14:paraId="4903A964" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...7 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w14:paraId="2C864642" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="6F0A06F2" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="6F0A06F2" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="70A5FF3F" w14:textId="1D4F055E">
+          </w:tcPr>
+          <w:p w14:paraId="70A5FF3F" w14:textId="1D4F055E" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="0860635F">
-              <w:rPr/>
+            <w:r>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...3 lines deleted...]
-              <w:rPr/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3E14C4" w14:textId="0AAADD15" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...3 lines deleted...]
-              <w:rPr/>
+          </w:tcPr>
+          <w:p w14:paraId="07AF66DE" w14:textId="76172D86" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="5B2CB9A4" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="5B2CB9A4" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="6EB969DF" w14:textId="0EF95FE6">
+          </w:tcPr>
+          <w:p w14:paraId="6EB969DF" w14:textId="0EF95FE6" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="7B8B2543">
-              <w:rPr/>
+            <w:r>
               <w:t>O</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="5A1F88DF" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1F88DF" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="06D2AC68" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D2AC68" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="091C8164" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="091C8164" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="5DDABAB1" w14:textId="5A803518">
+          </w:tcPr>
+          <w:p w14:paraId="5DDABAB1" w14:textId="5A803518" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="3EE8B22E">
-              <w:rPr/>
+            <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="2B390AA5" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B390AA5" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="465A1676" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="465A1676" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="5D556045" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="5D556045" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="259C889C" w14:textId="175F5E58">
+          </w:tcPr>
+          <w:p w14:paraId="259C889C" w14:textId="175F5E58" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="474BA9FE">
-              <w:rPr/>
+            <w:r>
               <w:t>Q</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="013193C1" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="013193C1" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="65FE06BD" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FE06BD" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="316967A3" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="316967A3" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="2F5B13AE" w14:textId="40688FA9">
+          </w:tcPr>
+          <w:p w14:paraId="2F5B13AE" w14:textId="40688FA9" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="5D24662D">
-              <w:rPr/>
+            <w:r>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="540EC12B" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="540EC12B" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="551568FC" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="551568FC" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="4BE426BE" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="4BE426BE" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="33B994C2" w14:textId="1B2AB958">
+          </w:tcPr>
+          <w:p w14:paraId="33B994C2" w14:textId="1B2AB958" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="28696113">
-              <w:rPr/>
+            <w:r>
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="718CA752" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="718CA752" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="3BFBF49E" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFBF49E" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005047A3" w:rsidTr="6EF96DB5" w14:paraId="136EAC5D" w14:textId="77777777">
+      <w:tr w:rsidR="00DC06E8" w14:paraId="136EAC5D" w14:textId="77777777" w:rsidTr="6EF96DB5">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="00351773" w:rsidRDefault="00A94F5B" w14:paraId="0AAF1C98" w14:textId="439B3915">
+          </w:tcPr>
+          <w:p w14:paraId="0AAF1C98" w14:textId="439B3915" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8">
             <w:pPr>
               <w:spacing w:line="720" w:lineRule="auto"/>
               <w:ind w:left="360" w:hanging="360"/>
             </w:pPr>
-            <w:r w:rsidR="3CD45AFE">
-              <w:rPr/>
+            <w:r>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="7AE8B753" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE8B753" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5423" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005047A3" w:rsidP="006C4F4E" w:rsidRDefault="005047A3" w14:paraId="4CCDEFA0" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCDEFA0" w14:textId="77777777" w:rsidR="00DC06E8" w:rsidRDefault="00DC06E8" w:rsidP="00DC06E8"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00400EA3" w14:paraId="3956DE2F" w14:textId="77777777" w:rsidTr="6EF96DB5">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4351C22D" w14:textId="549684B1" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00DC06E8">
+            <w:pPr>
+              <w:spacing w:line="720" w:lineRule="auto"/>
+              <w:ind w:left="360" w:hanging="360"/>
+            </w:pPr>
+            <w:r>
+              <w:t>U</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32930B98" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00DC06E8"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E30987D" w14:textId="77777777" w:rsidR="00400EA3" w:rsidRDefault="00400EA3" w:rsidP="00DC06E8"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A6130C" w:rsidP="00A94F5B" w:rsidRDefault="00A6130C" w14:paraId="4D12B18E" w14:textId="5737CC2A"/>
+    <w:p w14:paraId="4D12B18E" w14:textId="5737CC2A" w:rsidR="00A6130C" w:rsidRDefault="00A6130C" w:rsidP="00A94F5B"/>
     <w:sectPr w:rsidR="00A6130C" w:rsidSect="00A94F5B">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="450" w:right="1440" w:bottom="360" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009F25A5" w:rsidP="005047A3" w:rsidRDefault="009F25A5" w14:paraId="33374C5F" w14:textId="77777777">
+    <w:p w14:paraId="33374C5F" w14:textId="77777777" w:rsidR="009F25A5" w:rsidRDefault="009F25A5" w:rsidP="005047A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009F25A5" w:rsidP="005047A3" w:rsidRDefault="009F25A5" w14:paraId="36239F39" w14:textId="77777777">
+    <w:p w14:paraId="36239F39" w14:textId="77777777" w:rsidR="009F25A5" w:rsidRDefault="009F25A5" w:rsidP="005047A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A94F5B" w:rsidP="00A94F5B" w:rsidRDefault="00A94F5B" w14:paraId="54C18931" w14:textId="50C1012B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="54C18931" w14:textId="403A17A5" w:rsidR="00A94F5B" w:rsidRDefault="00DC06E8" w:rsidP="00A94F5B">
     <w:r>
-      <w:t xml:space="preserve">10/24/2024 </w:t>
+      <w:t xml:space="preserve">Rev 07-2025 </w:t>
+    </w:r>
+    <w:r w:rsidR="00A94F5B">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009F25A5" w:rsidP="005047A3" w:rsidRDefault="009F25A5" w14:paraId="70AB2681" w14:textId="77777777">
+    <w:p w14:paraId="70AB2681" w14:textId="77777777" w:rsidR="009F25A5" w:rsidRDefault="009F25A5" w:rsidP="005047A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009F25A5" w:rsidP="005047A3" w:rsidRDefault="009F25A5" w14:paraId="6C9C0333" w14:textId="77777777">
+    <w:p w14:paraId="6C9C0333" w14:textId="77777777" w:rsidR="009F25A5" w:rsidRDefault="009F25A5" w:rsidP="005047A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="120E5607"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A322CCE2"/>
     <w:lvl w:ilvl="0" w:tplc="96E2F23C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="615" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1335" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1695,98 +1482,101 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005047A3"/>
     <w:rsid w:val="000C6095"/>
+    <w:rsid w:val="001002C5"/>
     <w:rsid w:val="00186778"/>
     <w:rsid w:val="00194C36"/>
     <w:rsid w:val="002B63DF"/>
     <w:rsid w:val="00351773"/>
     <w:rsid w:val="003572E5"/>
+    <w:rsid w:val="00400EA3"/>
     <w:rsid w:val="005047A3"/>
+    <w:rsid w:val="005C55DB"/>
     <w:rsid w:val="007033E8"/>
     <w:rsid w:val="007309CB"/>
     <w:rsid w:val="008D2454"/>
     <w:rsid w:val="009F25A5"/>
     <w:rsid w:val="00A44100"/>
     <w:rsid w:val="00A6130C"/>
     <w:rsid w:val="00A94F5B"/>
     <w:rsid w:val="00B83A29"/>
     <w:rsid w:val="00BC0D05"/>
     <w:rsid w:val="00BF71DC"/>
     <w:rsid w:val="00CB3B22"/>
     <w:rsid w:val="00D054DF"/>
     <w:rsid w:val="00D27718"/>
     <w:rsid w:val="00D3037D"/>
+    <w:rsid w:val="00DC06E8"/>
     <w:rsid w:val="00F13B72"/>
     <w:rsid w:val="00F86804"/>
     <w:rsid w:val="00FD11C5"/>
     <w:rsid w:val="019CFD04"/>
     <w:rsid w:val="059F7225"/>
     <w:rsid w:val="05BBF0BA"/>
     <w:rsid w:val="063047F9"/>
     <w:rsid w:val="06CC4DB1"/>
     <w:rsid w:val="0860635F"/>
     <w:rsid w:val="0993E1DB"/>
     <w:rsid w:val="12D0CE26"/>
     <w:rsid w:val="13D17F81"/>
     <w:rsid w:val="1490A05A"/>
     <w:rsid w:val="16180105"/>
     <w:rsid w:val="168F62C0"/>
     <w:rsid w:val="16C8DAE2"/>
     <w:rsid w:val="16D1675A"/>
     <w:rsid w:val="17B61A6E"/>
     <w:rsid w:val="18C45F7B"/>
     <w:rsid w:val="18D263F1"/>
     <w:rsid w:val="19BB1CF1"/>
     <w:rsid w:val="1A5A0736"/>
     <w:rsid w:val="1BEF8C71"/>
     <w:rsid w:val="1D2D5B56"/>
     <w:rsid w:val="227866D3"/>
@@ -1843,236 +1633,233 @@
     <w:rsid w:val="70D5A786"/>
     <w:rsid w:val="722C470E"/>
     <w:rsid w:val="724208E4"/>
     <w:rsid w:val="72AC73FE"/>
     <w:rsid w:val="7448445F"/>
     <w:rsid w:val="7716FDC0"/>
     <w:rsid w:val="7B8B2543"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7209AF80"/>
   <w15:docId w15:val="{ECCE9E23-CDDD-4E26-BDC0-FC5A739CA6DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2138,52 +1925,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2248,167 +2035,169 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005047A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005047A3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005047A3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005047A3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005047A3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B83A29"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2665,50 +2454,71 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Flow_SignoffStatus xmlns="9817f423-16b6-4052-95a5-c264e1f3a1cd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9817f423-16b6-4052-95a5-c264e1f3a1cd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9c532a60-26e6-4ba8-ba66-cc12b220fc58" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F6CB23711B323F48A64A1BDF4CAC1379" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="060fac1cebd98fdce307f6f5398fae3b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c532a60-26e6-4ba8-ba66-cc12b220fc58" xmlns:ns3="9817f423-16b6-4052-95a5-c264e1f3a1cd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af68e2500de6191ddee8a5520ad5e54a" ns2:_="" ns3:_="">
     <xsd:import namespace="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
     <xsd:import namespace="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -2916,124 +2726,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D2F6B33-0262-47C9-80BA-D91AD52D4144}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B3C8D39-038E-4C3B-8A6C-8B4D5DB2E1C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F06D1FD-6A7D-45C9-B3C6-C882E9DA7A3A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
     <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>146</Words>
+  <Characters>985</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Rhode Island College</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1129</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rhode Island College</dc:creator>
-  <lastModifiedBy>Armitstead, Ian-Robert</lastModifiedBy>
-  <revision>11</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6CB23711B323F48A64A1BDF4CAC1379</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>