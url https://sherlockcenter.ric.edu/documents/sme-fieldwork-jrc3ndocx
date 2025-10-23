--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,1484 +1,8740 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2821F570" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="005F569D" w:rsidRDefault="009C0A7D" w:rsidP="009C0A7D">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5215"/>
+        <w:gridCol w:w="5215"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA2119" w14:paraId="792249E9" w14:textId="77777777" w:rsidTr="72A582C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3086CB46" w14:textId="6CB84C2D" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="72A582C6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="72A582C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="1F547749" w:rsidRPr="72A582C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="72A582C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Client Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3101E3" w14:textId="383A2371" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00341C23">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA3E58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2119" w14:paraId="7E9B4B88" w14:textId="77777777" w:rsidTr="72A582C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="337A77CA" w14:textId="4ABF9472" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C525BDE" w14:textId="7C1526AC" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Supervisor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2119" w14:paraId="0F52483A" w14:textId="77777777" w:rsidTr="72A582C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AD9239" w14:textId="32AEB31B" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCF6B3F" w14:textId="075A89E7" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2119" w14:paraId="0A8FB28B" w14:textId="77777777" w:rsidTr="72A582C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A981C1" w14:textId="7319D68A" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE3BB28" w14:textId="3EB8D135" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2119" w14:paraId="112C4017" w14:textId="77777777" w:rsidTr="72A582C6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C13D23" w14:textId="2E3E9AFD" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>RATE of Pay</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21533BDD" w14:textId="73813516" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA2119" w14:paraId="25AD0596" w14:textId="77777777" w:rsidTr="72A582C6">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D66A3F7" w14:textId="32842250" w:rsidR="00DA2119" w:rsidRDefault="00DA2119" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="right" w:pos="10440"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Schedule:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10548" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="14" w:type="dxa"/>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:bottom w:w="14" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2875"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="983"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="3593"/>
+        <w:gridCol w:w="7"/>
+        <w:gridCol w:w="983"/>
+        <w:gridCol w:w="97"/>
+        <w:gridCol w:w="1073"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009B3CD3" w:rsidRPr="00113327" w14:paraId="5D5E4C59" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="237"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10548" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C6BD70" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="00853485" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.   </w:t>
+            </w:r>
+            <w:r w:rsidR="009B3CD3" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PREPARING FOR WORK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B3CD3" w:rsidRPr="00113327" w14:paraId="46D6647E" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3EA4C" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00B9020C">
+            <w:pPr>
+              <w:ind w:left="270"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6011AA" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00341C23" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Need to?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C929F79" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFC8A0B" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00341C23" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4648C4D4" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Completed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B3C42B" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00B9020C">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="252"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B798694" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00341C23" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Need to?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402CB767" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Yes/No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E84C9E1" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00341C23" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17417FF4" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00341C23">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Completed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B9020C" w:rsidRPr="00113327" w14:paraId="6D34408E" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="507"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DA2019" w14:textId="1E049F8F" w:rsidR="00B9020C" w:rsidRPr="00A423AC" w:rsidRDefault="00B9020C" w:rsidP="00DA2119">
+            <w:pPr>
+              <w:ind w:left="-30" w:firstLine="30"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9020C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>a.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2119">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>otify about starting job</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2119">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, reschedule appointments, etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300E2F42" w14:textId="77777777" w:rsidR="00B9020C" w:rsidRPr="00A423AC" w:rsidRDefault="00B9020C" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B37B817" w14:textId="77777777" w:rsidR="00B9020C" w:rsidRPr="00A423AC" w:rsidRDefault="00B9020C" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="139E1E47" w14:textId="46F6186F" w:rsidR="00B9020C" w:rsidRPr="00B9020C" w:rsidRDefault="007718E7" w:rsidP="00B9020C">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="270"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">c. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B9020C" w:rsidRPr="00B9020C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Clothing, Equipment, &amp; Food</w:t>
+            </w:r>
+            <w:r w:rsidR="00442720">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, plan in place</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="33FC4E0E" w14:textId="77777777" w:rsidR="00B9020C" w:rsidRPr="00A423AC" w:rsidRDefault="00B9020C" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="714B34C4" w14:textId="77777777" w:rsidR="00B9020C" w:rsidRPr="00A423AC" w:rsidRDefault="00B9020C" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B3CD3" w:rsidRPr="00113327" w14:paraId="6B2E24EB" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="089D8372" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Vocational Counselor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC869A2" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C892EB0" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D0F0AD" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="-42"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Have clothes for first week of work?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BADF569" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BACB1CF" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B3CD3" w:rsidRPr="00113327" w14:paraId="70E5F76F" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="644B3997" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ORS Counselor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34ED3730" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6B0468" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2394C6B3" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="00853485" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="-42"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have lunch/break money </w:t>
+            </w:r>
+            <w:r w:rsidR="009B3CD3" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>or stu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ff to </w:t>
+            </w:r>
+            <w:r w:rsidR="009B3CD3" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>bring?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D978E5B" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3CFDEB" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B3CD3" w:rsidRPr="00113327" w14:paraId="336D0C7B" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41526013" w14:textId="48B22A10" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="007718E7" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ResidentialStaff</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Casemanager</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="103C9165" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA29705" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E889806" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="00853485" w:rsidP="00B9020C">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="252"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9020C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="009B3CD3" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Employer Paperwork</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="193CE5BD" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5046490B" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B3CD3" w:rsidRPr="00113327" w14:paraId="598BAAC3" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79848A38" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Friends</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB787BE" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DF7889" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB070A6" w14:textId="77777777" w:rsidR="007718E7" w:rsidRDefault="009B3CD3" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="48"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 forms of Identification to complete  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33200AFE" w14:textId="1A28EA47" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="48"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>I-9 and W-4 forms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F528956" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6BAAFE" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B3CD3" w:rsidRPr="00113327" w14:paraId="3F80B693" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E22E889" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="007718E7">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Family</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3FA69C" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E79C85" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="406C58E2" w14:textId="671B0F87" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00B9020C">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="252"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="179AA348" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2276B815" w14:textId="77777777" w:rsidR="009B3CD3" w:rsidRPr="00A423AC" w:rsidRDefault="009B3CD3" w:rsidP="00341C23">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3AB4" w:rsidRPr="00113327" w14:paraId="0E1E5903" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E9010A" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guardian  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D9BC17" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C11A7EE" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C642CAD" w14:textId="1D68CAFB" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D4C8B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Financial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/Benefits Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A12D32D" w14:textId="4B4C7BFE" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3C0F29" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3AB4" w:rsidRPr="00113327" w14:paraId="1F539D35" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="71"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4975A6" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doctor </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46332590" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3334F15C" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="111C2D6B" w14:textId="666A0904" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Met with Work Incentive Benefits Counselor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="010710EE" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="072130A3" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A3AB4" w:rsidRPr="00113327" w14:paraId="27CC451D" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C2BDE0" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nurse </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFB24BC" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBD271A" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6691CC03" w14:textId="4CBA9D4A" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="270"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Understand how </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>work</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> affect</w:t>
+            </w:r>
+            <w:r w:rsidR="006F1081">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="024C7871" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB5495D" w14:textId="77777777" w:rsidR="007A3AB4" w:rsidRPr="00A423AC" w:rsidRDefault="007A3AB4" w:rsidP="007A3AB4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="3582A326" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62842939" w14:textId="14EEBF39" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Financial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Rep Payee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032E58B0" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="240CF769" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="207C35B7" w14:textId="4A7C1517" w:rsidR="003D4C8B" w:rsidRPr="00565495" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="252"/>
+                <w:tab w:val="left" w:pos="342"/>
+                <w:tab w:val="right" w:pos="1242"/>
+                <w:tab w:val="left" w:pos="1332"/>
+                <w:tab w:val="right" w:pos="2862"/>
+                <w:tab w:val="left" w:pos="2952"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75B37">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Section 8/Rental Assistance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="58256B4C" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9216D5" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="34543548" w14:textId="77777777" w:rsidTr="00DC78BB">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB9C45D" w14:textId="55FCBDDB" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="150"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Othe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AF22A4" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD0B4FD" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABC055C" w14:textId="0E522775" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="270"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75B37">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Heating Assistance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A265DC8" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE8A6CF" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="798F02EB" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8CDC28" w14:textId="76E71B05" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="270" w:hanging="270"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Activities of Daily Living</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE6AB92" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F50CCFE" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D4F4A8" w14:textId="35AC1D00" w:rsidR="003D4C8B" w:rsidRPr="00DC78BB" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="270"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75B37">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Food Stamps</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BA9656" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3626621F" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="7FB9AE7A" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6FF265" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Grocery Shopping</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B304CE" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19CC0CE8" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4417F15B" w14:textId="4E482ABA" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="252" w:hanging="270"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       ____SSI   ____ SSDI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6592F810" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="52436D01" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="5EA126A5" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11678CD6" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Laundry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C92B3CD" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="330892F2" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFA0EBA" w14:textId="50FBD724" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Other</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1613D3FC" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B818EE" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="1D93ABF3" w14:textId="77777777" w:rsidTr="00FF412F">
+        <w:trPr>
+          <w:trHeight w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67546D05" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Daily Chores</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE733EE" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC00681" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DC662EC" w14:textId="056040F3" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Plan to manage and save paystubs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECDCC54" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="28248F21" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="5984082D" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="273"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45383D47" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Weekly Chores</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1993A8E2" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C2A2A5" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E664CA" w14:textId="1F81FB3B" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Report wages/work to SSA, DHS, etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B572DA" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0603C408" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="6862EF83" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393A89B2" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Social Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C136AD" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="305B497D" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="391F148E" w14:textId="3E0FCF08" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B9020C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>f.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B9020C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Confirmed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Transportation T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00565495">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>o/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00565495">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rom </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00565495">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ork:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="786464BF" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E79F96F" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="4E210F8B" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="368B6CC7" w14:textId="1ADE6590" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Budgeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="923" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD8CF42" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2193DCF6" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="409095DF" w14:textId="7F864895" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00565495">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Self</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00565495">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">amily </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Friend </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Taxi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/UBER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   __</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RIPTA </w:t>
+            </w:r>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  __</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>RIDE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="1B1A5D6A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ___</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Agency Staff</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="05D250F3" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="707831F2" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="670F3377" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="65"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10548" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="655E206F" w14:textId="354C28B4" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:ind w:left="270" w:hanging="270"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> things to do before starting work?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="660A7FDA" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3640B5" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="355D4FD9" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CD077B" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CF27CB" w14:textId="481ACE7B" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="23365876" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76EC65CE" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="1AC89CE3" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="269"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33AC1971" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C58D93E" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="27930D85" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7A73AB" w14:textId="477024D1" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B4447C" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B408F6" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D4C8B" w:rsidRPr="00113327" w14:paraId="401BED24" w14:textId="77777777" w:rsidTr="108A2EB2">
+        <w:trPr>
+          <w:trHeight w:val="467"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2875" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD7BD51" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E868E36" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0A99E3" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10BE855D" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="780F09D6" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F95AC3" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="00A423AC" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6C32AC51" w14:textId="484E3295" w:rsidR="003D03AB" w:rsidRPr="008D12E2" w:rsidRDefault="00853485" w:rsidP="00F75C0B">
       <w:pPr>
-        <w:spacing w:after="240"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:r>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15BB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>What are major supports in keeping the job?</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BCA" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Skills, abilities, personal network, other support staff, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F099A61" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="008D12E2" w:rsidRDefault="003D03AB" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10430"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C52E9" w14:paraId="361DAAE2" w14:textId="77777777" w:rsidTr="004C52E9">
+        <w:trPr>
+          <w:trHeight w:val="1142"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10656" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E747E49" w14:textId="77777777" w:rsidR="004C52E9" w:rsidRDefault="004C52E9" w:rsidP="00F75C0B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B317D50" w14:textId="77777777" w:rsidR="00565495" w:rsidRPr="008D12E2" w:rsidRDefault="00565495" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A13E68" w14:textId="3D725892" w:rsidR="001B281C" w:rsidRDefault="00853485" w:rsidP="009D65A0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="5490"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="7290"/>
+          <w:tab w:val="left" w:pos="7380"/>
+          <w:tab w:val="right" w:pos="8190"/>
+          <w:tab w:val="left" w:pos="8280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="007718E7">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ob retention funding is approved (if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001B281C" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>applicable)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D65A0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="39022132"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Not applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="009D65A0" w:rsidRPr="009D65A0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1096667004"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="009D65A0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-331226528"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E3D52D" w14:textId="78E4AB08" w:rsidR="001B281C" w:rsidRPr="003D4C8B" w:rsidRDefault="003D4C8B" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4C8B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___ ORS                   ___BHDDH              ___ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D4C8B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Other:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D4C8B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3775FE6F" w14:textId="15669CC9" w:rsidR="003C6FE4" w:rsidRDefault="001E15BB" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>initial or ongoing</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> job supports are needed?</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6FE4" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Check all that apply </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44AEAF0E" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRDefault="009D65A0" w:rsidP="009D65A0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5536"/>
+        <w:gridCol w:w="4904"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D65A0" w14:paraId="6ABEA28D" w14:textId="77777777" w:rsidTr="002A563B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5598" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7E97E8" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="00805D8C" w:rsidP="009D65A0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="360"/>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1377422434"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>None (review entire list before marking)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9687BC" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="00805D8C" w:rsidP="009D65A0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="360"/>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:ind w:right="-360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-50233912"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Off-Site Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE1F2DD" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="002A563B" w:rsidRDefault="002A563B" w:rsidP="00B84EDA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+                <w:tab w:val="right" w:pos="810"/>
+                <w:tab w:val="left" w:pos="900"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-149521536"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Assistance</w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> arranging transportation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="332EF1A3" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="002A563B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+                <w:tab w:val="right" w:pos="810"/>
+                <w:tab w:val="left" w:pos="900"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1831170761"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assistance preparing for the first </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>day(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">clothes, etc.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF8BCAE" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+                <w:tab w:val="right" w:pos="810"/>
+                <w:tab w:val="left" w:pos="900"/>
+                <w:tab w:val="right" w:pos="5040"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="182488668"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ongoing Counseling and support </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Frequency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="236B171C" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+                <w:tab w:val="right" w:pos="810"/>
+                <w:tab w:val="left" w:pos="900"/>
+                <w:tab w:val="right" w:pos="5040"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="194968584"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Employer Contact–obtain feedback </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Frequency_____)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6253FA" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="002A563B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+                <w:tab w:val="right" w:pos="810"/>
+                <w:tab w:val="left" w:pos="900"/>
+                <w:tab w:val="right" w:pos="5220"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1469577860"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D3C909B" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="009D65A0" w:rsidP="009D65A0">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17849501" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="009D65A0" w:rsidP="009D65A0">
+            <w:pPr>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:ind w:right="-360"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>I will contact SSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/DHS/Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to report earnings  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5455033B" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="009D65A0" w:rsidRDefault="00B84EDA" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="360"/>
+                <w:tab w:val="left" w:pos="450"/>
+                <w:tab w:val="right" w:pos="1710"/>
+                <w:tab w:val="left" w:pos="1800"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:ind w:right="-360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="868728073"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>on own</w:t>
+            </w:r>
+            <w:r w:rsidR="002A563B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1491397014"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>need assistance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5058" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C69CD4B" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="00805D8C" w:rsidP="00FF644B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="360"/>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2095964740"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>On-Site Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F58E6F" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="00FF644B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1657605093"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">assist </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>completing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I-9 and W-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24663083" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="885995325"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Job analysis</w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F5FD28D" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="00FF644B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-25721189"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Task analysis</w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A1D5792" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="00FF644B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1714797431"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Initial orientation and training (up to 1 week)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72B548B0" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="00FF644B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1088533230"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identify job accommodations </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FB2812C" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="00FF644B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1468313474"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Development of mentor/natural support of </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E124AED" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="00FF644B" w:rsidRDefault="009D65A0" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF644B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">           co-worker/s </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ED14D0C" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1668369485"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Initial on-site job coaching     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E85B560" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="008D12E2" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1258251958"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>On-going individualized skills training</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A8C12EA" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="002A563B" w:rsidRDefault="002A563B" w:rsidP="002A563B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="612"/>
+                <w:tab w:val="right" w:pos="972"/>
+                <w:tab w:val="left" w:pos="1062"/>
+                <w:tab w:val="right" w:pos="5112"/>
+              </w:tabs>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1869954744"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B84EDA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B84EDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="008D12E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Perio</w:t>
+            </w:r>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dic site visits, note </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009D65A0" w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Frequency</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A563B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2E6EEBB1" w14:textId="77777777" w:rsidR="009D65A0" w:rsidRPr="009D65A0" w:rsidRDefault="009D65A0" w:rsidP="009D65A0">
+      <w:pPr>
+        <w:sectPr w:rsidR="009D65A0" w:rsidRPr="009D65A0" w:rsidSect="00334A5C">
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1080" w:right="720" w:bottom="720" w:left="1080" w:header="576" w:footer="576" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C27916A" w14:textId="77777777" w:rsidR="001B281C" w:rsidRPr="008D12E2" w:rsidRDefault="00853485" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:right="-450"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="001B281C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>If providing on-site support or follow-up services to the employer, a Release of Information is signed by the client:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1502823A" w14:textId="77777777" w:rsidR="001134F2" w:rsidRPr="00B84EDA" w:rsidRDefault="003850C0" w:rsidP="003850C0">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="right" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1530"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="right" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="right" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5850"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005F569D">
-[...5 lines deleted...]
-        <w:t>Provide Copy to Client</w:t>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1309009243"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001B281C" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>applicabl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2053296752"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2062008964"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D193DE" w14:textId="78756A1A" w:rsidR="009C0A7D" w:rsidRPr="00F0048F" w:rsidRDefault="009C0A7D" w:rsidP="009C0A7D">
+    <w:p w14:paraId="1C4AA225" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="008D12E2" w:rsidRDefault="003D03AB" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B32BE25" w14:textId="3A4FA895" w:rsidR="003850C0" w:rsidRDefault="00853485" w:rsidP="003D4C8B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="right" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1530"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="right" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="right" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="5850"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15BB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>If using hiring incentives, paperwork has been provided to the employer?</w:t>
+      </w:r>
+      <w:r w:rsidR="007718E7">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="912965781"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applicable  </w:t>
+      </w:r>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1968085538"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes  </w:t>
+      </w:r>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1817845767"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+      <w:r w:rsidR="007718E7">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007718E7">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007718E7">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1488235371"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007718E7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WO </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Tax</w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Credit (WOTC)</w:t>
+      </w:r>
+      <w:r w:rsidR="003850C0" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="003850C0" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-658539027"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On the Job Training </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D4C8B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ageement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001B281C" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(OJT) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C8B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="001B281C" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ORS</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5506" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C8B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5506" w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DLT </w:t>
+      </w:r>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="418224529"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00583702" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00583702" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Other Hiring Incentive: _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD03DEA" w14:textId="77777777" w:rsidR="003D4C8B" w:rsidRPr="003D4C8B" w:rsidRDefault="003D4C8B" w:rsidP="003D4C8B"/>
+    <w:p w14:paraId="34B55494" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="008D12E2" w:rsidRDefault="00853485" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="001E15BB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0BD5" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The employer will receive the following services to </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>support job r</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3A6F" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>etention and career advancement:</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B7A8204" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="004F240D" w:rsidRDefault="004F240D" w:rsidP="004F240D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="right" w:pos="810"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="right" w:pos="4590"/>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="7470"/>
+          <w:tab w:val="right" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="8100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="672449522"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On-site </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ollow-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-2035952131"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ADA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>raining</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="317767633"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F2" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F2" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="001134F2" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>pecific</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15DA9B89" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="004F240D" w:rsidRDefault="004F240D" w:rsidP="004F240D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="right" w:pos="810"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="right" w:pos="4590"/>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="7470"/>
+          <w:tab w:val="right" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="8100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-593251909"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Employee Evaluation (Freq.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-366064263"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Consultation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8DA691" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="004F240D" w:rsidRDefault="004F240D" w:rsidP="004F240D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="right" w:pos="810"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="right" w:pos="4590"/>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="7470"/>
+          <w:tab w:val="right" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="8100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-655751698"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phone </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ontact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1130399102"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individual </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ob </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>oaching</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3BF3AD" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="004F240D" w:rsidRDefault="004F240D" w:rsidP="004F240D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="right" w:pos="810"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="4050"/>
+          <w:tab w:val="right" w:pos="4590"/>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="7470"/>
+          <w:tab w:val="right" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="8100"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="910361783"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Co-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orker </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raining &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ducation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003850C0">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b w:val="0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="2023814699"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+              <w:b w:val="0"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001134F2" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifying </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="001134F2" w:rsidRPr="004F240D">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ob Accommodations </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FFF602" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="008D12E2" w:rsidRDefault="003D03AB" w:rsidP="00F75C0B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278D937A" w14:textId="77777777" w:rsidR="003D03AB" w:rsidRPr="008D12E2" w:rsidRDefault="001E15BB" w:rsidP="00DA6ED7">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="right" w:pos="7740"/>
-[...1 lines deleted...]
-          <w:tab w:val="right" w:pos="14400"/>
+          <w:tab w:val="right" w:pos="8100"/>
+          <w:tab w:val="left" w:pos="8190"/>
+          <w:tab w:val="right" w:pos="9090"/>
+          <w:tab w:val="left" w:pos="9180"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00853485">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Employer has been provided with agency contact information, including back-up contact</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3A6F" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00066B03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-648364466"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6ED7" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:id w:val="1095431603"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B84EDA" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D03AB" w:rsidRPr="00B84EDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38227EBF" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRDefault="009C0A7D" w:rsidP="009C0A7D">
+    <w:p w14:paraId="7D5F869C" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="008D12E2" w:rsidRDefault="00F75C0B" w:rsidP="00F75C0B">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:u w:val="single"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7300"/>
-        <w:gridCol w:w="7090"/>
+        <w:gridCol w:w="4942"/>
+        <w:gridCol w:w="5128"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C0A7D" w14:paraId="5F3AB5B3" w14:textId="77777777" w:rsidTr="00B77E97">
+      <w:tr w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w14:paraId="74DB4A81" w14:textId="77777777" w:rsidTr="002075B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54BBFFF6" w14:textId="1E72E23C" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00853485" w:rsidP="00853485">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00F75C0B" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Needs: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F75C0B" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What are </w:t>
+            </w:r>
+            <w:r w:rsidR="00583702">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the general </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>barriers/challenges</w:t>
+            </w:r>
+            <w:r w:rsidR="00583702">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, if any</w:t>
+            </w:r>
+            <w:r w:rsidR="00F75C0B" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5772C8" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00853485" w:rsidP="00855BFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solutions/Interventions: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F75C0B" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">strategies supports and/or </w:t>
+            </w:r>
+            <w:r w:rsidR="00F75C0B" w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>job accommodations are confirmed?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>consider</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A423AC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> natural supports)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w14:paraId="1F2717DF" w14:textId="77777777" w:rsidTr="002075B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC62DA1" w14:textId="77777777" w:rsidR="00853485" w:rsidRPr="00A423AC" w:rsidRDefault="00853485" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD12938" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00F75C0B" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w14:paraId="472754E6" w14:textId="77777777" w:rsidTr="002075B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CB8746" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00F75C0B" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50116A49" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00F75C0B" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w14:paraId="25695084" w14:textId="77777777" w:rsidTr="002075B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF0E85A" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00F75C0B" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="170E94A6" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00F75C0B" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w14:paraId="57BDCED6" w14:textId="77777777" w:rsidTr="002075B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="544291DF" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00F75C0B" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E30183" w14:textId="77777777" w:rsidR="00F75C0B" w:rsidRPr="00A423AC" w:rsidRDefault="00F75C0B" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A71F3" w:rsidRPr="00A423AC" w14:paraId="32BBA877" w14:textId="77777777" w:rsidTr="002075B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BA0EEC" w14:textId="77777777" w:rsidR="007A71F3" w:rsidRPr="00A423AC" w:rsidRDefault="007A71F3" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADB1B86" w14:textId="77777777" w:rsidR="007A71F3" w:rsidRPr="00A423AC" w:rsidRDefault="007A71F3" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A71F3" w:rsidRPr="00A423AC" w14:paraId="76970AF5" w14:textId="77777777" w:rsidTr="00AB767E">
         <w:trPr>
-          <w:trHeight w:val="1204"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7300" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:spacing w:after="120"/>
+            <w:tcW w:w="4942" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E49EFE1" w14:textId="77777777" w:rsidR="007A71F3" w:rsidRPr="00A423AC" w:rsidRDefault="007A71F3" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75847C07" w14:textId="77777777" w:rsidR="007A71F3" w:rsidRPr="00A423AC" w:rsidRDefault="007A71F3" w:rsidP="00A423AC">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E7ED8AA" w14:textId="77777777" w:rsidR="002075B5" w:rsidRPr="008D12E2" w:rsidRDefault="002075B5" w:rsidP="002075B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>. List any remaining support gaps:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134AD963" w14:textId="77777777" w:rsidR="002075B5" w:rsidRDefault="002075B5" w:rsidP="002075B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10070"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002075B5" w14:paraId="5AA458C1" w14:textId="77777777" w:rsidTr="00323A92">
+        <w:trPr>
+          <w:trHeight w:val="1988"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39826689" w14:textId="77777777" w:rsidR="002075B5" w:rsidRDefault="002075B5" w:rsidP="00323A92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AE29B6C" w14:textId="131432EB" w:rsidR="002075B5" w:rsidRDefault="00323A92">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+      <w:r w:rsidR="002075B5" w:rsidRPr="717947F7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>RETENTION ACTION PLAN:</w:t>
+      </w:r>
+      <w:r w:rsidR="002075B5">
+        <w:t xml:space="preserve">  List to do’s as identified from Starting a Job check list</w:t>
+      </w:r>
+      <w:r w:rsidR="008315C3">
+        <w:t xml:space="preserve"> (page 1)</w:t>
+      </w:r>
+      <w:r w:rsidR="002075B5">
+        <w:t xml:space="preserve">, Job Retention Support Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="008315C3">
+        <w:t xml:space="preserve">(page 2) </w:t>
+      </w:r>
+      <w:r w:rsidR="002075B5">
+        <w:t>and others once on the job.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09139795" w14:textId="29B09BA6" w:rsidR="007A71F3" w:rsidRDefault="007A71F3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="1906"/>
+        <w:tblW w:w="10368" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2398"/>
+        <w:gridCol w:w="3175"/>
+        <w:gridCol w:w="1829"/>
+        <w:gridCol w:w="1443"/>
+        <w:gridCol w:w="1523"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00583702" w14:paraId="40106414" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEAD5D6" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F0ED1">
+            <w:r w:rsidRPr="00C15767">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Transportation</w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:t>Task to Support Job Retention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1A3B6C" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C15767">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Person </w:t>
+            </w:r>
             <w:r>
-              <w:t>Write down specifics: Include phone #’</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C15767">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>esponsible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F667F6B" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C15767">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Due Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A32F5E6" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C15767">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Completed Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="36A7848B" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDC1FD7" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4ABE6D5F" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0676AF6E" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1234C13E" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE6166F" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F7488F" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="4666FDC2" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="785"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5394A63B" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+          <w:p w14:paraId="08BA0831" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D902B6" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1749E1D4" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0869301A" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="0E2F966F" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7821CAAC" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43692876" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34421A00" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EC3163" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="39A0E976" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="785"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AAD047" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E051738" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2458C0F9" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BEFCD38" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="5C75F042" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D29211E" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE86027" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BD9382" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D0A5D0" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="07C54809" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="338EE9B2" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA823B7" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="296ED2FD" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA0ED88" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="21A17D87" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="36693BA4" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E21C928" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="712F07C7" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="344A4E10" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="37BBFCBD" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5962FB" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F372734" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E7BE92" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7286C838" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="76893D5A" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DBA3D2" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22287BDE" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0624BF8E" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD55E23" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="7713985D" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A03A155" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4850E244" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="620520DE" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79CAE080" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00583702" w14:paraId="7C37EFB3" w14:textId="77777777" w:rsidTr="00583702">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C93061" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00EF557B" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF557B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>After Hire Changes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5251D82C" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="001F6BE9" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:r w:rsidRPr="001F6BE9">
+              <w:t>Salary/hours/benefits</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28DEEF25" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:r w:rsidRPr="001F6BE9">
+              <w:t>supervisor/etc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF557B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5004" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B892C25" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:r w:rsidRPr="00C15767">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Change Details/Action if Needed</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000D67BA">
-              <w:t>b</w:t>
+            <w:r w:rsidRPr="00EF557B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(reminder: changes in salary must be reported </w:t>
             </w:r>
             <w:r>
-              <w:t>us</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if receiving SSI/DI, subsidized </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF557B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">housing, </w:t>
+            </w:r>
             <w:r>
-              <w:t xml:space="preserve"> #’s, </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF557B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>other assistance</w:t>
             </w:r>
             <w:r>
-              <w:t>stop, etc.</w:t>
-[...182 lines deleted...]
-              <w:spacing w:after="120"/>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="286F48C8" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5047E31E" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F0ED1">
+            <w:r w:rsidRPr="00C15767">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Starting the Job –Day One</w:t>
-[...141 lines deleted...]
-              <w:spacing w:after="120"/>
+              <w:t>*Person Responsible</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E0D428" w14:textId="77777777" w:rsidR="00583702" w:rsidRPr="00C15767" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F0ED1">
+            <w:r w:rsidRPr="00C15767">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Learn primary work areas:</w:t>
-[...212 lines deleted...]
-              <w:tab/>
+              <w:t>Date Achieved</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B77E97" w14:paraId="19B1EEA0" w14:textId="77777777" w:rsidTr="00B77E97">
+      <w:tr w:rsidR="00583702" w14:paraId="4B775263" w14:textId="77777777" w:rsidTr="00583702">
         <w:trPr>
-          <w:trHeight w:val="1853"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7300" w:type="dxa"/>
-[...215 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F398E5" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5004" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="043D4E34" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEDDF88" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46A5388D" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B77E97" w14:paraId="5D035011" w14:textId="77777777" w:rsidTr="00B77E97">
+      <w:tr w:rsidR="00583702" w14:paraId="551B40A9" w14:textId="77777777" w:rsidTr="00583702">
         <w:trPr>
-          <w:trHeight w:val="1852"/>
+          <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7300" w:type="dxa"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2398" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA07FA6" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5004" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="174DDB6C" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E78917" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1523" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D82FC70" w14:textId="77777777" w:rsidR="00583702" w:rsidRDefault="00583702" w:rsidP="00583702">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A1C1F1B" w14:textId="77777777" w:rsidR="00184222" w:rsidRDefault="00E84338">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4A9BBE28" w14:textId="7B412D85" w:rsidR="007A71F3" w:rsidRDefault="007A71F3" w:rsidP="002075B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00184222" w:rsidSect="00673C90">
-[...2 lines deleted...]
-      <w:pgMar w:top="720" w:right="720" w:bottom="450" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
+    <w:p w14:paraId="04B21580" w14:textId="461F3906" w:rsidR="002075B5" w:rsidRDefault="002075B5" w:rsidP="002075B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Client Signature:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________                            Date:   </w:t>
+      </w:r>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E812835" w14:textId="77777777" w:rsidR="002075B5" w:rsidRDefault="002075B5" w:rsidP="002075B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="4410"/>
+          <w:tab w:val="left" w:pos="4590"/>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56CAD204" w14:textId="6D2AEFCF" w:rsidR="00565495" w:rsidRPr="008D12E2" w:rsidRDefault="002075B5" w:rsidP="007A71F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10080"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D12E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Employment Specialist Signature:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>_  Date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00583702">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00565495" w:rsidRPr="008D12E2" w:rsidSect="003C6FE4">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1080" w:right="1080" w:bottom="720" w:left="1080" w:header="576" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33A49905" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
+    <w:p w14:paraId="6EDA41C5" w14:textId="77777777" w:rsidR="00862213" w:rsidRDefault="00862213">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="288B3C68" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
+    <w:p w14:paraId="7352F5B5" w14:textId="77777777" w:rsidR="00862213" w:rsidRDefault="00862213">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="025C9473" w14:textId="77777777" w:rsidR="00862213" w:rsidRDefault="00862213"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
+  <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="116036A3" w14:textId="27DB3E6B" w:rsidR="00673C90" w:rsidRPr="00673C90" w:rsidRDefault="00673C90">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1D6C9E02" w14:textId="4DD2D028" w:rsidR="00862213" w:rsidRPr="00CD6389" w:rsidRDefault="00A15749" w:rsidP="1B1A5D6A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00673C90">
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>R1</w:t>
+      <w:t>Rev  07</w:t>
     </w:r>
-    <w:r w:rsidR="00E84338">
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2-9</w:t>
+      <w:t xml:space="preserve">/2025                                      </w:t>
     </w:r>
-    <w:r w:rsidRPr="00673C90">
+    <w:r w:rsidR="1B1A5D6A" w:rsidRPr="1B1A5D6A">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>-20</w:t>
+      <w:t>Paul V. Sherlock Center on Disabilities         Supporting Meaningful Employment</w:t>
     </w:r>
-    <w:r w:rsidR="00B77E97">
+    <w:r w:rsidR="1B1A5D6A">
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidR="00323A92">
+      <w:t xml:space="preserve">                          </w:t>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
       <w:rPr>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>24</w:t>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00323A92" w:rsidRPr="00805D8C">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="159A615A" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
+    <w:p w14:paraId="546D5F3F" w14:textId="77777777" w:rsidR="00862213" w:rsidRDefault="00862213">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="262DDB49" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
+    <w:p w14:paraId="2A46157F" w14:textId="77777777" w:rsidR="00862213" w:rsidRDefault="00862213">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="46E06598" w14:textId="77777777" w:rsidR="00862213" w:rsidRDefault="00862213"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5EB1EB70" w14:textId="57E4D938" w:rsidR="00862213" w:rsidRPr="009F5A23" w:rsidRDefault="00862213" w:rsidP="00323A92">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009F5A23">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Job Retention Support Plan</w:t>
+    </w:r>
+    <w:r w:rsidR="008932D8">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00323A92">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidR="008932D8">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>Checklist items that require activity/action</w:t>
+    </w:r>
+    <w:r w:rsidR="003D4C8B">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> on</w:t>
+    </w:r>
+    <w:r w:rsidR="00773163">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> pages 1-2 should be reflected in the </w:t>
+    </w:r>
+    <w:r w:rsidR="003D4C8B">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="00773163">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">ction </w:t>
+    </w:r>
+    <w:r w:rsidR="003D4C8B">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>P</w:t>
+    </w:r>
+    <w:r w:rsidR="00773163">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>lan on page 3.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6AA20C9D" w14:textId="77777777" w:rsidR="00862213" w:rsidRDefault="00862213">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6B55A6C1" w14:textId="77777777" w:rsidR="00477845" w:rsidRDefault="00477845">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A1033AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="09B26906"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="123D613F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="62CEE8B0"/>
+    <w:lvl w:ilvl="0" w:tplc="BE9AC8F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1980" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4140" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5580" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6300" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="155051EC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1AE8786A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009C0A7D"/>
-[...12 lines deleted...]
-    <w:rsid w:val="72086AAC"/>
+    <w:rsidRoot w:val="00911979"/>
+    <w:rsid w:val="00021319"/>
+    <w:rsid w:val="00035E56"/>
+    <w:rsid w:val="00066B03"/>
+    <w:rsid w:val="00074563"/>
+    <w:rsid w:val="000A4926"/>
+    <w:rsid w:val="000D3A6F"/>
+    <w:rsid w:val="000D7B47"/>
+    <w:rsid w:val="000F3C6C"/>
+    <w:rsid w:val="001134F2"/>
+    <w:rsid w:val="0017364E"/>
+    <w:rsid w:val="00197A39"/>
+    <w:rsid w:val="001B281C"/>
+    <w:rsid w:val="001C3B58"/>
+    <w:rsid w:val="001C70CF"/>
+    <w:rsid w:val="001E15BB"/>
+    <w:rsid w:val="001E6966"/>
+    <w:rsid w:val="002075B5"/>
+    <w:rsid w:val="00254F51"/>
+    <w:rsid w:val="00282EC9"/>
+    <w:rsid w:val="00295FD2"/>
+    <w:rsid w:val="002A349A"/>
+    <w:rsid w:val="002A563B"/>
+    <w:rsid w:val="002D5506"/>
+    <w:rsid w:val="00323A92"/>
+    <w:rsid w:val="00334A5C"/>
+    <w:rsid w:val="00341C23"/>
+    <w:rsid w:val="00345ABA"/>
+    <w:rsid w:val="003663A7"/>
+    <w:rsid w:val="00377F18"/>
+    <w:rsid w:val="003843D9"/>
+    <w:rsid w:val="003850C0"/>
+    <w:rsid w:val="003B08BD"/>
+    <w:rsid w:val="003C6FE4"/>
+    <w:rsid w:val="003C7FBF"/>
+    <w:rsid w:val="003D03AB"/>
+    <w:rsid w:val="003D4C8B"/>
+    <w:rsid w:val="00413A8C"/>
+    <w:rsid w:val="00442720"/>
+    <w:rsid w:val="00450F8D"/>
+    <w:rsid w:val="00477845"/>
+    <w:rsid w:val="0048514E"/>
+    <w:rsid w:val="004A63C0"/>
+    <w:rsid w:val="004C52E9"/>
+    <w:rsid w:val="004E1C4F"/>
+    <w:rsid w:val="004F240D"/>
+    <w:rsid w:val="00500B4E"/>
+    <w:rsid w:val="00565495"/>
+    <w:rsid w:val="0057302A"/>
+    <w:rsid w:val="00583702"/>
+    <w:rsid w:val="005A7755"/>
+    <w:rsid w:val="005B7B09"/>
+    <w:rsid w:val="005D4BCA"/>
+    <w:rsid w:val="00601ED4"/>
+    <w:rsid w:val="00607766"/>
+    <w:rsid w:val="006343E6"/>
+    <w:rsid w:val="00663974"/>
+    <w:rsid w:val="006F1081"/>
+    <w:rsid w:val="00731AF1"/>
+    <w:rsid w:val="007718E7"/>
+    <w:rsid w:val="00773163"/>
+    <w:rsid w:val="007773B7"/>
+    <w:rsid w:val="00781F2E"/>
+    <w:rsid w:val="007A3AB4"/>
+    <w:rsid w:val="007A71F3"/>
+    <w:rsid w:val="007F677A"/>
+    <w:rsid w:val="00805D8C"/>
+    <w:rsid w:val="008315C3"/>
+    <w:rsid w:val="0085290D"/>
+    <w:rsid w:val="00853485"/>
+    <w:rsid w:val="00855BFE"/>
+    <w:rsid w:val="00862213"/>
+    <w:rsid w:val="008932D8"/>
+    <w:rsid w:val="008C3A61"/>
+    <w:rsid w:val="008D12E2"/>
+    <w:rsid w:val="008E7CDA"/>
+    <w:rsid w:val="00911979"/>
+    <w:rsid w:val="0092260D"/>
+    <w:rsid w:val="0093756F"/>
+    <w:rsid w:val="009B3CD3"/>
+    <w:rsid w:val="009D20C1"/>
+    <w:rsid w:val="009D65A0"/>
+    <w:rsid w:val="009F5A23"/>
+    <w:rsid w:val="00A15749"/>
+    <w:rsid w:val="00A20F89"/>
+    <w:rsid w:val="00A423AC"/>
+    <w:rsid w:val="00A811CC"/>
+    <w:rsid w:val="00AB0A8B"/>
+    <w:rsid w:val="00AB767E"/>
+    <w:rsid w:val="00AC19E2"/>
+    <w:rsid w:val="00AE625B"/>
+    <w:rsid w:val="00B84EDA"/>
+    <w:rsid w:val="00B9020C"/>
+    <w:rsid w:val="00BA2B84"/>
+    <w:rsid w:val="00BA68B8"/>
+    <w:rsid w:val="00BC75F9"/>
+    <w:rsid w:val="00BE64A3"/>
+    <w:rsid w:val="00C15767"/>
+    <w:rsid w:val="00C21471"/>
+    <w:rsid w:val="00C431B7"/>
+    <w:rsid w:val="00C53658"/>
+    <w:rsid w:val="00C56624"/>
+    <w:rsid w:val="00C667AF"/>
+    <w:rsid w:val="00C75B37"/>
+    <w:rsid w:val="00CD6389"/>
+    <w:rsid w:val="00CE7D11"/>
+    <w:rsid w:val="00D94A17"/>
+    <w:rsid w:val="00DA2119"/>
+    <w:rsid w:val="00DA6ED7"/>
+    <w:rsid w:val="00DC78BB"/>
+    <w:rsid w:val="00DE418C"/>
+    <w:rsid w:val="00E67E12"/>
+    <w:rsid w:val="00EA0BD5"/>
+    <w:rsid w:val="00EA3E58"/>
+    <w:rsid w:val="00EA4C42"/>
+    <w:rsid w:val="00EC2A76"/>
+    <w:rsid w:val="00F62046"/>
+    <w:rsid w:val="00F75C0B"/>
+    <w:rsid w:val="00F9429D"/>
+    <w:rsid w:val="00FB08A6"/>
+    <w:rsid w:val="00FB11AC"/>
+    <w:rsid w:val="00FC4958"/>
+    <w:rsid w:val="00FD088C"/>
+    <w:rsid w:val="00FF412F"/>
+    <w:rsid w:val="00FF644B"/>
+    <w:rsid w:val="108A2EB2"/>
+    <w:rsid w:val="12425FF1"/>
+    <w:rsid w:val="1B1A5D6A"/>
+    <w:rsid w:val="1F547749"/>
+    <w:rsid w:val="20D25F7D"/>
+    <w:rsid w:val="3B4281C7"/>
+    <w:rsid w:val="4319D94A"/>
+    <w:rsid w:val="4608D4CB"/>
+    <w:rsid w:val="469A497E"/>
+    <w:rsid w:val="55C96A54"/>
+    <w:rsid w:val="5C6323B0"/>
+    <w:rsid w:val="5ED5B542"/>
+    <w:rsid w:val="606D6233"/>
+    <w:rsid w:val="6489929E"/>
+    <w:rsid w:val="66F39556"/>
+    <w:rsid w:val="69384308"/>
+    <w:rsid w:val="717947F7"/>
+    <w:rsid w:val="72A582C6"/>
+    <w:rsid w:val="789694B7"/>
+    <w:rsid w:val="7EECADDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="76B8CF35"/>
-  <w15:docId w15:val="{CA39C090-D0ED-498E-B3B3-2CE212D030A8}"/>
+  <w14:docId w14:val="61B1E036"/>
+  <w15:docId w15:val="{4AF63602-366C-49CB-A177-072D045A4829}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -1627,186 +8883,176 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009C0A7D"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="0" w:firstLine="0"/>
+      <w:keepNext/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00CD6389"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CD6389"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00377F18"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00C86309"/>
+    <w:rsid w:val="00074563"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...51 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00673C90"/>
+    <w:rsid w:val="00BE64A3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2343,137 +9589,123 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_Flow_SignoffStatus xmlns="9817f423-16b6-4052-95a5-c264e1f3a1cd" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9817f423-16b6-4052-95a5-c264e1f3a1cd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9c532a60-26e6-4ba8-ba66-cc12b220fc58" xsi:nil="true"/>
     <SharedWithUsers xmlns="9c532a60-26e6-4ba8-ba66-cc12b220fc58">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3F600A6-FC12-4968-91C5-30542E33F30D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33683FA1-4AF8-454A-8333-C66B008595B9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
     <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8C55521-8AF3-46D1-BDE0-EE655AF540CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58788A09-49ED-4530-85F3-E1C0D4347253}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C6F8172-AFD0-4BDD-8A10-16C71B94B780}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C447424B-1E56-4FAB-909F-B72572EE4DA1}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>840</Characters>
+  <Pages>3</Pages>
+  <Words>541</Words>
+  <Characters>3832</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Rhode Island College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1074</CharactersWithSpaces>
+  <CharactersWithSpaces>4365</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Rhode Island College</dc:creator>
+  <dc:title>Job Placement Support Plan</dc:title>
+  <dc:creator>Elizabeth Dipippo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6CB23711B323F48A64A1BDF4CAC1379</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
-    <vt:r8>5127600</vt:r8>
+    <vt:r8>5127700</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>