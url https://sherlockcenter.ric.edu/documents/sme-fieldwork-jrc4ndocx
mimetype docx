--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,8671 +1,1466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:tbl>
-[...3054 lines deleted...]
-    <w:p w:rsidRPr="008D12E2" w:rsidR="003D03AB" w:rsidP="00F75C0B" w:rsidRDefault="00853485" w14:paraId="6C32AC51" w14:textId="484E3295">
+    <w:p w14:paraId="2821F570" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="005F569D" w:rsidRDefault="009C0A7D" w:rsidP="009C0A7D">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:sz w:val="20"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:sz w:val="20"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>First Day on the Job</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D12E2" w:rsidR="001E15BB">
+      <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:sz w:val="20"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008D12E2" w:rsidR="003D03AB">
+      <w:r w:rsidRPr="005F569D">
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:sz w:val="20"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>What are major supports in keeping the job?</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (Skills, abilities, personal network, other support staff, etc.)</w:t>
+        <w:t>Provide Copy to Client</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008D12E2" w:rsidR="003D03AB" w:rsidP="00F75C0B" w:rsidRDefault="003D03AB" w14:paraId="6F099A61" w14:textId="77777777">
+    <w:p w14:paraId="39D193DE" w14:textId="78756A1A" w:rsidR="009C0A7D" w:rsidRPr="00F0048F" w:rsidRDefault="009C0A7D" w:rsidP="009C0A7D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="left" w:pos="7830"/>
+          <w:tab w:val="right" w:pos="14400"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Company Name:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E84338">
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Supervisor Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00E84338">
+        <w:t xml:space="preserve"> _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...35 lines deleted...]
-    <w:p w:rsidRPr="008D12E2" w:rsidR="00565495" w:rsidP="00F75C0B" w:rsidRDefault="00565495" w14:paraId="2B317D50" w14:textId="77777777">
+    <w:p w14:paraId="38227EBF" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRDefault="009C0A7D" w:rsidP="009C0A7D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="left" w:pos="7830"/>
+          <w:tab w:val="right" w:pos="14400"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Company Address:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Company Phone:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001B281C" w:rsidP="009D65A0" w:rsidRDefault="00853485" w14:paraId="24A13E68" w14:textId="3D725892">
+    <w:p w14:paraId="1E6529B9" w14:textId="12BFA6B8" w:rsidR="009C0A7D" w:rsidRDefault="00E84338" w:rsidP="009C0A7D">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
         <w:tabs>
-          <w:tab w:val="right" w:pos="5490"/>
-[...4 lines deleted...]
-          <w:tab w:val="left" w:pos="8280"/>
+          <w:tab w:val="right" w:pos="7740"/>
+          <w:tab w:val="left" w:pos="7830"/>
+          <w:tab w:val="right" w:pos="14400"/>
         </w:tabs>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b w:val="0"/>
-          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. </w:t>
-[...174 lines deleted...]
-        <w:t>No</w:t>
+        <w:t xml:space="preserve">New Employee: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003D4C8B" w:rsidR="001B281C" w:rsidP="00F75C0B" w:rsidRDefault="003D4C8B" w14:paraId="58E3D52D" w14:textId="78E4AB08">
-[...73 lines deleted...]
-    <w:p w:rsidR="009D65A0" w:rsidP="009D65A0" w:rsidRDefault="009D65A0" w14:paraId="44AEAF0E" w14:textId="77777777"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5536"/>
-        <w:gridCol w:w="4904"/>
+        <w:gridCol w:w="7300"/>
+        <w:gridCol w:w="7090"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D65A0" w:rsidTr="002A563B" w14:paraId="6ABEA28D" w14:textId="77777777">
+      <w:tr w:rsidR="009C0A7D" w14:paraId="5F3AB5B3" w14:textId="77777777" w:rsidTr="00B77E97">
+        <w:trPr>
+          <w:trHeight w:val="1204"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5598" w:type="dxa"/>
+            <w:tcW w:w="7300" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008D12E2" w:rsidR="009D65A0" w:rsidP="009D65A0" w:rsidRDefault="00583702" w14:paraId="7C7E97E8" w14:textId="77777777">
+          <w:p w14:paraId="29FE6ADC" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="002F0ED1" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0ED1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Transportation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20564CCB" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Write down specifics: Include phone #’</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>s,</w:t>
+            </w:r>
+            <w:r w:rsidR="000D67BA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000D67BA">
+              <w:t>b</w:t>
+            </w:r>
+            <w:r>
+              <w:t>us</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> #’s, </w:t>
+            </w:r>
+            <w:r w:rsidR="000D67BA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>stop, etc.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29CCDD8A" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="00F0048F" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="right" w:pos="360"/>
-                <w:tab w:val="left" w:pos="450"/>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="4815"/>
+                <w:tab w:val="center" w:pos="7020"/>
               </w:tabs>
-              <w:spacing w:line="264" w:lineRule="auto"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">To work:      Pick-up </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t xml:space="preserve">time  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">$  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F0048F">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="335BD026" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="00F0048F" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="left" w:pos="4815"/>
+                <w:tab w:val="center" w:pos="7020"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                    Bus </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t xml:space="preserve">Number  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">Bus Stop  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="644D138D" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="00F0048F" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7020"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Transportation by:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF3E894" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="00F0048F" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7020"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Important Details:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="572E663B" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="00F0048F" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7020"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A14D800" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Put money aside to pay for transportation:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CAF476C" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3240"/>
+                <w:tab w:val="left" w:pos="3420"/>
+                <w:tab w:val="center" w:pos="7020"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Daily amount $ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t>Weekly Amount: $</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7090" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B53E8C0" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="002F0ED1" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0ED1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Starting the Job –Day One</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D150AF5" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="0085240B" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="3240"/>
+                <w:tab w:val="left" w:pos="3420"/>
+                <w:tab w:val="center" w:pos="6894"/>
+              </w:tabs>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="180"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Starting time: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:tab/>
+              <w:t xml:space="preserve">End Time: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B52208F" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="0085240B" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="6894"/>
+              </w:tabs>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Supervisor:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B7F9B3" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="6894"/>
+              </w:tabs>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Co-worker/Mentor:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F3034B" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="0085240B" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="6894"/>
+              </w:tabs>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Job Coach:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D24815" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="0085240B" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="6894"/>
+              </w:tabs>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">          Phone:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t xml:space="preserve">          Back-up:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:br/>
+              <w:t xml:space="preserve">Other:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="732446C9" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRPr="002F0ED1" w:rsidRDefault="009C0A7D" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0ED1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Learn primary work areas:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BC8235" w14:textId="77777777" w:rsidR="009C0A7D" w:rsidRDefault="008D7C67" w:rsidP="00C86309">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2499"/>
+                <w:tab w:val="left" w:pos="4479"/>
+              </w:tabs>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                <w:id w:val="1377422434"/>
+                <w:id w:val="-481616268"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B84EDA">
+                <w:r w:rsidR="00C86309">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="Times New Roman" w:eastAsia="MS Gothic"/>
-                    <w:sz w:val="20"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B84EDA">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00C86309">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008D12E2" w:rsidR="009D65A0">
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="009C0A7D">
+              <w:t>Locker space</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86309">
+              <w:tab/>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                <w:id w:val="-50233912"/>
+                <w:id w:val="452522548"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B84EDA">
+                <w:r w:rsidR="00C86309">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="Times New Roman" w:eastAsia="MS Gothic"/>
-                    <w:sz w:val="20"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B84EDA">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00C86309">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008D12E2" w:rsidR="009D65A0">
-[...24 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="009C0A7D">
+              <w:t>Time clock</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86309">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                <w:id w:val="-149521536"/>
+                <w:id w:val="-1167783770"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B84EDA">
+                <w:r w:rsidR="00C86309">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="Times New Roman" w:eastAsia="MS Gothic"/>
-                    <w:sz w:val="20"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B84EDA">
-[...20 lines deleted...]
-          <w:p w:rsidRPr="002A563B" w:rsidR="009D65A0" w:rsidP="002A563B" w:rsidRDefault="002A563B" w14:paraId="332EF1A3" w14:textId="77777777">
+            <w:r w:rsidR="00C86309">
+              <w:t xml:space="preserve"> Bathroom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468C85EF" w14:textId="10C290B9" w:rsidR="009C0A7D" w:rsidRDefault="008D7C67" w:rsidP="00C86309">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="450"/>
-[...1 lines deleted...]
-                <w:tab w:val="left" w:pos="900"/>
+                <w:tab w:val="left" w:pos="2484"/>
+                <w:tab w:val="left" w:pos="4464"/>
               </w:tabs>
-              <w:spacing w:line="264" w:lineRule="auto"/>
-[...11 lines deleted...]
-            </w:r>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                <w:id w:val="1831170761"/>
+                <w:id w:val="344525175"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B84EDA">
+                <w:r w:rsidR="00C86309">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="Times New Roman" w:eastAsia="MS Gothic"/>
-                    <w:sz w:val="20"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B84EDA">
-[...48 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00C86309">
+              <w:t xml:space="preserve"> Lunch Time</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86309">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                <w:id w:val="182488668"/>
+                <w:id w:val="747762997"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B84EDA">
+                <w:r w:rsidR="00C86309">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="Times New Roman" w:eastAsia="MS Gothic"/>
-                    <w:sz w:val="20"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B84EDA">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00C86309">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008D12E2" w:rsidR="009D65A0">
-[...63 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="009C0A7D">
+              <w:t>Break time</w:t>
+            </w:r>
+            <w:r w:rsidR="00C86309">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C86309">
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                <w:id w:val="194968584"/>
+                <w:id w:val="1724635779"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B84EDA">
+                <w:r w:rsidR="00E84338">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="Times New Roman" w:eastAsia="MS Gothic"/>
-                    <w:sz w:val="20"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B84EDA">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00C86309">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008D12E2" w:rsidR="009D65A0">
-[...14 lines deleted...]
-          <w:p w:rsidRPr="002A563B" w:rsidR="009D65A0" w:rsidP="002A563B" w:rsidRDefault="002A563B" w14:paraId="5E6253FA" w14:textId="77777777">
+            <w:r w:rsidR="00E84338">
+              <w:t>Safety protocol/exits</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47DC0864" w14:textId="16B3891C" w:rsidR="00E84338" w:rsidRDefault="008D7C67" w:rsidP="00C86309">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="450"/>
-[...2 lines deleted...]
-                <w:tab w:val="right" w:pos="5220"/>
+                <w:tab w:val="left" w:pos="2484"/>
+                <w:tab w:val="left" w:pos="4464"/>
               </w:tabs>
-              <w:spacing w:line="264" w:lineRule="auto"/>
-[...11 lines deleted...]
-            </w:r>
+              <w:spacing w:line="336" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                <w:id w:val="-1469577860"/>
+                <w:id w:val="1577717634"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B84EDA">
+                <w:r w:rsidR="00E84338">
                   <w:rPr>
-                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="Times New Roman" w:eastAsia="MS Gothic"/>
-                    <w:sz w:val="20"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B84EDA">
-[...65 lines deleted...]
-          <w:p w:rsidRPr="009D65A0" w:rsidR="009D65A0" w:rsidP="002A563B" w:rsidRDefault="00B84EDA" w14:paraId="5455033B" w14:textId="77777777">
+            <w:r w:rsidR="00E84338">
+              <w:t xml:space="preserve"> Other</w:t>
+            </w:r>
+            <w:r w:rsidR="00E84338">
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B77E97" w14:paraId="19B1EEA0" w14:textId="77777777" w:rsidTr="00B77E97">
+        <w:trPr>
+          <w:trHeight w:val="1853"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7300" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5977E8" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="002F0ED1" w:rsidRDefault="00B77E97" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0ED1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Pre-Work Routine</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0559DDFF" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="right" w:pos="360"/>
-[...2 lines deleted...]
-                <w:tab w:val="left" w:pos="1800"/>
+                <w:tab w:val="right" w:pos="7110"/>
               </w:tabs>
-              <w:spacing w:line="264" w:lineRule="auto"/>
-[...92 lines deleted...]
-            </w:r>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Transportation to work is at what time?  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A62387" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7110"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Set time to awake for work  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77ADCC1B" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7110"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Arrange personal hygiene routine  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="617C0E62" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7110"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Picked out clothes/uniform  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F40B910" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7110"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Breakfast  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2108977F" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7110"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Other meals(lunch/dinner), if needed  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61A8A034" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7110"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Other  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D16C628" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="0085240B" w:rsidRDefault="00B77E97" w:rsidP="009C0A7D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="7110"/>
+              </w:tabs>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="187"/>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Practice run-through prior to starting job </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t xml:space="preserve">date  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5058" w:type="dxa"/>
+            <w:tcW w:w="7090" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008D12E2" w:rsidR="009D65A0" w:rsidP="00FF644B" w:rsidRDefault="00583702" w14:paraId="5C69CD4B" w14:textId="77777777">
-[...661 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="0DBCA927" w14:textId="392447B2" w:rsidR="00B77E97" w:rsidRPr="002F0ED1" w:rsidRDefault="00B77E97" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Accommodations that are confirmed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F0ED1">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B77E97" w14:paraId="5D035011" w14:textId="77777777" w:rsidTr="00B77E97">
+        <w:trPr>
+          <w:trHeight w:val="1852"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7300" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2E6E43" w14:textId="77777777" w:rsidR="00B77E97" w:rsidRPr="002F0ED1" w:rsidRDefault="00B77E97" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7090" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5948E844" w14:textId="19116A0B" w:rsidR="00B77E97" w:rsidRPr="002F0ED1" w:rsidRDefault="00B77E97" w:rsidP="005077E9">
+            <w:pPr>
+              <w:spacing w:line="480" w:lineRule="auto"/>
+              <w:ind w:left="204"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Miscellaneous:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="009D65A0" w:rsidR="009D65A0" w:rsidP="009D65A0" w:rsidRDefault="009D65A0" w14:paraId="2E6EEBB1" w14:textId="77777777">
-[...2930 lines deleted...]
-      <w:pgMar w:top="1080" w:right="1080" w:bottom="720" w:left="1080" w:header="576" w:footer="576" w:gutter="0"/>
+    <w:p w14:paraId="5A1C1F1B" w14:textId="77777777" w:rsidR="00184222" w:rsidRDefault="008D7C67"/>
+    <w:sectPr w:rsidR="00184222" w:rsidSect="00673C90">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="450" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00862213" w:rsidRDefault="00862213" w14:paraId="6EDA41C5" w14:textId="77777777">
+    <w:p w14:paraId="33A49905" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00862213" w:rsidRDefault="00862213" w14:paraId="7352F5B5" w14:textId="77777777">
+    <w:p w14:paraId="288B3C68" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationNotice" w:id="1">
-[...1 lines deleted...]
-  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-[...5 lines deleted...]
-  <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidRPr="00CD6389" w:rsidR="00862213" w:rsidP="1B1A5D6A" w:rsidRDefault="1B1A5D6A" w14:paraId="1D6C9E02" w14:textId="3B5F8A4E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="116036A3" w14:textId="785D4575" w:rsidR="00673C90" w:rsidRPr="00673C90" w:rsidRDefault="00673C90">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:spacing w:line="259" w:lineRule="auto"/>
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="1B1A5D6A">
+    <w:r w:rsidRPr="00673C90">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Paul V. Sherlock Center on Disabilities         Supporting Meaningful Employment </w:t>
+      <w:t>R</w:t>
     </w:r>
-    <w:r w:rsidR="00BE64A3">
+    <w:r w:rsidR="008D7C67">
       <w:rPr>
-        <w:sz w:val="16"/>
-        <w:szCs w:val="16"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t xml:space="preserve">   07-2025</w:t>
     </w:r>
-    <w:r w:rsidR="00583702">
-[...47 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w14:paraId="331CB793" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00862213" w:rsidRDefault="00862213" w14:paraId="546D5F3F" w14:textId="77777777">
+    <w:p w14:paraId="159A615A" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00862213" w:rsidRDefault="00862213" w14:paraId="2A46157F" w14:textId="77777777">
+    <w:p w14:paraId="262DDB49" w14:textId="77777777" w:rsidR="00673C90" w:rsidRDefault="00673C90" w:rsidP="00673C90">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...1 lines deleted...]
-  </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...380 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...2 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00911979"/>
-[...140 lines deleted...]
-    <w:rsid w:val="7EECADDE"/>
+    <w:rsidRoot w:val="009C0A7D"/>
+    <w:rsid w:val="000D67BA"/>
+    <w:rsid w:val="00186778"/>
+    <w:rsid w:val="00673C90"/>
+    <w:rsid w:val="008D7C67"/>
+    <w:rsid w:val="00914D1C"/>
+    <w:rsid w:val="009A5E1C"/>
+    <w:rsid w:val="009C0A7D"/>
+    <w:rsid w:val="00B77E97"/>
+    <w:rsid w:val="00B965F2"/>
+    <w:rsid w:val="00C86309"/>
+    <w:rsid w:val="00D3037D"/>
+    <w:rsid w:val="00D86918"/>
+    <w:rsid w:val="00E84338"/>
+    <w:rsid w:val="72086AAC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="61B1E036"/>
-  <w15:docId w15:val="{4AF63602-366C-49CB-A177-072D045A4829}"/>
+  <w14:docId w14:val="76B8CF35"/>
+  <w15:docId w15:val="{CA39C090-D0ED-498E-B3B3-2CE212D030A8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times" w:hAnsi="Times" w:eastAsia="Times" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="No List" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:uiPriority="99" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -8708,52 +1503,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8814,174 +1609,187 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="009C0A7D"/>
+    <w:pPr>
+      <w:ind w:left="0" w:firstLine="0"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...14 lines deleted...]
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C86309"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C86309"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00CD6389"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00673C90"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00673C90"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00CD6389"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00673C90"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...25 lines deleted...]
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BE64A3"/>
+    <w:rsid w:val="00673C90"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9518,116 +2326,137 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C447424B-1E56-4FAB-909F-B72572EE4DA1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C6F8172-AFD0-4BDD-8A10-16C71B94B780}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58788A09-49ED-4530-85F3-E1C0D4347253}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8C55521-8AF3-46D1-BDE0-EE655AF540CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33683FA1-4AF8-454A-8333-C66B008595B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3F600A6-FC12-4968-91C5-30542E33F30D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9c532a60-26e6-4ba8-ba66-cc12b220fc58"/>
     <ds:schemaRef ds:uri="9817f423-16b6-4052-95a5-c264e1f3a1cd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>137</Words>
+  <Characters>990</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Rhode Island College</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1125</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-[...4 lines deleted...]
-  <lastPrinted>2014-12-16T21:55:00.0000000Z</lastPrinted>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:creator>Rhode Island College</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F6CB23711B323F48A64A1BDF4CAC1379</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
-    <vt:r8>5127700</vt:r8>
+    <vt:r8>5127600</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>