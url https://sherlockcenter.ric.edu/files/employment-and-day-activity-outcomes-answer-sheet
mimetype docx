--- v0 (2025-11-01)
+++ v1 (2026-03-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10705" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:bottom w:w="29" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
@@ -51,52 +53,50 @@
         <w:gridCol w:w="6174"/>
       </w:tblGrid>
       <w:tr w:rsidR="00594575" w14:paraId="4AAA9F9E" w14:textId="77777777" w:rsidTr="00DC52CE">
         <w:trPr>
           <w:trHeight w:val="188"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10705" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
           <w:p w14:paraId="1E8AB767" w14:textId="4D3DEE58" w:rsidR="00594575" w:rsidRPr="2D67C657" w:rsidRDefault="00594575" w:rsidP="00594575">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DEMOGRAPHICS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B6955" w14:paraId="022BDEE3" w14:textId="77777777" w:rsidTr="00DC52CE">
         <w:trPr>
           <w:trHeight w:val="968"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -738,51 +738,51 @@
               </w:rPr>
               <w:t>., deceased)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6174" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="379323F5" w14:textId="77777777" w:rsidR="005B6955" w:rsidRDefault="005B6955" w:rsidP="00AB1947">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2AD77813" w14:textId="32170121" w:rsidR="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00AB1947">
+          <w:p w14:paraId="2AD77813" w14:textId="0A3DDAC1" w:rsidR="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00AB1947">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Residential </w:t>
             </w:r>
             <w:r w:rsidR="7C1C1CA1" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -790,83 +790,121 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rovider:</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> (__) NA </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="471C2C88" w14:textId="0CAC097A" w:rsidR="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="0F6C2181">
+            <w:r w:rsidR="00727E13" w:rsidRPr="03E2F245">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Select from Appendix D)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FDDC4F" w14:textId="77777777" w:rsidR="00727E13" w:rsidRPr="00727E13" w:rsidRDefault="00727E13" w:rsidP="00AB1947">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="471C2C88" w14:textId="2CC12F3C" w:rsidR="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="0F6C2181">
+            <w:pPr>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t> ____________________________ (Select from Appendix D)</w:t>
+              <w:t> ____________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="03E2F245">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BF0AE06" w14:textId="77777777" w:rsidR="00BF7065" w:rsidRPr="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00AB1947">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B89E874" w14:textId="4A986CDC" w:rsidR="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00AB1947">
+          <w:p w14:paraId="5B89E874" w14:textId="02F96D0A" w:rsidR="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00AB1947">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Employment/</w:t>
             </w:r>
             <w:r w:rsidR="1934449C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -890,206 +928,226 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rovider:</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (__) NA (Select from Appendix D)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39C97F78" w14:textId="61E1E4E5" w:rsidR="00BF7065" w:rsidRPr="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00BF7065">
+          <w:p w14:paraId="35D8BDCD" w14:textId="77777777" w:rsidR="00727E13" w:rsidRPr="00727E13" w:rsidRDefault="00727E13" w:rsidP="00AB1947">
+            <w:pPr>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39C97F78" w14:textId="46CAE4A9" w:rsidR="00BF7065" w:rsidRPr="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00BF7065">
             <w:pPr>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>____________________________________________________________</w:t>
+              <w:t>___________________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DD6F6E5" w14:textId="42040424" w:rsidR="0084521B" w:rsidRPr="007E0D2F" w:rsidRDefault="0084521B" w:rsidP="003E1DF6">
-[...10 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="48"/>
         <w:tblW w:w="10705" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10705"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D32333" w:rsidRPr="00927754" w14:paraId="1DFC1285" w14:textId="77777777" w:rsidTr="6D465493">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60241715" w14:textId="4CA671B1" w:rsidR="00D32333" w:rsidRDefault="002B2686" w:rsidP="00D32333">
+          <w:p w14:paraId="60241715" w14:textId="65DF68F8" w:rsidR="00D32333" w:rsidRDefault="002B2686" w:rsidP="00D32333">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D32333">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Participated in employment or day activities in the community or a DDD facility-based program</w:t>
             </w:r>
             <w:r w:rsidR="00D32333">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="00D32333">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00B24B1A">
+            <w:r w:rsidR="00727E13">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidR="00D32333" w:rsidRPr="00927754">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00D32333">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63967464" w14:textId="18098221" w:rsidR="00D32333" w:rsidRPr="003E7CFA" w:rsidRDefault="00D32333" w:rsidP="00D32333">
+          <w:p w14:paraId="63967464" w14:textId="1CF1840E" w:rsidR="00D32333" w:rsidRPr="003E7CFA" w:rsidRDefault="00D32333" w:rsidP="00D32333">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="002B2686" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1119,154 +1177,194 @@
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">o, </w:t>
             </w:r>
             <w:r w:rsidR="209F2F68" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>eason (see list in instructions): ____________       Comment (</w:t>
+              <w:t>eason (see list in instructions): ____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6D465493">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Comment (</w:t>
             </w:r>
             <w:r w:rsidR="36231BC8" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ptional): __________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>___</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C88D073" w14:textId="5D155347" w:rsidR="00D32333" w:rsidRPr="00BC4694" w:rsidRDefault="00D32333" w:rsidP="003E1DF6">
+    <w:p w14:paraId="4C88D073" w14:textId="4F132858" w:rsidR="00D32333" w:rsidRPr="00BC4694" w:rsidRDefault="00D32333" w:rsidP="003E1DF6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6A70533C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Continue to Section 1 if the person participated in </w:t>
       </w:r>
       <w:r w:rsidR="00AA15E7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>day</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00AA15E7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>employment</w:t>
       </w:r>
       <w:r w:rsidRPr="6A70533C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> activities between </w:t>
       </w:r>
+      <w:r w:rsidR="002628E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Feb 1</w:t>
+      </w:r>
       <w:r w:rsidR="005C38CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Aug 1 - Oct 31</w:t>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="002628E2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Apr 30</w:t>
       </w:r>
       <w:r w:rsidR="001A0B9A" w:rsidRPr="001A0B9A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00B24B1A">
+      <w:r w:rsidR="00727E13">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="6A70533C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C105A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>If not, stop here.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="126"/>
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -1328,113 +1426,147 @@
               </w:rPr>
               <w:t>SECTION 1</w:t>
             </w:r>
             <w:r w:rsidR="00D67688" w:rsidRPr="009E5FD4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
               </w:rPr>
               <w:t>: ACTIVITY CATEGORIES AND GENERAL QUESTIONS</w:t>
             </w:r>
             <w:r w:rsidR="00D67688">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Complete the corresponding section for each activity selected.)</w:t>
+              <w:t xml:space="preserve"> (Complete the corresponding section for each acti</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00D67688">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+              </w:rPr>
+              <w:t>vity selected.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D1AEF" w:rsidRPr="00FB3606" w14:paraId="626BCB32" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:trHeight w:val="247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="143578E6" w14:textId="300CEEDA" w:rsidR="000D1AEF" w:rsidRPr="000D1AEF" w:rsidRDefault="000D1AEF" w:rsidP="70C1EB2D">
+          <w:p w14:paraId="143578E6" w14:textId="07F476B9" w:rsidR="000D1AEF" w:rsidRPr="000D1AEF" w:rsidRDefault="000D1AEF" w:rsidP="70C1EB2D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="atLeast"/>
               <w:ind w:left="240" w:hanging="180"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="70C1EB2D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Activities participated </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidRPr="70C1EB2D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D1AEF" w:rsidRPr="00FB3606" w14:paraId="5893B24F" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:trHeight w:val="1233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2152,51 +2284,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4694" w:rsidRPr="00FB3606" w14:paraId="1784DC0B" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:trHeight w:val="812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="29FFEBCB" w14:textId="0238D0B6" w:rsidR="00BC4694" w:rsidRPr="00BC4694" w:rsidRDefault="5726A722" w:rsidP="00BC4694">
+          <w:p w14:paraId="29FFEBCB" w14:textId="3D99657D" w:rsidR="00BC4694" w:rsidRPr="00BC4694" w:rsidRDefault="5726A722" w:rsidP="00BC4694">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="240" w:hanging="240"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Work Incentive </w:t>
             </w:r>
@@ -2228,59 +2360,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="77335F5C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eceived</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="001A0B9A" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(check all that apply)</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -2561,51 +2713,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC4694" w:rsidRPr="00FB3606" w14:paraId="01F60A87" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F927DF0" w14:textId="7CC96533" w:rsidR="00BC4694" w:rsidRPr="2D67C657" w:rsidRDefault="5726A722" w:rsidP="001D72C0">
+          <w:p w14:paraId="0F927DF0" w14:textId="1B0E3530" w:rsidR="00BC4694" w:rsidRPr="2D67C657" w:rsidRDefault="5726A722" w:rsidP="001D72C0">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3. ORS </w:t>
             </w:r>
             <w:r w:rsidR="463D1F10" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -2613,59 +2765,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="799BA148" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tatus</w:t>
             </w:r>
             <w:r w:rsidR="001A0B9A" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="799BA148" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="1BCBF8C3" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -3038,56 +3210,57 @@
             <w:r w:rsidR="3586F82C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>atch</w:t>
             </w:r>
             <w:r w:rsidR="21B70DFC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="1321A95A" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__Smart TV</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01404119" w14:textId="7A1FB9D2" w:rsidR="00400A33" w:rsidRDefault="1321A95A" w:rsidP="3C1694BC">
+          <w:p w14:paraId="520D7064" w14:textId="4240CF85" w:rsidR="00BF7065" w:rsidRPr="00400A33" w:rsidRDefault="1321A95A" w:rsidP="007D39A5">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BF7065" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__Game </w:t>
             </w:r>
             <w:r w:rsidR="137972E8" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3304,125 +3477,140 @@
             </w:r>
             <w:r w:rsidR="20C5A5CB" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ev</w:t>
             </w:r>
             <w:r w:rsidR="002B2686" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ice</w:t>
             </w:r>
             <w:r w:rsidR="20C5A5CB" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ Smart pen/stylus __ Smart cane</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_Hlk223438432"/>
+            <w:r w:rsidR="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009E28FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00BF7065" w:rsidRPr="00BF7065">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF7065">
+            <w:r w:rsidR="009E28FF" w:rsidRPr="00BF7065">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other: _</w:t>
             </w:r>
             <w:r w:rsidR="00BF7065" w:rsidRPr="00BF7065">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="00BF7065">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>______</w:t>
             </w:r>
             <w:r w:rsidR="0022391F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_______</w:t>
             </w:r>
             <w:r w:rsidR="001D72C0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>____________</w:t>
             </w:r>
+            <w:r w:rsidR="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="75AB6857" w14:textId="5A4DB24E" w:rsidR="00FB3606" w:rsidRPr="00194540" w:rsidRDefault="00FB3606" w:rsidP="00986F24">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
@@ -3574,51 +3762,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Section 3.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E40E6" w:rsidRPr="00FB3606" w14:paraId="37172B27" w14:textId="77777777" w:rsidTr="6D465493">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5388DB55" w14:textId="37DD9F2C" w:rsidR="007E0D2F" w:rsidRDefault="00BF7065" w:rsidP="007E0D2F">
+          <w:p w14:paraId="5388DB55" w14:textId="2C424B68" w:rsidR="007E0D2F" w:rsidRDefault="00BF7065" w:rsidP="007E0D2F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="106B0D5C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3663,59 +3851,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="5953487D" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="0DEBA319" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">tarted </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="0DEBA319" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="0DEBA319" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DE380B3" w14:textId="7C654159" w:rsidR="001E40E6" w:rsidRPr="001A0B9A" w:rsidRDefault="16272ECF" w:rsidP="007E0D2F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -3724,51 +3932,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="70C1EB2D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ Yes    __ No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62F0AF30" w14:textId="29BD418A" w:rsidR="001E40E6" w:rsidRPr="00F27C1B" w:rsidRDefault="53B970F1" w:rsidP="3C1694BC">
+          <w:p w14:paraId="62F0AF30" w14:textId="685AF6D9" w:rsidR="001E40E6" w:rsidRPr="00F27C1B" w:rsidRDefault="53B970F1" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="6E5A74F3" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -3827,182 +4035,246 @@
               </w:rPr>
               <w:t>eferral source:</w:t>
             </w:r>
             <w:r w:rsidR="6BBC21C9" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   __ Self/</w:t>
             </w:r>
             <w:r w:rsidR="260678B2" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidR="6BBC21C9" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">amily __ School __ Service </w:t>
+              <w:t>amily</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="6BBC21C9" w:rsidRPr="6D465493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __ School</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="6BBC21C9" w:rsidRPr="6D465493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __ Service </w:t>
             </w:r>
             <w:r w:rsidR="656F9397" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="6BBC21C9" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rovider</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BCD1E7A" w14:textId="6E77A32A" w:rsidR="00F27C1B" w:rsidRPr="00836839" w:rsidRDefault="00C470AC" w:rsidP="00BC4694">
+          <w:p w14:paraId="6BCD1E7A" w14:textId="671679F6" w:rsidR="00F27C1B" w:rsidRPr="00836839" w:rsidRDefault="00C470AC" w:rsidP="00BC4694">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="91"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="175FC2AF" w:rsidRPr="2D67C657">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_ </w:t>
             </w:r>
             <w:r w:rsidRPr="2D67C657">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ORS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="7D50966A" w:rsidRPr="2D67C657">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="2D67C657">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BHDDH</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> _</w:t>
             </w:r>
-            <w:r w:rsidR="7D50966A" w:rsidRPr="2D67C657">
-[...22 lines deleted...]
-            </w:r>
             <w:r w:rsidR="6B3E8326" w:rsidRPr="2D67C657">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_ Other:</w:t>
             </w:r>
             <w:r w:rsidR="1D70FF7D" w:rsidRPr="2D67C657">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003E1DF6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__________</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C470AC" w:rsidRPr="00FB3606" w14:paraId="00EBDEAF" w14:textId="77777777" w:rsidTr="6D465493">
         <w:trPr>
           <w:trHeight w:val="1385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4264078A" w14:textId="4CCD98AF" w:rsidR="00BF7065" w:rsidRPr="00337EF6" w:rsidRDefault="00BF7065" w:rsidP="00337EF6">
+          <w:p w14:paraId="4264078A" w14:textId="4E45D626" w:rsidR="00BF7065" w:rsidRPr="00337EF6" w:rsidRDefault="00BF7065" w:rsidP="00337EF6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="799BA148" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -4059,59 +4331,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="799BA148" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ctivities</w:t>
             </w:r>
             <w:r w:rsidR="53EF98AF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="799BA148" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="534BF861" w14:textId="705D326A" w:rsidR="00BF7065" w:rsidRDefault="00BF7065" w:rsidP="00BF7065">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836839">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -4587,51 +4879,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>None of the above</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E28FF" w:rsidRPr="00FB3606" w14:paraId="79E968C9" w14:textId="77777777" w:rsidTr="6D465493">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7235" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2FC69601" w14:textId="3DA533C4" w:rsidR="009E28FF" w:rsidRDefault="27FBD847" w:rsidP="00C470AC">
+          <w:p w14:paraId="2FC69601" w14:textId="5DF2A0A6" w:rsidR="009E28FF" w:rsidRDefault="27FBD847" w:rsidP="00C470AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">7. SES # </w:t>
             </w:r>
             <w:r w:rsidR="13BBBE9F" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4706,96 +4998,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>xp</w:t>
             </w:r>
             <w:r w:rsidR="0D581B58" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="0064E809" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="7F9E3338" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ 0</w:t>
             </w:r>
             <w:r w:rsidR="0064E809" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ 1    __ 2   __ 3    __4    __ 5+         </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DEFEDE0" w14:textId="2991F8BF" w:rsidR="009E28FF" w:rsidRDefault="27FBD847" w:rsidP="00C470AC">
+          <w:p w14:paraId="0DEFEDE0" w14:textId="56C8BAAE" w:rsidR="009E28FF" w:rsidRDefault="27FBD847" w:rsidP="00C470AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8. SES #</w:t>
             </w:r>
             <w:r w:rsidR="0031C228" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4870,59 +5182,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>xp</w:t>
             </w:r>
             <w:r w:rsidR="7489BBE1" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="7F9E3338" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5020,51 +5352,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>only once even if taking place over multiple days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A36A9C" w:rsidRPr="00FB3606" w14:paraId="5DBCCFBD" w14:textId="77777777" w:rsidTr="6D465493">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="297DC20A" w14:textId="138EDD6F" w:rsidR="00387F1E" w:rsidRDefault="00337EF6" w:rsidP="00A36A9C">
+          <w:p w14:paraId="297DC20A" w14:textId="441BABD7" w:rsidR="00387F1E" w:rsidRDefault="00337EF6" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00A36A9C" w:rsidRPr="00AD6CEE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5169,95 +5501,123 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> experience or job </w:t>
             </w:r>
             <w:r w:rsidR="00C12D07">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>opportunity</w:t>
             </w:r>
             <w:r w:rsidR="00387F1E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="00387F1E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00C12D07">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A36A9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_______</w:t>
             </w:r>
             <w:r w:rsidR="009220FF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______</w:t>
             </w:r>
             <w:r w:rsidR="00A36A9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="408587F0" w14:textId="1B20F1A9" w:rsidR="00A36A9C" w:rsidRDefault="00A36A9C" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A36A9C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
@@ -5298,51 +5658,51 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> period.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A36A9C" w:rsidRPr="00FB3606" w14:paraId="22761A33" w14:textId="77777777" w:rsidTr="6D465493">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3770" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0268E1B3" w14:textId="56419BB4" w:rsidR="00A36A9C" w:rsidRPr="6A70533C" w:rsidRDefault="5236B95B" w:rsidP="00A36A9C">
+          <w:p w14:paraId="242BC6D3" w14:textId="77777777" w:rsidR="00727E13" w:rsidRDefault="5236B95B" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="4D5D6502" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -5417,157 +5777,205 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="4D5D6502" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>upport</w:t>
             </w:r>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0268E1B3" w14:textId="749C1DAF" w:rsidR="00A36A9C" w:rsidRPr="6A70533C" w:rsidRDefault="002628E2" w:rsidP="00A36A9C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F2F31DB" w14:textId="75381101" w:rsidR="00A36A9C" w:rsidRPr="00D46BD7" w:rsidRDefault="4D5D6502" w:rsidP="3C1694BC">
+          <w:p w14:paraId="2F2F31DB" w14:textId="3E77570E" w:rsidR="00A36A9C" w:rsidRPr="00D46BD7" w:rsidRDefault="00727E13" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3C1694BC">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="4D5D6502" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ In-</w:t>
             </w:r>
             <w:r w:rsidR="1711EBB9" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="3C1694BC">
+            <w:r w:rsidR="4D5D6502" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">erson </w:t>
             </w:r>
             <w:r w:rsidR="69096014" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="3C1694BC">
+            <w:r w:rsidR="4D5D6502" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CA73BF0" w14:textId="037F0834" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="4D5D6502" w:rsidP="00A36A9C">
+          <w:p w14:paraId="0CA73BF0" w14:textId="03539C17" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="00727E13" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3C1694BC">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="4D5D6502" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ Remote </w:t>
             </w:r>
             <w:r w:rsidR="2493AC37" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="3C1694BC">
+            <w:r w:rsidR="4D5D6502" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30C91B56" w14:textId="77777777" w:rsidR="00A36A9C" w:rsidRPr="00D46BD7" w:rsidRDefault="00A36A9C" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -5619,51 +6027,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No supports provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A36A9C" w:rsidRPr="00FB3606" w14:paraId="431E12DD" w14:textId="77777777" w:rsidTr="6D465493">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07CC4920" w14:textId="6F2CBF81" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="4D5D6502" w:rsidP="3C1694BC">
+          <w:p w14:paraId="07CC4920" w14:textId="67EA7023" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="4D5D6502" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="5236B95B" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5678,79 +6086,281 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. SES </w:t>
             </w:r>
             <w:r w:rsidR="4C054251" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ours </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(Round each activity to nearest 15 minutes)</w:t>
+              <w:t xml:space="preserve">(Round each activity to nearest 15 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>minutes)</w:t>
+            </w:r>
+            <w:r w:rsidR="009F38D5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="009F38D5" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NOTE</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009F38D5" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F38D5" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JC/R </w:t>
+            </w:r>
+            <w:r w:rsidR="003719F9" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r w:rsidR="003719F9" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005617C0" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>also report</w:t>
+            </w:r>
+            <w:r w:rsidR="009F610A" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- SES ST/LT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009F610A" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Voc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009F610A" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Exp. OR </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009F610A" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Empl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009F610A" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00741D9F" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hrs.</w:t>
+            </w:r>
+            <w:r w:rsidR="009F610A" w:rsidRPr="00741D9F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009F610A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005617C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A36A9C" w:rsidRPr="00FB3606" w14:paraId="27F30680" w14:textId="77777777" w:rsidTr="6D465493">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B5A10AA" w14:textId="6150E6BE" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="00A36A9C" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -5877,84 +6487,100 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="009C105A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_ </w:t>
             </w:r>
             <w:r w:rsidR="009C105A" w:rsidRPr="00836839">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Short-term vocational experience</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7172329F" w14:textId="5F072AAF" w:rsidR="009C105A" w:rsidRDefault="08841919" w:rsidP="00A36A9C">
+          <w:p w14:paraId="7172329F" w14:textId="318BE599" w:rsidR="009C105A" w:rsidRDefault="00727E13" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6D465493">
-[...8 lines deleted...]
-          <w:p w14:paraId="1DA1E848" w14:textId="11BCEF4C" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="1CEBFAC4" w:rsidP="00A36A9C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _</w:t>
+            </w:r>
+            <w:r w:rsidR="08841919" w:rsidRPr="6D465493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ Long-term vocational experience</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA1E848" w14:textId="2E0D8D99" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="00727E13" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="6D465493">
-[...5 lines deleted...]
-              <w:t>___ Job search with me</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _</w:t>
+            </w:r>
+            <w:r w:rsidR="1CEBFAC4" w:rsidRPr="6D465493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ Job search with me</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3555" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="440DFD86" w14:textId="23815050" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="00A36A9C" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836839">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -6539,85 +7165,65 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00836839">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> __</w:t>
             </w:r>
             <w:r w:rsidRPr="00836839">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00027FBF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>netWORKri</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...17 lines deleted...]
-              <w:t>/DLT</w:t>
+              <w:t>/OneStop/DLT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77D1DD9B" w14:textId="20A0B589" w:rsidR="00A36A9C" w:rsidRPr="00836839" w:rsidRDefault="4D5D6502" w:rsidP="00A36A9C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> __ Business/</w:t>
             </w:r>
             <w:r w:rsidR="72435913" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6791,156 +7397,157 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>esidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="109"/>
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10795"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BC4694" w:rsidRPr="00824FB2" w14:paraId="30F24CEA" w14:textId="77777777" w:rsidTr="0F6C2181">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF1B01B" w14:textId="77777777" w:rsidR="00BC4694" w:rsidRPr="00DB6F63" w:rsidRDefault="00BC4694" w:rsidP="00BC4694">
+          <w:p w14:paraId="0FF1B01B" w14:textId="77777777" w:rsidR="00BC4694" w:rsidRPr="00AC228D" w:rsidRDefault="00BC4694" w:rsidP="00BC4694">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC228D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hours Key:    15 min. = .25    30 min = .50     45 min = .75</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45FDB414" w14:textId="212784DF" w:rsidR="00BC4694" w:rsidRPr="00824FB2" w:rsidRDefault="00BC4694" w:rsidP="003058FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB6F63">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC228D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Round hour</w:t>
             </w:r>
-            <w:r w:rsidR="003058FB">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003058FB" w:rsidRPr="00AC228D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB6F63">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00AC228D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> to nearest 15 minutes (i.e., 12 hours and 40 minutes = 12.75 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DC700CB" w14:textId="77777777" w:rsidR="00734889" w:rsidRDefault="00734889" w:rsidP="00416EC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DBA5EC4" w14:textId="0C018E32" w:rsidR="00E86E99" w:rsidRDefault="00DB6F63" w:rsidP="00416EC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0F6C2181">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>EMPL</w:t>
       </w:r>
       <w:r w:rsidR="00395D5B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="0F6C2181">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YMENT DATA</w:t>
       </w:r>
     </w:p>
@@ -7164,51 +7771,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C61A6" w:rsidRPr="00FB3606" w14:paraId="64016DD5" w14:textId="77777777" w:rsidTr="6D465493">
         <w:trPr>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="384D904C" w14:textId="77777777" w:rsidR="00493679" w:rsidRDefault="5236B95B" w:rsidP="00594575">
+          <w:p w14:paraId="384D904C" w14:textId="462B5019" w:rsidR="00493679" w:rsidRDefault="5236B95B" w:rsidP="00594575">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -7262,51 +7869,81 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ob </w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(on employer payroll</w:t>
             </w:r>
             <w:r w:rsidR="00493679">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> between Aug 1 – Oct 31</w:t>
+              <w:t xml:space="preserve"> between </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00493679">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: __</w:t>
             </w:r>
             <w:r w:rsidR="78255B3A" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7536,51 +8173,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C61A6" w:rsidRPr="00FB3606" w14:paraId="45630B63" w14:textId="77777777" w:rsidTr="6D465493">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="628"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F354A8E" w14:textId="54E32528" w:rsidR="002C61A6" w:rsidRPr="00FB3606" w:rsidRDefault="5236B95B" w:rsidP="002C61A6">
+          <w:p w14:paraId="3F354A8E" w14:textId="291E344E" w:rsidR="002C61A6" w:rsidRPr="00FB3606" w:rsidRDefault="5236B95B" w:rsidP="002C61A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -7638,51 +8275,81 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b </w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(on employer payroll</w:t>
             </w:r>
             <w:r w:rsidR="00493679">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> between Aug 1 – Oct 31</w:t>
+              <w:t xml:space="preserve"> between </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00493679">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:      __</w:t>
             </w:r>
             <w:r w:rsidR="5F17547F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -8503,359 +9170,293 @@
           <w:p w14:paraId="0176A4F8" w14:textId="30C31E87" w:rsidR="009D30A1" w:rsidRDefault="6F81F490" w:rsidP="00416EC9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="540"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001557BA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>1 yr &gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>yr</w:t>
-[...8 lines deleted...]
-              <w:t> &gt;</w:t>
+              <w:t>&lt;2 </w:t>
+            </w:r>
+            <w:r w:rsidR="005A4CB3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yrs </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD77CC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="005A4CB3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD77CC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>_ 2 yrs &gt; &lt; 5 </w:t>
+            </w:r>
             <w:r w:rsidR="005A4CB3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>yrs</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>yrs </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD77CC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
             <w:r w:rsidR="005A4CB3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t> </w:t>
-[...23 lines deleted...]
-              <w:t>_</w:t>
+              <w:softHyphen/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 2 </w:t>
-[...70 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>___5 yrs</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t xml:space="preserve"> &gt; &lt; </w:t>
             </w:r>
             <w:r w:rsidR="00AB150C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="005A4CB3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>yrs</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DD77CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="005A4CB3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DD77CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="005A4CB3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10 </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="43A25350" w14:textId="00117578" w:rsidR="005A4CB3" w:rsidRDefault="4ADE5048" w:rsidP="005A4CB3">
+              <w:t>10 yrs &gt;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A25350" w14:textId="228B52C6" w:rsidR="005A4CB3" w:rsidRDefault="4ADE5048" w:rsidP="005A4CB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="639572D6" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. Were you employed in an individual job from </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">?  </w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__Yes (go to Q1</w:t>
             </w:r>
             <w:r w:rsidR="3AEBC9B5" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -9092,53 +9693,54 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ther (write in)</w:t>
             </w:r>
             <w:r w:rsidR="27F9233E" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> __________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35EA19EF" w14:textId="1D24C210" w:rsidR="005B6BFC" w:rsidRPr="00991BD2" w:rsidRDefault="3A396380" w:rsidP="00C25A5F">
+          <w:p w14:paraId="35EA19EF" w14:textId="1D24C210" w:rsidR="005B6BFC" w:rsidRPr="00991BD2" w:rsidRDefault="3A396380" w:rsidP="00727E13">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If other, contact </w:t>
             </w:r>
             <w:r w:rsidR="005A4CB3" w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
@@ -10428,117 +11030,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">onsultation </w:t>
             </w:r>
             <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(check all that apply):</w:t>
             </w:r>
             <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DC4388A" w14:textId="1D6F36D4" w:rsidR="005B6BFC" w:rsidRDefault="056C8CE9" w:rsidP="35C1002F">
+          <w:p w14:paraId="4DC4388A" w14:textId="6B053E51" w:rsidR="005B6BFC" w:rsidRDefault="4D528452" w:rsidP="35C1002F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">        </w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">__None   </w:t>
             </w:r>
             <w:r w:rsidR="00DD77CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
+            <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> __</w:t>
             </w:r>
             <w:r w:rsidR="763653A5" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In-person</w:t>
             </w:r>
-            <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
+            <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD77CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
+            <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> __</w:t>
             </w:r>
             <w:r w:rsidR="27AD3F69" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Remote</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="021FE9F8" w14:textId="0F926BC5" w:rsidR="000D5292" w:rsidRDefault="670BA868" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="-28"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10589,51 +11183,51 @@
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> __Computer/laptop __Tablet __Smart </w:t>
             </w:r>
             <w:r w:rsidR="45C9AA04" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">peaker </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="582733BE" w14:textId="49C8F8D4" w:rsidR="00CE627E" w:rsidRDefault="2802E005" w:rsidP="3C1694BC">
+          <w:p w14:paraId="582733BE" w14:textId="622F7BD5" w:rsidR="00CE627E" w:rsidRDefault="2802E005" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="-28"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ Smart </w:t>
             </w:r>
             <w:r w:rsidR="465851AE" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>w</w:t>
@@ -10656,116 +11250,136 @@
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="14FAEE0D" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">edia </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="41ED71E0" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>layer  _</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_ Communication </w:t>
             </w:r>
             <w:r w:rsidR="71D9202B" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">id </w:t>
             </w:r>
             <w:r w:rsidR="27F9233E" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:bookmarkStart w:id="2" w:name="_Hlk223438409"/>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">__ Smart pen/stylus __ Smart cane </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__Other:_</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_____________________   </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A07F7E7" w14:textId="6297DF0A" w:rsidR="00DD77CC" w:rsidRDefault="670BA868" w:rsidP="00825B77">
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A07F7E7" w14:textId="52AE75F1" w:rsidR="00DD77CC" w:rsidRDefault="670BA868" w:rsidP="00825B77">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="-28"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">25. </w:t>
             </w:r>
             <w:r w:rsidR="0F3F8F87" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -10838,74 +11452,76 @@
             </w:r>
             <w:r w:rsidR="0F3F8F87" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__Public </w:t>
             </w:r>
             <w:r w:rsidR="27B432C8" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidR="0F3F8F87" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>us (</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">RIPTA) </w:t>
             </w:r>
             <w:r w:rsidR="27F9233E" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0F3F8F87" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_RIDE </w:t>
             </w:r>
             <w:r w:rsidR="63866733" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="6186C981" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>aratransit</w:t>
             </w:r>
           </w:p>
@@ -11274,566 +11890,295 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mployment</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F70475E" w14:textId="7FD0D0C3" w:rsidR="00E9085F" w:rsidRPr="00FB4389" w:rsidRDefault="61BC4FF5" w:rsidP="00FB300F">
+          <w:p w14:paraId="5F70475E" w14:textId="58FDFA80" w:rsidR="00E9085F" w:rsidRPr="00727E13" w:rsidRDefault="61BC4FF5" w:rsidP="00FB300F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1786"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="es-US"/>
-[...36 lines deleted...]
-                <w:lang w:val="es-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ &lt; 1 mo  </w:t>
+            </w:r>
+            <w:r w:rsidR="19FA9EC3" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F94D58" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="00F94D58" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...51 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 1 mo &gt; &lt; 3 mos  </w:t>
+            </w:r>
+            <w:r w:rsidR="35C1002F" w:rsidRPr="00727E13">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...33 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 3 mo &gt;</w:t>
+            </w:r>
+            <w:r w:rsidR="1174C10D" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&lt; 6mos </w:t>
             </w:r>
-            <w:r w:rsidR="6B7EA5F9" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="6B7EA5F9" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00DD77CC" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="00DD77CC" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidR="2A4DB473" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="2A4DB473" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...33 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 mo &gt;</w:t>
+            </w:r>
+            <w:r w:rsidR="1174C10D" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>&lt; 12mos </w:t>
             </w:r>
-            <w:r w:rsidR="784B0B60" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="784B0B60" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="35C1002F" w:rsidRPr="00FB4389">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="35C1002F" w:rsidRPr="00727E13">
               <w:br/>
             </w:r>
-            <w:r w:rsidR="784B0B60" w:rsidRPr="00FB4389">
-[...55 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="784B0B60" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 1 yr &gt; &lt; 2 yrs</w:t>
+            </w:r>
+            <w:r w:rsidR="6C42254D" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="3B3D3FC0" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="3B3D3FC0" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidR="00DD77CC" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="00DD77CC" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...51 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 2 yrs &gt; &lt; 5 yrs   </w:t>
+            </w:r>
+            <w:r w:rsidR="35C1002F" w:rsidRPr="00727E13">
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...44 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 5 yrs &gt; &lt; 10 yrs</w:t>
+            </w:r>
+            <w:r w:rsidR="6C42254D" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="5EC57437" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="5EC57437" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DD77CC" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="00DD77CC" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidR="78C0091E" w:rsidRPr="00FB4389">
-[...4 lines deleted...]
-                <w:lang w:val="es-US"/>
+            <w:r w:rsidR="78C0091E" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4389">
-[...26 lines deleted...]
-              <w:t> &gt;</w:t>
+            <w:r w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 yrs &gt;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30FD7559" w14:textId="1F9DEA08" w:rsidR="00DD77CC" w:rsidRDefault="0F3F8F87" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="3586F82C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -12260,51 +12605,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ourly </w:t>
             </w:r>
             <w:r w:rsidR="70954FB9" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>age: _____</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49D1A6DC" w14:textId="7446FA63" w:rsidR="005B6BFC" w:rsidRPr="00DD77CC" w:rsidRDefault="7B864534" w:rsidP="00FC5C00">
+          <w:p w14:paraId="49D1A6DC" w14:textId="19212AEF" w:rsidR="005B6BFC" w:rsidRPr="00DD77CC" w:rsidRDefault="7B864534" w:rsidP="00FC5C00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00825B77">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -12313,77 +12658,77 @@
             </w:r>
             <w:r w:rsidR="00EC295F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">min. wage is </w:t>
             </w:r>
             <w:r w:rsidR="001D4FC6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00821E51">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001D4FC6">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00821E51">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.00</w:t>
             </w:r>
             <w:r w:rsidR="005B6BFC" w:rsidRPr="00176F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40A9DA17" w14:textId="46242073" w:rsidR="00DD77CC" w:rsidRDefault="08E7B3DA" w:rsidP="03E2F245">
+          <w:p w14:paraId="40A9DA17" w14:textId="6FBE6777" w:rsidR="00DD77CC" w:rsidRDefault="08E7B3DA" w:rsidP="03E2F245">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="3586F82C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -12441,59 +12786,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ours</w:t>
             </w:r>
             <w:r w:rsidR="216F4A01" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="00DD77CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="0816223C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F987D79" w14:textId="45502A4C" w:rsidR="00D826F8" w:rsidRDefault="0816223C" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
@@ -13207,60 +13572,68 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="7B2E0E34" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Appendix B):</w:t>
             </w:r>
             <w:r w:rsidR="7B2E0E34" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ____________________________________________</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E298C33" w14:textId="782BBC3A" w:rsidR="00764A8F" w:rsidRDefault="670BA868" w:rsidP="03E2F245">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7B2E0E34" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E298C33" w14:textId="782BBC3A" w:rsidR="00764A8F" w:rsidRPr="00727E13" w:rsidRDefault="670BA868" w:rsidP="03E2F245">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidR="7596A5D9" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
@@ -13292,54 +13665,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ther (write in)</w:t>
             </w:r>
             <w:r w:rsidR="4BE6BF5E" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="59B51922" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="1235A872" w:rsidRPr="3C1694BC">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="1235A872" w:rsidRPr="00727E13">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="040324A0" w14:textId="77777777" w:rsidR="00C25A5F" w:rsidRPr="00991BD2" w:rsidRDefault="00C25A5F" w:rsidP="03E2F245">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73C9946B" w14:textId="1B23F7CA" w:rsidR="00500B64" w:rsidRPr="00C25A5F" w:rsidRDefault="00D063B6" w:rsidP="03E2F245">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
@@ -13485,663 +13857,479 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mployment</w:t>
             </w:r>
             <w:r w:rsidR="00594575" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: _</w:t>
             </w:r>
             <w:r w:rsidR="7B2E0E34" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_ &lt; 1 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="1369D4F2" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mo</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="14C07529" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D9CB7EE" w14:textId="57303FEA" w:rsidR="00752326" w:rsidRDefault="00476C44" w:rsidP="00FC5C00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00764A8F" w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>_ 1 mo &gt;</w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 mos  </w:t>
+            </w:r>
+            <w:r w:rsidR="00752326">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00D063B6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00752326">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 3 mo &gt;</w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt; 6 mos  </w:t>
+            </w:r>
+            <w:r w:rsidR="00764A8F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D89A3CB" w14:textId="4D6AE0D0" w:rsidR="00752326" w:rsidRDefault="00764A8F" w:rsidP="00FC5C00">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 6 mo &gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt; 12 </w:t>
+            </w:r>
+            <w:r w:rsidR="00476C44" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mos</w:t>
+            </w:r>
+            <w:r w:rsidR="00752326">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00476C44" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> _</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>_ 1 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidR="00764A8F">
+            <w:r w:rsidR="000D5292" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yr &gt;</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00764A8F" w:rsidRPr="00FB3606">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt; 2 yrs </w:t>
+            </w:r>
+            <w:r w:rsidR="00D72009">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 2 yrs &gt;&lt; 5 yrs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00752326">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">__ 5 yrs &gt;&lt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> yrs </w:t>
+            </w:r>
+            <w:r w:rsidR="00752326">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> __ 10 yrs &gt;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57EA4F4B" w14:textId="75306D13" w:rsidR="00DD77CC" w:rsidRDefault="1369D4F2" w:rsidP="00FC5C00">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="670BA868" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0A7C134B" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="2F2CB49C" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SE </w:t>
+            </w:r>
+            <w:r w:rsidR="4E2919EF" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="0A7C134B" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nsite </w:t>
+            </w:r>
+            <w:r w:rsidR="420FB614" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="0A7C134B" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>upport</w:t>
+            </w:r>
+            <w:r w:rsidR="00594575" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00764A8F" w:rsidRPr="00FB3606">
-[...515 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
             </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="0A7C134B" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r w:rsidR="0A7C134B" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ None</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5985BA46" w14:textId="77777777" w:rsidR="00EB41C8" w:rsidRDefault="00024CE3" w:rsidP="00FC5C00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -14208,53 +14396,53 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6611B757" w14:textId="6B1F327E" w:rsidR="001A49C9" w:rsidRDefault="1369D4F2" w:rsidP="001A28AC">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="6611B757" w14:textId="5D3FED51" w:rsidR="001A49C9" w:rsidRDefault="1369D4F2" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="670BA868" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -14310,74 +14498,94 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="17A892BA" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>upport</w:t>
             </w:r>
             <w:r w:rsidR="00594575" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="38722CF6" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C473A8A" w14:textId="24332D78" w:rsidR="00500B64" w:rsidRDefault="38722CF6" w:rsidP="001A28AC">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="6C473A8A" w14:textId="24332D78" w:rsidR="00500B64" w:rsidRDefault="38722CF6" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ In-</w:t>
             </w:r>
             <w:r w:rsidR="664498DF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
@@ -14414,445 +14622,310 @@
             <w:r w:rsidR="1369D4F2" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly _</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_ </w:t>
             </w:r>
             <w:r w:rsidR="1369D4F2" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Combination </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65AC8541" w14:textId="2FC8B849" w:rsidR="00E21098" w:rsidRDefault="3586F82C" w:rsidP="3C1694BC">
-[...16 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="65AC8541" w14:textId="2FC8B849" w:rsidR="00E21098" w:rsidRDefault="3586F82C" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">34. </w:t>
             </w:r>
             <w:r w:rsidR="089C740C" w:rsidRPr="3C1694BC">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Tech: </w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">__ None __Cell </w:t>
             </w:r>
             <w:r w:rsidR="30EFF588" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>one</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> __Computer/</w:t>
             </w:r>
             <w:r w:rsidR="40C7C8F3" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">aptop __Tablet </w:t>
             </w:r>
             <w:r w:rsidR="00B14AD4">
               <w:br/>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">__Smart </w:t>
             </w:r>
             <w:r w:rsidR="6758EDB5" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">peaker ___ Smart </w:t>
             </w:r>
             <w:r w:rsidR="5BB31883" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>atch __ Port</w:t>
             </w:r>
             <w:r w:rsidR="6316F32E" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>able</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="5C856685" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">edia </w:t>
             </w:r>
             <w:r w:rsidR="368B6C6F" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>pl</w:t>
             </w:r>
             <w:r w:rsidR="2802E005" w:rsidRPr="3C1694BC">
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">ayer  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A1FAF8C" w14:textId="15B46471" w:rsidR="0022391F" w:rsidRDefault="2802E005" w:rsidP="0022391F">
-[...2 lines deleted...]
-              <w:ind w:left="-28"/>
+          <w:p w14:paraId="33AB867D" w14:textId="77777777" w:rsidR="007D39A5" w:rsidRDefault="2802E005" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
+              <w:t xml:space="preserve">_ Communication </w:t>
+            </w:r>
+            <w:r w:rsidR="0865B892" w:rsidRPr="3C1694BC">
+              <w:t>ai</w:t>
+            </w:r>
+            <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007D39A5">
+              <w:t xml:space="preserve">__ Smart pen/stylus __ Smart cane </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A1FAF8C" w14:textId="737A3E0E" w:rsidR="0022391F" w:rsidRPr="007D39A5" w:rsidRDefault="007D39A5" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF7065">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>_Other: ___</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1255EB34" w14:textId="71882F77" w:rsidR="00DD77CC" w:rsidRDefault="1369D4F2" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="670BA868" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="6C779775" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="2F2CB49C" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SE </w:t>
+            </w:r>
+            <w:r w:rsidR="0160E104" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="6C779775" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">esources:  </w:t>
+            </w:r>
+            <w:r w:rsidR="6C779775" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">None </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD77CC" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="555CA9A7" w:rsidRPr="3C1694BC">
-[...85 lines deleted...]
-            </w:r>
             <w:r w:rsidR="6C779775" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...10 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="20B12568" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">SE </w:t>
             </w:r>
-            <w:r w:rsidR="0160E104" w:rsidRPr="3C1694BC">
-[...66 lines deleted...]
-            </w:r>
             <w:r w:rsidR="0F037A0A" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">raining </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EBD4BE8" w14:textId="76661E59" w:rsidR="00DD77CC" w:rsidRDefault="1369D4F2" w:rsidP="005F72DD">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="5EBD4BE8" w14:textId="76661E59" w:rsidR="00DD77CC" w:rsidRDefault="1369D4F2" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="6C779775" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_ </w:t>
             </w:r>
             <w:r w:rsidR="4E7A1E04" w:rsidRPr="3C1694BC">
               <w:rPr>
@@ -14979,53 +15052,53 @@
             <w:r w:rsidR="53D5D3FF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">SSA PASS </w:t>
             </w:r>
             <w:r w:rsidR="6F51ED28" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5453274C" w14:textId="05C5AE39" w:rsidR="00500B64" w:rsidRPr="00D063B6" w:rsidRDefault="1369D4F2" w:rsidP="005F72DD">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="5453274C" w14:textId="05C5AE39" w:rsidR="00500B64" w:rsidRPr="00D063B6" w:rsidRDefault="1369D4F2" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> _</w:t>
             </w:r>
             <w:r w:rsidR="53D5D3FF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="79ABFD64" w:rsidRPr="3C1694BC">
               <w:rPr>
@@ -15078,53 +15151,53 @@
             <w:r w:rsidR="79ABFD64" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ther:  ____</w:t>
             </w:r>
             <w:r w:rsidR="453D6563" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________</w:t>
             </w:r>
             <w:r w:rsidR="79ABFD64" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3656B9AB" w14:textId="216D1C9A" w:rsidR="00E9085F" w:rsidRPr="00821E51" w:rsidRDefault="79ABFD64" w:rsidP="00FC5C00">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="3656B9AB" w14:textId="216D1C9A" w:rsidR="00E9085F" w:rsidRPr="00821E51" w:rsidRDefault="79ABFD64" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="670BA868" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -15188,73 +15261,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nnual</w:t>
             </w:r>
             <w:r w:rsidR="775C964E" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (12 </w:t>
-[...21 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (12 mos)</w:t>
             </w:r>
             <w:r w:rsidR="2CAB3C3D" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="6B28AB00" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gross </w:t>
             </w:r>
             <w:r w:rsidR="76B9F066" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -15272,84 +15323,81 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ncome</w:t>
             </w:r>
             <w:r w:rsidR="7B2E0E34" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="437126D7" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r w:rsidR="7B2E0E34" w:rsidRPr="3C1694BC">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="7B2E0E34" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidR="51BA08AD" w:rsidRPr="3C1694BC">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="51BA08AD" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidR="437126D7" w:rsidRPr="3C1694BC">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="437126D7" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40EBD479" w14:textId="7AD0507B" w:rsidR="00500B64" w:rsidRPr="00693642" w:rsidRDefault="508BB77D" w:rsidP="00D556AA">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="40EBD479" w14:textId="7AD0507B" w:rsidR="00500B64" w:rsidRPr="00693642" w:rsidRDefault="508BB77D" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="29D81B8A" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -15393,66 +15441,73 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ork </w:t>
             </w:r>
             <w:r w:rsidR="795254A5" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="79211406" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ours:   _____</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>ours: </w:t>
+            </w:r>
+            <w:r w:rsidR="79211406" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>  _____</w:t>
+            </w:r>
+            <w:r w:rsidR="6186A42A" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidR="54ACEF6C" w:rsidRPr="6D465493">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="54ACEF6C" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ </w:t>
             </w:r>
             <w:r w:rsidR="79211406" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="2AEE7B89" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>r</w:t>
@@ -15486,53 +15541,53 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15 mi</w:t>
             </w:r>
             <w:r w:rsidR="3AEBC9B5" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>n.</w:t>
             </w:r>
             <w:r w:rsidR="6BFE8E76" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6876588F" w14:textId="63A3CBB8" w:rsidR="000D5292" w:rsidRDefault="7EC9270B" w:rsidP="3C1694BC">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="6876588F" w14:textId="2C3FE4B3" w:rsidR="000D5292" w:rsidRDefault="7EC9270B" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">37a. SE </w:t>
             </w:r>
             <w:r w:rsidR="38600489" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -15576,72 +15631,92 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ours</w:t>
             </w:r>
             <w:r w:rsidR="1F6FFB28" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DC69390" w14:textId="488493E0" w:rsidR="007B0708" w:rsidRDefault="7EC9270B" w:rsidP="3C1694BC">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="5DC69390" w14:textId="488493E0" w:rsidR="007B0708" w:rsidRDefault="7EC9270B" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="6316F32E" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ Commission-based __ Seasonal </w:t>
             </w:r>
             <w:r w:rsidR="6AB1C0A2" w:rsidRPr="3C1694BC">
               <w:rPr>
@@ -15670,53 +15745,53 @@
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ime </w:t>
             </w:r>
             <w:r w:rsidR="11202D8C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ff </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58FEDBC6" w14:textId="7DAE2816" w:rsidR="00693642" w:rsidRPr="00693642" w:rsidRDefault="7EC9270B" w:rsidP="3C1694BC">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w14:paraId="58FEDBC6" w14:textId="7DAE2816" w:rsidR="00693642" w:rsidRPr="00693642" w:rsidRDefault="7EC9270B" w:rsidP="007D39A5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__Health </w:t>
             </w:r>
             <w:r w:rsidR="0C5B0E0E" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
@@ -15775,87 +15850,87 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="161"/>
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10795"/>
       </w:tblGrid>
       <w:tr w:rsidR="00416EC9" w:rsidRPr="00824FB2" w14:paraId="62E0C96F" w14:textId="77777777" w:rsidTr="008152F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="093D6011" w14:textId="2EFCDC13" w:rsidR="00416EC9" w:rsidRPr="00DB6F63" w:rsidRDefault="00416EC9" w:rsidP="008152F8">
+          <w:p w14:paraId="093D6011" w14:textId="2EFCDC13" w:rsidR="00416EC9" w:rsidRPr="00C43F46" w:rsidRDefault="00416EC9" w:rsidP="008152F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB6F63">
+            <w:r w:rsidRPr="00C43F46">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hours Key:    15 min = .25    30 min = .50     45 min = .75</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="129B177D" w14:textId="6AD42217" w:rsidR="00416EC9" w:rsidRPr="00824FB2" w:rsidRDefault="00416EC9" w:rsidP="008152F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB6F63">
+            <w:r w:rsidRPr="00C43F46">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Round work hour to nearest 15 minutes (i.e., 12 hours and 40 minutes = 12.75 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="1291"/>
         <w:tblW w:w="10610" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5300"/>
@@ -16079,94 +16154,92 @@
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68C3E376" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="00020F39" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DFA22A0" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+          <w:p w14:paraId="3DFA22A0" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="007D39A5" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">38. PPI title </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Appendix B): </w:t>
             </w:r>
-            <w:r w:rsidRPr="3C1694BC">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_____________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="400F1829" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="00020F39" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E1EB40A" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
@@ -16181,51 +16254,60 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">38a. If other </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(write in):</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> _______________________________</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AEDA0A1" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="00991BD2" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If other, contact Vicki, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13">
@@ -16555,427 +16637,199 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>__ &lt; 1 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>__ &lt; 1 mo </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                        </w:t>
+            </w:r>
             <w:r w:rsidRPr="03E2F245">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mo</w:t>
-[...60 lines deleted...]
-              <w:t>  </w:t>
+              <w:t>__ 1 mo &gt; &lt; 3 mos  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CDC8358" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="006A387D" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A387D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-US"/>
               </w:rPr>
-              <w:t>__ 3 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>__ 3 mo &gt; &lt; 6 mos                           __ 6 mo &gt; &lt; 12 mos  </w:t>
+            </w:r>
             <w:r w:rsidRPr="006A387D">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
                 <w:lang w:val="es-US"/>
               </w:rPr>
-              <w:t>mo</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="006A387D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-US"/>
               </w:rPr>
-              <w:t> &gt; &lt; 6 </w:t>
-[...154 lines deleted...]
-              <w:t>   </w:t>
+              <w:t>__ 1 yr &gt; &lt; 2 yrs                               __ 2 yrs &gt; &lt; 5 yrs   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62A7C43F" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>__ 5 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>__ 5 yrs &gt; &lt; 10 yrs </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>yrs</w:t>
-[...63 lines deleted...]
-          <w:p w14:paraId="592099B3" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+              <w:t>__10 yrs &gt; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="592099B3" w14:textId="67F97CCF" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. PPI onsite support Aug 1 - Oct 31: </w:t>
+              <w:t xml:space="preserve">43. PPI onsite support </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ None           __ Daily (100%) __ Daily (some)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52B548AF" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="004E133E" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
@@ -16999,71 +16853,111 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FB2478E" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+          <w:p w14:paraId="0FB2478E" w14:textId="571BD28F" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. PPI offsite support Aug 1 - Oct 31: </w:t>
+              <w:t xml:space="preserve">44. PPI offsite support </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="456FCE3B" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ None</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -17108,145 +17002,225 @@
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ Weekly</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ Monthly</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69BBF584" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+          <w:p w14:paraId="69BBF584" w14:textId="2BA8B16F" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. PPI method of support Aug 1 - Oct 31: </w:t>
+              <w:t xml:space="preserve">45. PPI method of support </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AC6C029" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ In-person only     __ Remote only     __ Combination</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65C6E4B8" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+          <w:p w14:paraId="65C6E4B8" w14:textId="338E01BF" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">46. PPI employer </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ccnsultation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Aug 1 - Oct 31:  </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A41628E" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(check all that apply)</w:t>
             </w:r>
           </w:p>
@@ -17269,94 +17243,118 @@
               <w:t>__ None               __ In-person            __ Remote</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01B57FDC" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="00020F39" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2AF6D2AC" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="002D6225" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59FCC95B" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="00E21098" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+          <w:p w14:paraId="59FCC95B" w14:textId="022B80D5" w:rsidR="001003AC" w:rsidRPr="00E21098" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">47. Tech: </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ None</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">__Cell phone __Computer/laptop __Tablet __Smart speaker ___ Smart watch __ Portable media player __Communication aid __Other: ________________      </w:t>
+              <w:t>__Cell phone __Computer/laptop __Tablet __Smart speaker ___ Smart watch __ Portable media player __Communication aid</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">__ Smart pen/stylus __ Smart cane </w:t>
+            </w:r>
+            <w:r w:rsidR="00C43F46" w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __Other: ________________      </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51C593BB" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>48. PPI benefits received:</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -17410,137 +17408,233 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No benefits offered</w:t>
             </w:r>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2609055A" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="004E133E" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+          <w:p w14:paraId="2609055A" w14:textId="4041BCC5" w:rsidR="001003AC" w:rsidRPr="004E133E" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49. PPI hourly wage: </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>___________ (min. wage is $15.00)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="431F1F4B" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="003331B5" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+              <w:t>___________ (min. wage is $1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.00)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431F1F4B" w14:textId="5F19B34A" w:rsidR="001003AC" w:rsidRPr="003331B5" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">50. PPI work hours Sept 28 - Oct 11 </w:t>
+              <w:t xml:space="preserve">50. PPI work hours </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6D465493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6D465493">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(round to nearest 15 minutes): </w:t>
             </w:r>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_____________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C0052AB" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
+          <w:p w14:paraId="1C0052AB" w14:textId="321A0284" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">50a. PPI reason for no hours Sept 28 - Oct 11: </w:t>
+              <w:t xml:space="preserve">50a. PPI reason for no hours </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53703C77" w14:textId="77777777" w:rsidR="001003AC" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ Furlough   __ Planned time off    __ Sick leave  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13CC92FA" w14:textId="77777777" w:rsidR="001003AC" w:rsidRPr="005A23A2" w:rsidRDefault="001003AC" w:rsidP="001003AC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
@@ -17567,51 +17661,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E0D2F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0693C55F" wp14:editId="3AFE3897">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0693C55F" wp14:editId="3AFE3897">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>1895475</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-382270</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2360930" cy="257175"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTight wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="450" y="0"/>
                     <wp:lineTo x="450" y="19200"/>
                     <wp:lineTo x="21000" y="19200"/>
                     <wp:lineTo x="21000" y="0"/>
                     <wp:lineTo x="450" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapTight>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -17653,51 +17747,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>40000</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="0693C55F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:149.25pt;margin-top:-30.1pt;width:185.9pt;height:20.25pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsajPwCwIAAPQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C813uJHccr4yhNmqpS&#10;epGSfgBmWS8qMBSwd9Ov78A6jtW+VeUBATNzZs6ZYX09Gk0O0gcFltFqVlIirYBW2R2j35/u311R&#10;EiK3LddgJaPPMtDrzds368E1soYedCs9QRAbmsEx2sfomqIIopeGhxk4adHYgTc84tXvitbzAdGN&#10;LuqyvCwG8K3zIGQI+Ho3Gekm43edFPFr1wUZiWYUa4t593nfpr3YrHmz89z1ShzL4P9QheHKYtIT&#10;1B2PnOy9+gvKKOEhQBdnAkwBXaeEzByQTVX+weax505mLihOcCeZwv+DFV8O3zxRLaN1taTEcoNN&#10;epJjJO9hJHXSZ3ChQbdHh45xxGfsc+Ya3AOIH4FYuO253ckb72HoJW+xvipFFmehE05IINvhM7SY&#10;hu8jZKCx8yaJh3IQRMc+PZ96k0oR+FhfXJarCzQJtNWLZbVc5BS8eYl2PsSPEgxJB0Y99j6j88ND&#10;iKka3ry4pGQW7pXWuf/akoHR1aJe5IAzi1ERx1Mrw+hVmdY0MInkB9vm4MiVns6YQNsj60R0ohzH&#10;7YiOSYottM/I38M0hvht8NCD/0XJgCPIaPi5515Soj9Z1HBVzedpZvNlvljWePHnlu25hVuBUIxG&#10;SqbjbcxzPnG9Qa07lWV4reRYK45WVuf4DdLsnt+z1+tn3fwGAAD//wMAUEsDBBQABgAIAAAAIQDZ&#10;MJ9A4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNZXYtU4DSdoQp0KoLJBY&#10;QCl71548SmxHsZMGvp5hBcuZObpzbrGbTccmHHzrrID1KgKGVjnd2lrA8f1puQHmg7Rads6igC/0&#10;sCuvrwqZa3exbzgdQs0oxPpcCmhC6HPOvWrQSL9yPVq6VW4wMtA41FwP8kLhpuNxFKXcyNbSh0b2&#10;+Nig+jyMRkD1/JGZl7tqf9yPyfd5StT8Wishbhbzwz2wgHP4g+FXn9ShJKeTG632rBMQbzcJoQKW&#10;aRQDIyLNoltgJ9qstxnwsuD/O5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACxqM/AL&#10;AgAA9AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANkw&#10;n0DiAAAACwEAAA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:149.25pt;margin-top:-30.1pt;width:185.9pt;height:20.25pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsajPwCwIAAPQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C813uJHccr4yhNmqpS&#10;epGSfgBmWS8qMBSwd9Ov78A6jtW+VeUBATNzZs6ZYX09Gk0O0gcFltFqVlIirYBW2R2j35/u311R&#10;EiK3LddgJaPPMtDrzds368E1soYedCs9QRAbmsEx2sfomqIIopeGhxk4adHYgTc84tXvitbzAdGN&#10;LuqyvCwG8K3zIGQI+Ho3Gekm43edFPFr1wUZiWYUa4t593nfpr3YrHmz89z1ShzL4P9QheHKYtIT&#10;1B2PnOy9+gvKKOEhQBdnAkwBXaeEzByQTVX+weax505mLihOcCeZwv+DFV8O3zxRLaN1taTEcoNN&#10;epJjJO9hJHXSZ3ChQbdHh45xxGfsc+Ya3AOIH4FYuO253ckb72HoJW+xvipFFmehE05IINvhM7SY&#10;hu8jZKCx8yaJh3IQRMc+PZ96k0oR+FhfXJarCzQJtNWLZbVc5BS8eYl2PsSPEgxJB0Y99j6j88ND&#10;iKka3ry4pGQW7pXWuf/akoHR1aJe5IAzi1ERx1Mrw+hVmdY0MInkB9vm4MiVns6YQNsj60R0ohzH&#10;7YiOSYottM/I38M0hvht8NCD/0XJgCPIaPi5515Soj9Z1HBVzedpZvNlvljWePHnlu25hVuBUIxG&#10;SqbjbcxzPnG9Qa07lWV4reRYK45WVuf4DdLsnt+z1+tn3fwGAAD//wMAUEsDBBQABgAIAAAAIQDZ&#10;MJ9A4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNZXYtU4DSdoQp0KoLJBY&#10;QCl71548SmxHsZMGvp5hBcuZObpzbrGbTccmHHzrrID1KgKGVjnd2lrA8f1puQHmg7Rads6igC/0&#10;sCuvrwqZa3exbzgdQs0oxPpcCmhC6HPOvWrQSL9yPVq6VW4wMtA41FwP8kLhpuNxFKXcyNbSh0b2&#10;+Nig+jyMRkD1/JGZl7tqf9yPyfd5StT8Wishbhbzwz2wgHP4g+FXn9ShJKeTG632rBMQbzcJoQKW&#10;aRQDIyLNoltgJ9qstxnwsuD/O5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACxqM/AL&#10;AgAA9AMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANkw&#10;n0DiAAAACwEAAA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="37B7A206" w14:textId="74E8A7F3" w:rsidR="007E0D2F" w:rsidRPr="007E0D2F" w:rsidRDefault="007E0D2F" w:rsidP="007E0D2F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007E0D2F">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>EMPLOYMENT DATA (CONTINUED)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="tight" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -18029,51 +18123,60 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="7FF6FCBA" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Appendix B):</w:t>
             </w:r>
             <w:r w:rsidR="7FF6FCBA" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> __________________________________________________</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="7FF6FCBA" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28E246C5" w14:textId="77777777" w:rsidR="00020F39" w:rsidRPr="00020F39" w:rsidRDefault="00020F39" w:rsidP="00FC5C00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47BD7AC3" w14:textId="1A1CAF78" w:rsidR="009E73A6" w:rsidRDefault="7EC9270B" w:rsidP="00FC5C00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -18115,51 +18218,60 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. If </w:t>
             </w:r>
             <w:r w:rsidR="311F82DF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="788AC38F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ther (write in) _______________________________</w:t>
+              <w:t xml:space="preserve">ther (write in) </w:t>
+            </w:r>
+            <w:r w:rsidR="788AC38F" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="545479CE" w14:textId="0C57035D" w:rsidR="00500B64" w:rsidRPr="00991BD2" w:rsidRDefault="009E73A6" w:rsidP="00194540">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If other, contact Vicki, </w:t>
             </w:r>
@@ -18268,76 +18380,94 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ndustry</w:t>
             </w:r>
             <w:r w:rsidR="09B6C885" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>: (</w:t>
             </w:r>
             <w:r w:rsidR="2235216F" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Appendix C):</w:t>
-            </w:r>
+              <w:t>Appendix C</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="2235216F" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+            <w:r w:rsidR="2235216F" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="67026E45" w:rsidRPr="6D465493">
-[...2 lines deleted...]
-                <w:b/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="2235216F" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidR="6AB40819" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="67026E45" w:rsidRPr="007D39A5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A1CF4D0" w14:textId="606CB9DC" w:rsidR="009C105A" w:rsidRDefault="6ACF38A9" w:rsidP="35C1002F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -19307,524 +19437,312 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mployment:  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A12BB17" w14:textId="77777777" w:rsidR="00AE5A1C" w:rsidRDefault="009E73A6" w:rsidP="00FC5C00">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ &lt; 1 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00476C44" w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mo</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AE5A1C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00476C44" w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> _</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>_ 1 mo &gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 mos  __ 3 mo &gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt; 6 mos  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1495C9D7" w14:textId="7378BDB5" w:rsidR="00500B64" w:rsidRPr="00E9085F" w:rsidRDefault="009E73A6" w:rsidP="00FC5C00">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>__ 6 mo &gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>&lt; 12 </w:t>
+            </w:r>
+            <w:r w:rsidR="00476C44" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mos _</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>_ 1 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C12D07" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yr &gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mo</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>&lt; 2 yrs  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B11ED1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t> &gt;</w:t>
+              <w:t>__ 2 yrs &gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>&lt;</w:t>
+              <w:t>&lt; 5 yrs   __ 5 yrs &gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">&lt; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mos</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C12D07" w:rsidRPr="00FB3606">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yrs _</w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>  __ 3 </w:t>
-[...351 lines deleted...]
-              <w:t> &gt; </w:t>
+              <w:t>_ 10 yrs &gt; </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D27C177" w14:textId="2F73BB8E" w:rsidR="009C105A" w:rsidRDefault="01F805AE" w:rsidP="35C1002F">
+          <w:p w14:paraId="1D27C177" w14:textId="2DF9FE8B" w:rsidR="009C105A" w:rsidRDefault="01F805AE" w:rsidP="35C1002F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="5A597F22" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -19882,59 +19800,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>upport</w:t>
             </w:r>
             <w:r w:rsidR="1F6FFB28" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:    </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F166747" w14:textId="77777777" w:rsidR="00020F39" w:rsidRDefault="00020F39" w:rsidP="00020F39">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -19989,51 +19927,51 @@
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ Weekly</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidRPr="35C1002F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ Monthly</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BA1A709" w14:textId="4BE42AD3" w:rsidR="009C105A" w:rsidRDefault="7555A71B" w:rsidP="00F8558E">
+          <w:p w14:paraId="2BA1A709" w14:textId="21D8BA57" w:rsidR="009C105A" w:rsidRDefault="7555A71B" w:rsidP="00F8558E">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="5A597F22" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -20091,59 +20029,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>upport</w:t>
             </w:r>
             <w:r w:rsidR="1F6FFB28" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidR="0217E5AD" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5694D761" w14:textId="151E7DEC" w:rsidR="00020F39" w:rsidRDefault="3A8AE6EF" w:rsidP="00C83746">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
@@ -20190,51 +20148,51 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly     __ Combination</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FF49E96" w14:textId="6B931418" w:rsidR="00020F39" w:rsidRPr="00E21098" w:rsidRDefault="5A597F22" w:rsidP="3C1694BC">
+          <w:p w14:paraId="0FF49E96" w14:textId="3CFE9175" w:rsidR="00020F39" w:rsidRPr="00E21098" w:rsidRDefault="5A597F22" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">59. </w:t>
             </w:r>
             <w:r w:rsidR="3A8AE6EF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -20381,50 +20339,58 @@
             </w:r>
             <w:r w:rsidR="02776813" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="3A8AE6EF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">id </w:t>
             </w:r>
             <w:r w:rsidR="27F700D1" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">__ Smart pen/stylus __ Smart cane </w:t>
+            </w:r>
             <w:r w:rsidR="3A8AE6EF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__Other: _________________  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="070ED003" w14:textId="5260C455" w:rsidR="00E9085F" w:rsidRDefault="5A597F22" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -20798,51 +20764,51 @@
             <w:r w:rsidR="1369D4F2" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_ </w:t>
             </w:r>
             <w:r w:rsidR="00DB6F63" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No benefits offered</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44BFD132" w14:textId="25A5C258" w:rsidR="00500B64" w:rsidRDefault="5A597F22" w:rsidP="35C1002F">
+          <w:p w14:paraId="44BFD132" w14:textId="015CF978" w:rsidR="00500B64" w:rsidRDefault="5A597F22" w:rsidP="35C1002F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
             <w:r w:rsidR="4D528452" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -20907,62 +20873,70 @@
               </w:rPr>
               <w:t>________</w:t>
             </w:r>
             <w:r w:rsidR="1369D4F2" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_ </w:t>
             </w:r>
             <w:r w:rsidR="650C6D3C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(min. wage is </w:t>
             </w:r>
             <w:r w:rsidR="719022F9" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>$15</w:t>
+              <w:t>$1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="650C6D3C" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.00)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77748C0B" w14:textId="55B32E02" w:rsidR="00020F39" w:rsidRDefault="4C92E85F" w:rsidP="3C1694BC">
+          <w:p w14:paraId="77748C0B" w14:textId="56F0BF7C" w:rsidR="00020F39" w:rsidRDefault="4C92E85F" w:rsidP="3C1694BC">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
             <w:r w:rsidR="6AB167E4" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -21007,100 +20981,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="6AB167E4" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ours</w:t>
             </w:r>
             <w:r w:rsidR="5FD2BC10" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="3805FA7E" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="67026E45" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(round to nearest 15 minutes)</w:t>
             </w:r>
             <w:r w:rsidR="2EB9D6D6" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="67026E45" w:rsidRPr="6D465493">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_____________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AD45F7E" w14:textId="3843637F" w:rsidR="00387F1E" w:rsidRDefault="5A597F22" w:rsidP="00DB6F63">
+          <w:p w14:paraId="4AD45F7E" w14:textId="2260F2D8" w:rsidR="00387F1E" w:rsidRDefault="5A597F22" w:rsidP="00DB6F63">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
             <w:r w:rsidR="05BE4F0D" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -21185,59 +21179,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="0FBC3CF6" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ours</w:t>
             </w:r>
             <w:r w:rsidR="1F6FFB28" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="0FBC3CF6" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E7AE6F5" w14:textId="31C72041" w:rsidR="00B10762" w:rsidRDefault="425E5DF0" w:rsidP="00551F65">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -21580,51 +21594,54 @@
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D32333" w14:paraId="2E19A9CF" w14:textId="77777777" w:rsidTr="3C1694BC">
+      <w:tr w:rsidR="00D32333" w14:paraId="2E19A9CF" w14:textId="77777777" w:rsidTr="007D39A5">
+        <w:trPr>
+          <w:trHeight w:val="543"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24B72012" w14:textId="3C2547DB" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">63. CBNW </w:t>
             </w:r>
             <w:r w:rsidR="484C1F84" w:rsidRPr="3C1694BC">
               <w:rPr>
@@ -21639,151 +21656,51 @@
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ength:  </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ &lt; 3 mos.     __ 3 mos. &gt; &lt; 6 mos.     </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">__ 6 </w:t>
-[...99 lines deleted...]
-              <w:t>. </w:t>
+              <w:t>__ 6 mos. &gt; &lt; 12 mos.    __ 1 yr. &gt; &lt; 3 yrs.     __ 3 yrs. </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; &lt; 5 yrs.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2488C5D1" w14:textId="2056221D" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
             <w:pPr>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -21866,51 +21783,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> &gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32333" w14:paraId="370BD06D" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29943D99" w14:textId="50744328" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
+          <w:p w14:paraId="29943D99" w14:textId="18779AD9" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
             <w:pPr>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">64. CBNW </w:t>
             </w:r>
             <w:r w:rsidR="66E38446" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -21928,59 +21845,79 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ethod of </w:t>
             </w:r>
             <w:r w:rsidR="6C660326" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">upport </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Aug 1 - Oct 31</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ In-</w:t>
             </w:r>
             <w:r w:rsidR="7823F422" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -22004,109 +21941,107 @@
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">nly    __ Remote </w:t>
             </w:r>
             <w:r w:rsidR="678E90E5" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">nly    __ </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">    __ No </w:t>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Combination </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">__ No </w:t>
             </w:r>
             <w:r w:rsidR="1C5F8A58" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">upport </w:t>
             </w:r>
             <w:r w:rsidR="7D4CD68F" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rovided</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32333" w14:paraId="6BD56E5B" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B47C821" w14:textId="4B4BCB45" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
+          <w:p w14:paraId="5B47C821" w14:textId="54AF9515" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
             <w:pPr>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">65. Tech: </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -22245,110 +22180,164 @@
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">racker __ Communication </w:t>
             </w:r>
             <w:r w:rsidR="7F0E55F4" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>id __Other: ______________________________________</w:t>
+              <w:t>id</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> __ Smart pen/stylus __ Smart </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C43F46">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cane </w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_Other: _________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32333" w14:paraId="12160AB1" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="272FDC79" w14:textId="6AE5CA34" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
+          <w:p w14:paraId="272FDC79" w14:textId="4C792695" w:rsidR="00D32333" w:rsidRDefault="00D32333" w:rsidP="00D32333">
             <w:pPr>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">66 CBNW </w:t>
             </w:r>
             <w:r w:rsidR="665B9751" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ours from </w:t>
             </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="005C38CC" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="6E320FB6" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="0D4D87CE" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="394451ED" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -23095,51 +23084,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Check One </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B2686" w:rsidRPr="00CE4E56" w14:paraId="5773681A" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1785" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FA5F033" w14:textId="75A8930D" w:rsidR="002B2686" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk144194668"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk144194668"/>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Art, </w:t>
             </w:r>
             <w:r w:rsidR="074D56EF" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">eisure, </w:t>
             </w:r>
             <w:r w:rsidR="2991694A" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -23149,51 +23138,51 @@
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ecreation </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BFCC12D" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="12C149EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(e.g., show, dining, crafting class)</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A8B9D82" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
@@ -23365,137 +23354,100 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="148F0D1D" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_ 1 to 2 PWD_ 1+ family </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DE0100">
+              <w:t>_ 1 to 2 PWD_ 1+ family mbrs  _ 3 to 5 PWD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF6D39F" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mbrs</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  _ 3 to 5 PWD</w:t>
-[...6 lines deleted...]
-              </w:tabs>
+              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>_ 1+ community mbrs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E215C8A" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -23773,136 +23725,99 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2749E114" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_ 1 to 2 PWD_ 1+ family </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>_ 1 to 2 PWD_ 1+ family mbrs  _ 3 to 5 PWD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="584C7403" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mbrs</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DE0100">
+              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  _ 3 to 5 PWD</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>_ 1+ community mbrs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="080B8D55" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -24189,137 +24104,100 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="21BF9EE9" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_ 1 to 2 PWD_ 1+ family </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DE0100">
+              <w:t>_ 1 to 2 PWD_ 1+ family mbrs  _ 3 to 5 PWD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F402430" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mbrs</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  _ 3 to 5 PWD</w:t>
-[...6 lines deleted...]
-              </w:tabs>
+              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>_ 1+ community mbrs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AB93394" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -24625,136 +24503,99 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0A18987B" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_ 1 to 2 PWD_ 1+ family </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>_ 1 to 2 PWD_ 1+ family mbrs  _ 3 to 5 PWD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C9E51FD" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mbrs</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DE0100">
+              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  _ 3 to 5 PWD</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>_ 1+ community mbrs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10BC56AB" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -25046,136 +24887,99 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6EB9B473" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_ 1 to 2 PWD_ 1+ family </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>_ 1 to 2 PWD_ 1+ family mbrs  _ 3 to 5 PWD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="654C853A" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mbrs</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DE0100">
+              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  _ 3 to 5 PWD</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>_ 1+ community mbrs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43A0002D" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -25443,136 +25247,99 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5CA49960" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_ 1 to 2 PWD_ 1+ family </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>_ 1 to 2 PWD_ 1+ family mbrs  _ 3 to 5 PWD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319CD89C" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mbrs</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DE0100">
+              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  _ 3 to 5 PWD</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>_ 1+ community mbrs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="692E9F41" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -25847,136 +25614,99 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3F22E7FC" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">_ 1 to 2 PWD_ 1+ family </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>_ 1 to 2 PWD_ 1+ family mbrs  _ 3 to 5 PWD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="392A9546" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>mbrs</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00DE0100">
+              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  _ 3 to 5 PWD</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>_ 1+ staff  _ More than 5 PWD</w:t>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>_ 1+ community mbrs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31AD7965" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00DE0100" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE0100">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -26018,51 +25748,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__Mostly the public or community</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B2686" w:rsidRPr="00CE4E56" w14:paraId="13D28332" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10875" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="170B3C1E" w14:textId="0BB6A536" w:rsidR="00C31D3A" w:rsidRDefault="002B2686" w:rsidP="00C31D3A">
             <w:pPr>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk144284101"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk144284101"/>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">68. CBNW </w:t>
             </w:r>
             <w:r w:rsidR="34924695" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -26166,51 +25896,51 @@
             </w:r>
             <w:r w:rsidR="002B2686">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002B2686">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Senior Center / Facility         __ Virtual</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="11617"/>
         <w:tblW w:w="10820" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10820"/>
       </w:tblGrid>
       <w:tr w:rsidR="002B2686" w:rsidRPr="00E879B9" w14:paraId="3AEEAD74" w14:textId="77777777" w:rsidTr="002B2686">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10820" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="094D85A2" w14:textId="77777777" w:rsidR="002B2686" w:rsidRPr="00E879B9" w:rsidRDefault="002B2686" w:rsidP="002B2686">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -26399,90 +26129,130 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D6225" w14:paraId="7176FA60" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69941859" w14:textId="712F384F" w:rsidR="002D6225" w:rsidRDefault="002D6225" w:rsidP="002D6225">
+          <w:p w14:paraId="69941859" w14:textId="063BA61D" w:rsidR="002D6225" w:rsidRDefault="002D6225" w:rsidP="002D6225">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">69. FBNW </w:t>
             </w:r>
             <w:r w:rsidR="5A00814A" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ours Sept 28 - Oct 11:</w:t>
+              <w:t xml:space="preserve">ours </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">________ </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
@@ -26713,324 +26483,186 @@
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(if exited/left FBNW and returned within the past 3 months indicate the length of time since returning.):</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>__ &lt; 3 mos.                 __ 3 mos. &gt; &lt; 6 mos.                __ 6 mos. &gt; &lt; 12 mos.               __ 1 </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">          </w:t>
+              <w:t xml:space="preserve">__ &lt; 3 mos.                 __ 3 mos. &gt; &lt; 6 mos.                __ 6 mos. &gt; &lt; 12 mos.               __ 1 yr &gt; &lt; 3 yrs          </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E474720" w14:textId="77777777" w:rsidR="002D6225" w:rsidRPr="005C2740" w:rsidRDefault="002D6225" w:rsidP="002D6225">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>3 yrs &gt;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>yrs</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>&lt; 5 yrs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        __ </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t> &gt;</w:t>
+              <w:t>5 yrs &gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>&lt; 5 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>&lt; 10 yrs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     __ </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>yrs</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>10 yrs &gt;</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">        __ </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>&lt; 15 yrs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   __ </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FB3606">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>yrs</w:t>
-[...128 lines deleted...]
-              <w:t> &gt;</w:t>
+              <w:t>15 yrs &gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D6225" w14:paraId="104497FF" w14:textId="77777777" w:rsidTr="3C1694BC">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58D5770A" w14:textId="6CEEC808" w:rsidR="002D6225" w:rsidRDefault="002D6225" w:rsidP="002D6225">
+          <w:p w14:paraId="58D5770A" w14:textId="016A70A8" w:rsidR="002D6225" w:rsidRDefault="002D6225" w:rsidP="002D6225">
             <w:pPr>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">72. FBNW </w:t>
             </w:r>
             <w:r w:rsidR="52B26668" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
@@ -27045,51 +26677,91 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ethod of </w:t>
             </w:r>
             <w:r w:rsidR="5B2C46E8" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">upport Aug 1 - Oct 31: </w:t>
+              <w:t xml:space="preserve">upport </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Feb 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002628E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Apr 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3C1694BC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ In-</w:t>
             </w:r>
             <w:r w:rsidR="1283DCED" w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="3C1694BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">erson </w:t>
             </w:r>
@@ -27161,376 +26833,408 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30DD140A" w14:textId="4D2D7B3B" w:rsidR="007F5016" w:rsidRDefault="007F5016" w:rsidP="002D6225">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64DD5C60" w14:textId="77777777" w:rsidR="00020F39" w:rsidRDefault="00020F39" w:rsidP="002D6225">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F7EE5BE" w14:textId="0D4FC5DE" w:rsidR="002D6225" w:rsidRDefault="002D6225" w:rsidP="00020F39">
+    <w:p w14:paraId="1F7EE5BE" w14:textId="2CA58E17" w:rsidR="002D6225" w:rsidRDefault="002D6225" w:rsidP="00020F39">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Person </w:t>
       </w:r>
       <w:r w:rsidR="24C06315" w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">roviding </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="31DD3CA4" w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ata : _____________________________________   Completed </w:t>
+        <w:t>ata :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3C1694BC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________   Completed </w:t>
       </w:r>
       <w:r w:rsidR="5E4E2583" w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>y: ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A54F85" w14:textId="77777777" w:rsidR="00020F39" w:rsidRDefault="00020F39" w:rsidP="00020F39">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="765B04C3" w14:textId="656D3121" w:rsidR="002D6225" w:rsidRPr="00221D02" w:rsidRDefault="002D6225" w:rsidP="00020F39">
+    <w:p w14:paraId="765B04C3" w14:textId="6DA32582" w:rsidR="002D6225" w:rsidRPr="00221D02" w:rsidRDefault="002D6225" w:rsidP="00020F39">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Email: ___________________________________________________</w:t>
       </w:r>
-      <w:r>
-        <w:tab/>
+      <w:r w:rsidR="007D39A5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="007D39A5">
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Phone </w:t>
       </w:r>
       <w:r w:rsidR="7BBFC2FC" w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="3C1694BC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>umber: ___________________________________</w:t>
+        <w:t>umber: ________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002D6225" w:rsidRPr="00221D02" w:rsidSect="007F5016">
-      <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="720" w:bottom="630" w:left="720" w:header="360" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E451A1A" w14:textId="77777777" w:rsidR="009D56E5" w:rsidRDefault="009D56E5" w:rsidP="00D6322E">
+    <w:p w14:paraId="01D928F9" w14:textId="77777777" w:rsidR="00DA11A4" w:rsidRDefault="00DA11A4" w:rsidP="00D6322E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1520F293" w14:textId="77777777" w:rsidR="009D56E5" w:rsidRDefault="009D56E5" w:rsidP="00D6322E">
+    <w:p w14:paraId="072C5D9F" w14:textId="77777777" w:rsidR="00DA11A4" w:rsidRDefault="00DA11A4" w:rsidP="00D6322E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="15AE0063" w14:textId="77777777" w:rsidR="009D56E5" w:rsidRDefault="009D56E5">
+    <w:p w14:paraId="2AFC5FAA" w14:textId="77777777" w:rsidR="00DA11A4" w:rsidRDefault="00DA11A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="29ABF867" w14:textId="361A5CA0" w:rsidR="00C31D3A" w:rsidRPr="002374CD" w:rsidRDefault="00C31D3A" w:rsidP="00B24B1A">
+  <w:p w14:paraId="10766347" w14:textId="77777777" w:rsidR="00947237" w:rsidRDefault="00947237">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="29ABF867" w14:textId="37881D1B" w:rsidR="00C31D3A" w:rsidRPr="002374CD" w:rsidRDefault="00C31D3A" w:rsidP="00B24B1A">
     <w:pPr>
       <w:ind w:right="21"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE  \@ "M/d/yy"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D51B59">
+    <w:r w:rsidR="00A51816">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9/24/25</w:t>
+      <w:t>3/24/26</w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">              Paul V. Sherlock Center on Disabilities           202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002628E2">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Bi-Annual</w:t>
+      <w:t>Annual</w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">DD </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
@@ -27746,164 +27450,144 @@
         <w:iCs/>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="447BCCBF" w14:textId="0D163A64" w:rsidR="00C31D3A" w:rsidRPr="002374CD" w:rsidRDefault="00C31D3A" w:rsidP="007F5016">
+  <w:p w14:paraId="447BCCBF" w14:textId="70D405F9" w:rsidR="00C31D3A" w:rsidRPr="002374CD" w:rsidRDefault="00C31D3A" w:rsidP="007F5016">
     <w:pPr>
       <w:ind w:right="21"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE  \@ "M/d/yy"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D51B59">
+    <w:r w:rsidR="00A51816">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9/24/25</w:t>
+      <w:t>3/24/26</w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">              Paul V. Sherlock Center on Disabilities           202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002628E2">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-      <w:t xml:space="preserve">Annual </w:t>
+      <w:t xml:space="preserve"> Annual </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">DD </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Employment </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
@@ -27957,51 +27641,51 @@
         <w:iCs/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Outcomes Survey   </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">           </w:t>
+      <w:t xml:space="preserve">          </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
@@ -28110,134 +27794,133 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="12C149EE">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A4473D7" w14:textId="77777777" w:rsidR="009D56E5" w:rsidRDefault="009D56E5" w:rsidP="00D6322E">
+    <w:p w14:paraId="0B5231D2" w14:textId="77777777" w:rsidR="00DA11A4" w:rsidRDefault="00DA11A4" w:rsidP="00D6322E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7281B926" w14:textId="77777777" w:rsidR="009D56E5" w:rsidRDefault="009D56E5" w:rsidP="00D6322E">
+    <w:p w14:paraId="273980CD" w14:textId="77777777" w:rsidR="00DA11A4" w:rsidRDefault="00DA11A4" w:rsidP="00D6322E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6BCA0870" w14:textId="77777777" w:rsidR="009D56E5" w:rsidRDefault="009D56E5">
+    <w:p w14:paraId="307521CA" w14:textId="77777777" w:rsidR="00DA11A4" w:rsidRDefault="00DA11A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="70E07E1B" w14:textId="300A2F3D" w:rsidR="00C31D3A" w:rsidRPr="007F5016" w:rsidRDefault="00C31D3A" w:rsidP="00734889">
+  <w:p w14:paraId="370DFD82" w14:textId="77777777" w:rsidR="00947237" w:rsidRDefault="00947237">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="70E07E1B" w14:textId="073142B7" w:rsidR="00C31D3A" w:rsidRPr="007F5016" w:rsidRDefault="00C31D3A" w:rsidP="00734889">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:ind w:left="720"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="6A70533C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002628E2">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">5 </w:t>
-[...10 lines deleted...]
-      <w:t>Bi-</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Annual </w:t>
+      <w:t xml:space="preserve"> Annual </w:t>
     </w:r>
     <w:r w:rsidRPr="6A70533C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>DD Employment and Day Activit</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">y </w:t>
     </w:r>
     <w:r w:rsidRPr="6A70533C">
       <w:rPr>
@@ -28254,112 +27937,123 @@
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
     <w:r w:rsidRPr="6A70533C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Survey – Answer Sheet</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="30099749" w14:textId="567E9ABD" w:rsidR="00C31D3A" w:rsidRDefault="00C31D3A" w:rsidP="007F5016">
+  <w:p w14:paraId="30099749" w14:textId="48DA69B3" w:rsidR="00C31D3A" w:rsidRDefault="00C31D3A" w:rsidP="007F5016">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="6A70533C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002628E2">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">5 </w:t>
-[...10 lines deleted...]
-      <w:t>Bi-</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Annual </w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="002628E2">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">nnual </w:t>
     </w:r>
     <w:r w:rsidRPr="6A70533C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>DD Employment and Day Activit</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">y </w:t>
     </w:r>
     <w:r w:rsidRPr="6A70533C">
       <w:rPr>
@@ -29371,51 +29065,51 @@
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB3606"/>
     <w:rsid w:val="0000014D"/>
     <w:rsid w:val="00005514"/>
     <w:rsid w:val="0001219D"/>
     <w:rsid w:val="00017C04"/>
@@ -29436,50 +29130,51 @@
     <w:rsid w:val="00070FF4"/>
     <w:rsid w:val="00074B89"/>
     <w:rsid w:val="000824F7"/>
     <w:rsid w:val="00087E02"/>
     <w:rsid w:val="00087FDE"/>
     <w:rsid w:val="00093515"/>
     <w:rsid w:val="00093EE0"/>
     <w:rsid w:val="0009519D"/>
     <w:rsid w:val="000958A3"/>
     <w:rsid w:val="00095B7C"/>
     <w:rsid w:val="00096917"/>
     <w:rsid w:val="000A1679"/>
     <w:rsid w:val="000A1D6A"/>
     <w:rsid w:val="000A479F"/>
     <w:rsid w:val="000B3580"/>
     <w:rsid w:val="000B3F5E"/>
     <w:rsid w:val="000C7FE8"/>
     <w:rsid w:val="000D0B31"/>
     <w:rsid w:val="000D1AEF"/>
     <w:rsid w:val="000D1F35"/>
     <w:rsid w:val="000D2C9F"/>
     <w:rsid w:val="000D2E33"/>
     <w:rsid w:val="000D5292"/>
     <w:rsid w:val="000E47BF"/>
     <w:rsid w:val="000E5586"/>
+    <w:rsid w:val="000F7EDA"/>
     <w:rsid w:val="001003AC"/>
     <w:rsid w:val="00101AA2"/>
     <w:rsid w:val="001020C1"/>
     <w:rsid w:val="00111F45"/>
     <w:rsid w:val="001172C1"/>
     <w:rsid w:val="00122A63"/>
     <w:rsid w:val="00125C2D"/>
     <w:rsid w:val="00132F2F"/>
     <w:rsid w:val="001363BB"/>
     <w:rsid w:val="00137103"/>
     <w:rsid w:val="00137270"/>
     <w:rsid w:val="00142788"/>
     <w:rsid w:val="00145231"/>
     <w:rsid w:val="00146687"/>
     <w:rsid w:val="001557BA"/>
     <w:rsid w:val="00161A1A"/>
     <w:rsid w:val="001659CF"/>
     <w:rsid w:val="00170912"/>
     <w:rsid w:val="00172029"/>
     <w:rsid w:val="00174834"/>
     <w:rsid w:val="00176F63"/>
     <w:rsid w:val="001845AD"/>
     <w:rsid w:val="00190204"/>
     <w:rsid w:val="001942D7"/>
     <w:rsid w:val="00194540"/>
@@ -29498,178 +29193,185 @@
     <w:rsid w:val="001D0F06"/>
     <w:rsid w:val="001D4FC6"/>
     <w:rsid w:val="001D5C38"/>
     <w:rsid w:val="001D72C0"/>
     <w:rsid w:val="001D7FF6"/>
     <w:rsid w:val="001E0979"/>
     <w:rsid w:val="001E11DD"/>
     <w:rsid w:val="001E40E6"/>
     <w:rsid w:val="001F2065"/>
     <w:rsid w:val="001F33AD"/>
     <w:rsid w:val="001F7302"/>
     <w:rsid w:val="002111A3"/>
     <w:rsid w:val="00214D15"/>
     <w:rsid w:val="00221D02"/>
     <w:rsid w:val="00222E1A"/>
     <w:rsid w:val="0022391F"/>
     <w:rsid w:val="00234553"/>
     <w:rsid w:val="002374CD"/>
     <w:rsid w:val="00237CBD"/>
     <w:rsid w:val="0024257D"/>
     <w:rsid w:val="00244673"/>
     <w:rsid w:val="00246A94"/>
     <w:rsid w:val="002537B6"/>
     <w:rsid w:val="00257751"/>
     <w:rsid w:val="00261B4F"/>
+    <w:rsid w:val="002628E2"/>
     <w:rsid w:val="00265EC2"/>
     <w:rsid w:val="00272CD2"/>
     <w:rsid w:val="0027F9DF"/>
     <w:rsid w:val="00281493"/>
     <w:rsid w:val="0028451D"/>
     <w:rsid w:val="00293377"/>
     <w:rsid w:val="00293A8C"/>
     <w:rsid w:val="0029458A"/>
+    <w:rsid w:val="00294A8B"/>
     <w:rsid w:val="00295E9E"/>
     <w:rsid w:val="002A0403"/>
     <w:rsid w:val="002A335C"/>
     <w:rsid w:val="002A6C45"/>
     <w:rsid w:val="002A6FE5"/>
     <w:rsid w:val="002B2686"/>
     <w:rsid w:val="002C60B4"/>
     <w:rsid w:val="002C61A6"/>
     <w:rsid w:val="002C6561"/>
     <w:rsid w:val="002C7147"/>
     <w:rsid w:val="002D2439"/>
     <w:rsid w:val="002D34EA"/>
     <w:rsid w:val="002D34FB"/>
     <w:rsid w:val="002D6225"/>
     <w:rsid w:val="002E0163"/>
     <w:rsid w:val="002E49CA"/>
     <w:rsid w:val="002E7B34"/>
     <w:rsid w:val="002F3616"/>
     <w:rsid w:val="002F54B3"/>
     <w:rsid w:val="002F7BD1"/>
     <w:rsid w:val="003043F6"/>
     <w:rsid w:val="003058FB"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00312A85"/>
     <w:rsid w:val="00316009"/>
     <w:rsid w:val="0031C228"/>
     <w:rsid w:val="00322019"/>
     <w:rsid w:val="00324ACB"/>
     <w:rsid w:val="003262AF"/>
     <w:rsid w:val="00326ECA"/>
     <w:rsid w:val="00327472"/>
     <w:rsid w:val="003323F9"/>
     <w:rsid w:val="003331B5"/>
     <w:rsid w:val="00336C20"/>
     <w:rsid w:val="003379A0"/>
     <w:rsid w:val="00337EF6"/>
     <w:rsid w:val="00347E56"/>
     <w:rsid w:val="0035184A"/>
     <w:rsid w:val="00354DC0"/>
     <w:rsid w:val="00355808"/>
     <w:rsid w:val="00356D7A"/>
     <w:rsid w:val="003611B9"/>
     <w:rsid w:val="00361CAA"/>
     <w:rsid w:val="00364AC0"/>
     <w:rsid w:val="003717ED"/>
+    <w:rsid w:val="003719F9"/>
     <w:rsid w:val="00375FE0"/>
     <w:rsid w:val="00380F71"/>
     <w:rsid w:val="00381B83"/>
     <w:rsid w:val="00384B70"/>
     <w:rsid w:val="0038748C"/>
     <w:rsid w:val="00387F1E"/>
     <w:rsid w:val="00395D5B"/>
     <w:rsid w:val="003A463C"/>
     <w:rsid w:val="003B0B11"/>
     <w:rsid w:val="003B6674"/>
     <w:rsid w:val="003B7CD2"/>
     <w:rsid w:val="003C0AE6"/>
     <w:rsid w:val="003E1DF6"/>
     <w:rsid w:val="003E7CFA"/>
     <w:rsid w:val="003F2479"/>
     <w:rsid w:val="003F37D8"/>
+    <w:rsid w:val="003F3F95"/>
     <w:rsid w:val="003F653F"/>
     <w:rsid w:val="00400A33"/>
     <w:rsid w:val="00402A65"/>
     <w:rsid w:val="004030C9"/>
     <w:rsid w:val="00416EC9"/>
     <w:rsid w:val="00427436"/>
     <w:rsid w:val="004302BB"/>
     <w:rsid w:val="00430CB1"/>
+    <w:rsid w:val="00435378"/>
     <w:rsid w:val="004375D7"/>
     <w:rsid w:val="00442FD8"/>
     <w:rsid w:val="00443717"/>
     <w:rsid w:val="0044679F"/>
     <w:rsid w:val="00450325"/>
     <w:rsid w:val="004505D9"/>
     <w:rsid w:val="0046202F"/>
     <w:rsid w:val="00470B27"/>
     <w:rsid w:val="00471A5E"/>
     <w:rsid w:val="00473EFE"/>
+    <w:rsid w:val="00474376"/>
     <w:rsid w:val="00475C5D"/>
     <w:rsid w:val="00476C44"/>
     <w:rsid w:val="00481F39"/>
     <w:rsid w:val="004829F6"/>
     <w:rsid w:val="004878D1"/>
     <w:rsid w:val="004901AF"/>
     <w:rsid w:val="004916F3"/>
     <w:rsid w:val="00493679"/>
     <w:rsid w:val="004A4221"/>
     <w:rsid w:val="004B0FBC"/>
     <w:rsid w:val="004B1924"/>
     <w:rsid w:val="004C6D4C"/>
     <w:rsid w:val="004D3211"/>
     <w:rsid w:val="004D352F"/>
     <w:rsid w:val="004D3BC9"/>
     <w:rsid w:val="004D454C"/>
     <w:rsid w:val="004D586C"/>
     <w:rsid w:val="004D7878"/>
     <w:rsid w:val="004E133E"/>
     <w:rsid w:val="004E7B0A"/>
     <w:rsid w:val="004F408C"/>
     <w:rsid w:val="004F6717"/>
     <w:rsid w:val="004F6EC2"/>
     <w:rsid w:val="00500B64"/>
     <w:rsid w:val="005011ED"/>
     <w:rsid w:val="0050492E"/>
     <w:rsid w:val="00504D16"/>
     <w:rsid w:val="0051046B"/>
     <w:rsid w:val="00511843"/>
     <w:rsid w:val="00517CF8"/>
     <w:rsid w:val="00530008"/>
     <w:rsid w:val="005301A3"/>
     <w:rsid w:val="005338D4"/>
     <w:rsid w:val="00542E97"/>
     <w:rsid w:val="00543465"/>
     <w:rsid w:val="005436EC"/>
     <w:rsid w:val="00546BFA"/>
     <w:rsid w:val="005502C0"/>
     <w:rsid w:val="00551F65"/>
     <w:rsid w:val="005578AC"/>
     <w:rsid w:val="00557BD4"/>
+    <w:rsid w:val="005617C0"/>
     <w:rsid w:val="00567F34"/>
     <w:rsid w:val="005744A7"/>
     <w:rsid w:val="00581E2E"/>
     <w:rsid w:val="00584B62"/>
     <w:rsid w:val="00592442"/>
     <w:rsid w:val="00594575"/>
     <w:rsid w:val="005968A7"/>
     <w:rsid w:val="005A23A2"/>
     <w:rsid w:val="005A4285"/>
     <w:rsid w:val="005A4CB3"/>
     <w:rsid w:val="005A64E9"/>
     <w:rsid w:val="005A694D"/>
     <w:rsid w:val="005B6955"/>
     <w:rsid w:val="005B6BFC"/>
     <w:rsid w:val="005C2740"/>
     <w:rsid w:val="005C38CC"/>
     <w:rsid w:val="005D37F9"/>
     <w:rsid w:val="005D77B1"/>
     <w:rsid w:val="005D79C2"/>
     <w:rsid w:val="005E5EA2"/>
     <w:rsid w:val="005F1F05"/>
     <w:rsid w:val="005F2048"/>
     <w:rsid w:val="005F72DD"/>
     <w:rsid w:val="00602F43"/>
     <w:rsid w:val="0060328A"/>
@@ -29690,78 +29392,81 @@
     <w:rsid w:val="0067188D"/>
     <w:rsid w:val="00672106"/>
     <w:rsid w:val="00674283"/>
     <w:rsid w:val="00677D4B"/>
     <w:rsid w:val="00684AAD"/>
     <w:rsid w:val="00685634"/>
     <w:rsid w:val="00693642"/>
     <w:rsid w:val="006945BF"/>
     <w:rsid w:val="006A387D"/>
     <w:rsid w:val="006A39FB"/>
     <w:rsid w:val="006B7A08"/>
     <w:rsid w:val="006C29BF"/>
     <w:rsid w:val="006C4577"/>
     <w:rsid w:val="006C597D"/>
     <w:rsid w:val="006D0916"/>
     <w:rsid w:val="006D25E4"/>
     <w:rsid w:val="006E2DE7"/>
     <w:rsid w:val="006E567E"/>
     <w:rsid w:val="006E6E1B"/>
     <w:rsid w:val="006F075D"/>
     <w:rsid w:val="006F5BC9"/>
     <w:rsid w:val="006F7B80"/>
     <w:rsid w:val="007060F0"/>
     <w:rsid w:val="00715FA2"/>
     <w:rsid w:val="007219B0"/>
+    <w:rsid w:val="00727E13"/>
     <w:rsid w:val="00734889"/>
     <w:rsid w:val="00736458"/>
+    <w:rsid w:val="00741D9F"/>
     <w:rsid w:val="00746A61"/>
     <w:rsid w:val="0075047B"/>
     <w:rsid w:val="007520F7"/>
     <w:rsid w:val="00752326"/>
     <w:rsid w:val="00753706"/>
     <w:rsid w:val="00755F3C"/>
     <w:rsid w:val="00756187"/>
     <w:rsid w:val="007561D5"/>
     <w:rsid w:val="00756BB6"/>
     <w:rsid w:val="00756F15"/>
     <w:rsid w:val="00761257"/>
     <w:rsid w:val="00762B30"/>
     <w:rsid w:val="00764A8F"/>
     <w:rsid w:val="00764AB2"/>
     <w:rsid w:val="007679B8"/>
     <w:rsid w:val="00772D6B"/>
     <w:rsid w:val="0077724E"/>
     <w:rsid w:val="0079066D"/>
     <w:rsid w:val="00791941"/>
     <w:rsid w:val="00791F6B"/>
     <w:rsid w:val="00795791"/>
     <w:rsid w:val="007A316B"/>
     <w:rsid w:val="007B0708"/>
     <w:rsid w:val="007C7256"/>
     <w:rsid w:val="007D1742"/>
     <w:rsid w:val="007D1F16"/>
+    <w:rsid w:val="007D39A5"/>
     <w:rsid w:val="007E0D2F"/>
     <w:rsid w:val="007E54E4"/>
     <w:rsid w:val="007E74B3"/>
     <w:rsid w:val="007E7BDB"/>
     <w:rsid w:val="007F284A"/>
     <w:rsid w:val="007F5016"/>
     <w:rsid w:val="008037F5"/>
     <w:rsid w:val="00805A16"/>
     <w:rsid w:val="008114B6"/>
     <w:rsid w:val="008152F8"/>
     <w:rsid w:val="008208DE"/>
     <w:rsid w:val="008217A1"/>
     <w:rsid w:val="00821E51"/>
     <w:rsid w:val="00822F8C"/>
     <w:rsid w:val="00824FB2"/>
     <w:rsid w:val="00825B77"/>
     <w:rsid w:val="00833558"/>
     <w:rsid w:val="00835654"/>
     <w:rsid w:val="00836839"/>
     <w:rsid w:val="008401C1"/>
     <w:rsid w:val="00842A43"/>
     <w:rsid w:val="0084521B"/>
     <w:rsid w:val="008455C0"/>
     <w:rsid w:val="0085155B"/>
     <w:rsid w:val="008610DB"/>
@@ -29779,116 +29484,121 @@
     <w:rsid w:val="008B20D6"/>
     <w:rsid w:val="008B5D58"/>
     <w:rsid w:val="008D1FFE"/>
     <w:rsid w:val="008D2252"/>
     <w:rsid w:val="008D3CF6"/>
     <w:rsid w:val="008D76E9"/>
     <w:rsid w:val="008F2AB2"/>
     <w:rsid w:val="008F6546"/>
     <w:rsid w:val="008F78B5"/>
     <w:rsid w:val="00900966"/>
     <w:rsid w:val="00902B41"/>
     <w:rsid w:val="00904F94"/>
     <w:rsid w:val="00913AE0"/>
     <w:rsid w:val="00913C72"/>
     <w:rsid w:val="00914E86"/>
     <w:rsid w:val="00916385"/>
     <w:rsid w:val="00916D6A"/>
     <w:rsid w:val="00917F6F"/>
     <w:rsid w:val="009220FF"/>
     <w:rsid w:val="009336DE"/>
     <w:rsid w:val="00934BD0"/>
     <w:rsid w:val="009351DD"/>
     <w:rsid w:val="00936EE1"/>
     <w:rsid w:val="00944AA7"/>
     <w:rsid w:val="00947217"/>
+    <w:rsid w:val="00947237"/>
     <w:rsid w:val="0095112E"/>
     <w:rsid w:val="009519E5"/>
     <w:rsid w:val="00955B3E"/>
     <w:rsid w:val="00955E14"/>
     <w:rsid w:val="0095620E"/>
     <w:rsid w:val="00957958"/>
     <w:rsid w:val="00962D15"/>
     <w:rsid w:val="00966177"/>
     <w:rsid w:val="00983EFB"/>
     <w:rsid w:val="00986F24"/>
     <w:rsid w:val="00991BD2"/>
     <w:rsid w:val="0099512F"/>
     <w:rsid w:val="009AB289"/>
     <w:rsid w:val="009B0749"/>
     <w:rsid w:val="009B3EA5"/>
     <w:rsid w:val="009B3EB0"/>
     <w:rsid w:val="009B7ECE"/>
     <w:rsid w:val="009C0A6F"/>
     <w:rsid w:val="009C105A"/>
     <w:rsid w:val="009D2F0F"/>
     <w:rsid w:val="009D30A1"/>
     <w:rsid w:val="009D56E5"/>
     <w:rsid w:val="009D5C40"/>
     <w:rsid w:val="009D65FD"/>
     <w:rsid w:val="009E1218"/>
     <w:rsid w:val="009E17C3"/>
     <w:rsid w:val="009E28FF"/>
     <w:rsid w:val="009E5FD4"/>
     <w:rsid w:val="009E73A6"/>
+    <w:rsid w:val="009F38D5"/>
+    <w:rsid w:val="009F610A"/>
     <w:rsid w:val="00A04D62"/>
     <w:rsid w:val="00A10232"/>
     <w:rsid w:val="00A1037D"/>
     <w:rsid w:val="00A1043F"/>
     <w:rsid w:val="00A104B3"/>
     <w:rsid w:val="00A11583"/>
     <w:rsid w:val="00A1370A"/>
     <w:rsid w:val="00A25020"/>
     <w:rsid w:val="00A25069"/>
     <w:rsid w:val="00A33DE9"/>
     <w:rsid w:val="00A36A9C"/>
     <w:rsid w:val="00A40B4D"/>
     <w:rsid w:val="00A41868"/>
     <w:rsid w:val="00A4300C"/>
     <w:rsid w:val="00A43036"/>
     <w:rsid w:val="00A438B7"/>
     <w:rsid w:val="00A44E7A"/>
+    <w:rsid w:val="00A51816"/>
     <w:rsid w:val="00A5561B"/>
     <w:rsid w:val="00A6403A"/>
     <w:rsid w:val="00A64156"/>
     <w:rsid w:val="00A735E5"/>
     <w:rsid w:val="00A73C14"/>
     <w:rsid w:val="00A77354"/>
     <w:rsid w:val="00A81C70"/>
     <w:rsid w:val="00A8609B"/>
     <w:rsid w:val="00A9157C"/>
     <w:rsid w:val="00A9320B"/>
     <w:rsid w:val="00AA0745"/>
     <w:rsid w:val="00AA15E7"/>
     <w:rsid w:val="00AA1FD5"/>
     <w:rsid w:val="00AA2C37"/>
     <w:rsid w:val="00AA34AE"/>
     <w:rsid w:val="00AA6A0B"/>
     <w:rsid w:val="00AB150C"/>
     <w:rsid w:val="00AB1947"/>
     <w:rsid w:val="00AB433B"/>
     <w:rsid w:val="00AB6741"/>
+    <w:rsid w:val="00AC228D"/>
     <w:rsid w:val="00AC772C"/>
     <w:rsid w:val="00AD6CEE"/>
     <w:rsid w:val="00AE5A1C"/>
     <w:rsid w:val="00AF1A64"/>
     <w:rsid w:val="00AF64D6"/>
     <w:rsid w:val="00AF75F1"/>
     <w:rsid w:val="00B07E3E"/>
     <w:rsid w:val="00B10762"/>
     <w:rsid w:val="00B11ED1"/>
     <w:rsid w:val="00B14AD4"/>
     <w:rsid w:val="00B17CEC"/>
     <w:rsid w:val="00B20C22"/>
     <w:rsid w:val="00B24B1A"/>
     <w:rsid w:val="00B25177"/>
     <w:rsid w:val="00B25630"/>
     <w:rsid w:val="00B30C70"/>
     <w:rsid w:val="00B318EB"/>
     <w:rsid w:val="00B42003"/>
     <w:rsid w:val="00B42D87"/>
     <w:rsid w:val="00B43E5E"/>
     <w:rsid w:val="00B45838"/>
     <w:rsid w:val="00B517C6"/>
     <w:rsid w:val="00B52F10"/>
     <w:rsid w:val="00B62D5D"/>
     <w:rsid w:val="00B712CE"/>
@@ -29897,50 +29607,51 @@
     <w:rsid w:val="00B73EBB"/>
     <w:rsid w:val="00B74791"/>
     <w:rsid w:val="00B75CB5"/>
     <w:rsid w:val="00B80C6F"/>
     <w:rsid w:val="00B829C2"/>
     <w:rsid w:val="00B866A6"/>
     <w:rsid w:val="00BA412C"/>
     <w:rsid w:val="00BB269E"/>
     <w:rsid w:val="00BB539E"/>
     <w:rsid w:val="00BB659E"/>
     <w:rsid w:val="00BC01E2"/>
     <w:rsid w:val="00BC4694"/>
     <w:rsid w:val="00BC53B4"/>
     <w:rsid w:val="00BD04FE"/>
     <w:rsid w:val="00BD265D"/>
     <w:rsid w:val="00BF073D"/>
     <w:rsid w:val="00BF5D95"/>
     <w:rsid w:val="00BF7065"/>
     <w:rsid w:val="00C00E1D"/>
     <w:rsid w:val="00C1166A"/>
     <w:rsid w:val="00C12D07"/>
     <w:rsid w:val="00C24124"/>
     <w:rsid w:val="00C25A5F"/>
     <w:rsid w:val="00C31D3A"/>
     <w:rsid w:val="00C36171"/>
+    <w:rsid w:val="00C43F46"/>
     <w:rsid w:val="00C470AC"/>
     <w:rsid w:val="00C5246A"/>
     <w:rsid w:val="00C53BE5"/>
     <w:rsid w:val="00C556D5"/>
     <w:rsid w:val="00C56AD0"/>
     <w:rsid w:val="00C60F91"/>
     <w:rsid w:val="00C67502"/>
     <w:rsid w:val="00C75C15"/>
     <w:rsid w:val="00C83746"/>
     <w:rsid w:val="00C8390D"/>
     <w:rsid w:val="00C87BBA"/>
     <w:rsid w:val="00C95ADE"/>
     <w:rsid w:val="00CB0A79"/>
     <w:rsid w:val="00CB29DC"/>
     <w:rsid w:val="00CB480D"/>
     <w:rsid w:val="00CC088D"/>
     <w:rsid w:val="00CC1AA3"/>
     <w:rsid w:val="00CC36DB"/>
     <w:rsid w:val="00CC681D"/>
     <w:rsid w:val="00CD7F06"/>
     <w:rsid w:val="00CE40D0"/>
     <w:rsid w:val="00CE627E"/>
     <w:rsid w:val="00CF28C3"/>
     <w:rsid w:val="00D063B6"/>
     <w:rsid w:val="00D064E5"/>
@@ -29949,50 +29660,51 @@
     <w:rsid w:val="00D2352C"/>
     <w:rsid w:val="00D32333"/>
     <w:rsid w:val="00D34277"/>
     <w:rsid w:val="00D360ED"/>
     <w:rsid w:val="00D361B6"/>
     <w:rsid w:val="00D45BE3"/>
     <w:rsid w:val="00D46BD7"/>
     <w:rsid w:val="00D47938"/>
     <w:rsid w:val="00D51B59"/>
     <w:rsid w:val="00D556AA"/>
     <w:rsid w:val="00D566E4"/>
     <w:rsid w:val="00D567C1"/>
     <w:rsid w:val="00D6060C"/>
     <w:rsid w:val="00D6322E"/>
     <w:rsid w:val="00D65530"/>
     <w:rsid w:val="00D67688"/>
     <w:rsid w:val="00D678F3"/>
     <w:rsid w:val="00D72009"/>
     <w:rsid w:val="00D763E6"/>
     <w:rsid w:val="00D77717"/>
     <w:rsid w:val="00D826F8"/>
     <w:rsid w:val="00D8723F"/>
     <w:rsid w:val="00D8776D"/>
     <w:rsid w:val="00D92866"/>
     <w:rsid w:val="00D956AF"/>
+    <w:rsid w:val="00DA11A4"/>
     <w:rsid w:val="00DA30A6"/>
     <w:rsid w:val="00DB6F63"/>
     <w:rsid w:val="00DB7193"/>
     <w:rsid w:val="00DC067C"/>
     <w:rsid w:val="00DC52B6"/>
     <w:rsid w:val="00DC52CE"/>
     <w:rsid w:val="00DD0D36"/>
     <w:rsid w:val="00DD141B"/>
     <w:rsid w:val="00DD77CC"/>
     <w:rsid w:val="00DE0084"/>
     <w:rsid w:val="00DE0100"/>
     <w:rsid w:val="00DE127E"/>
     <w:rsid w:val="00DE232B"/>
     <w:rsid w:val="00DE6775"/>
     <w:rsid w:val="00DF225E"/>
     <w:rsid w:val="00DF282B"/>
     <w:rsid w:val="00DF7796"/>
     <w:rsid w:val="00E02359"/>
     <w:rsid w:val="00E04FD1"/>
     <w:rsid w:val="00E108F4"/>
     <w:rsid w:val="00E119B5"/>
     <w:rsid w:val="00E12A62"/>
     <w:rsid w:val="00E144BD"/>
     <w:rsid w:val="00E14669"/>
     <w:rsid w:val="00E21098"/>
@@ -30022,50 +29734,51 @@
     <w:rsid w:val="00EB41C8"/>
     <w:rsid w:val="00EB62E3"/>
     <w:rsid w:val="00EC295F"/>
     <w:rsid w:val="00EC476F"/>
     <w:rsid w:val="00EC6B84"/>
     <w:rsid w:val="00EC7BBF"/>
     <w:rsid w:val="00EE098A"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE5761"/>
     <w:rsid w:val="00EE6C30"/>
     <w:rsid w:val="00EF0E52"/>
     <w:rsid w:val="00EF20C7"/>
     <w:rsid w:val="00EF47D2"/>
     <w:rsid w:val="00EF7466"/>
     <w:rsid w:val="00EF77B0"/>
     <w:rsid w:val="00F02BC2"/>
     <w:rsid w:val="00F0654D"/>
     <w:rsid w:val="00F11A44"/>
     <w:rsid w:val="00F11ABD"/>
     <w:rsid w:val="00F122A3"/>
     <w:rsid w:val="00F27C1B"/>
     <w:rsid w:val="00F301A9"/>
     <w:rsid w:val="00F30758"/>
     <w:rsid w:val="00F32AA9"/>
     <w:rsid w:val="00F43744"/>
+    <w:rsid w:val="00F4621D"/>
     <w:rsid w:val="00F46959"/>
     <w:rsid w:val="00F50077"/>
     <w:rsid w:val="00F51F7F"/>
     <w:rsid w:val="00F53B8C"/>
     <w:rsid w:val="00F63375"/>
     <w:rsid w:val="00F63A76"/>
     <w:rsid w:val="00F8558E"/>
     <w:rsid w:val="00F92D91"/>
     <w:rsid w:val="00F94A76"/>
     <w:rsid w:val="00F94D58"/>
     <w:rsid w:val="00F95835"/>
     <w:rsid w:val="00F9726C"/>
     <w:rsid w:val="00FB15EE"/>
     <w:rsid w:val="00FB300F"/>
     <w:rsid w:val="00FB3116"/>
     <w:rsid w:val="00FB3606"/>
     <w:rsid w:val="00FB4389"/>
     <w:rsid w:val="00FB6C84"/>
     <w:rsid w:val="00FB6D86"/>
     <w:rsid w:val="00FB7ABF"/>
     <w:rsid w:val="00FC1DB8"/>
     <w:rsid w:val="00FC3EF1"/>
     <w:rsid w:val="00FC5C00"/>
     <w:rsid w:val="00FD65D9"/>
     <w:rsid w:val="00FD708A"/>
@@ -30274,50 +29987,51 @@
     <w:rsid w:val="1D07E557"/>
     <w:rsid w:val="1D136D85"/>
     <w:rsid w:val="1D55D8D9"/>
     <w:rsid w:val="1D5F437A"/>
     <w:rsid w:val="1D70FF7D"/>
     <w:rsid w:val="1D7A28FF"/>
     <w:rsid w:val="1D7D6EB1"/>
     <w:rsid w:val="1D9C6679"/>
     <w:rsid w:val="1DAB1EE8"/>
     <w:rsid w:val="1DD5F98A"/>
     <w:rsid w:val="1E002D4F"/>
     <w:rsid w:val="1E2C4DAD"/>
     <w:rsid w:val="1E4149E8"/>
     <w:rsid w:val="1E53FB19"/>
     <w:rsid w:val="1E921BFD"/>
     <w:rsid w:val="1E963E04"/>
     <w:rsid w:val="1EA618CE"/>
     <w:rsid w:val="1EFBE1B8"/>
     <w:rsid w:val="1F3B3453"/>
     <w:rsid w:val="1F6A7FC5"/>
     <w:rsid w:val="1F6FFB28"/>
     <w:rsid w:val="1F8210F6"/>
     <w:rsid w:val="1FA0ED28"/>
     <w:rsid w:val="1FD3D2D1"/>
     <w:rsid w:val="1FDAB00B"/>
+    <w:rsid w:val="2026D694"/>
     <w:rsid w:val="2090261C"/>
     <w:rsid w:val="209F2F68"/>
     <w:rsid w:val="20A533FF"/>
     <w:rsid w:val="20B12568"/>
     <w:rsid w:val="20B71775"/>
     <w:rsid w:val="20C5A5CB"/>
     <w:rsid w:val="20C65E40"/>
     <w:rsid w:val="20E30CC0"/>
     <w:rsid w:val="21233C91"/>
     <w:rsid w:val="214B8364"/>
     <w:rsid w:val="216F4A01"/>
     <w:rsid w:val="21B37DD9"/>
     <w:rsid w:val="21B70DFC"/>
     <w:rsid w:val="2235216F"/>
     <w:rsid w:val="22862A50"/>
     <w:rsid w:val="2298BE10"/>
     <w:rsid w:val="22AB0625"/>
     <w:rsid w:val="22C96E3C"/>
     <w:rsid w:val="22F6D5CF"/>
     <w:rsid w:val="230014C1"/>
     <w:rsid w:val="23067B56"/>
     <w:rsid w:val="230B5777"/>
     <w:rsid w:val="230EC20A"/>
     <w:rsid w:val="232DFC60"/>
     <w:rsid w:val="23501710"/>
@@ -30902,51 +30616,51 @@
     <w:rsid w:val="7EEBE987"/>
     <w:rsid w:val="7F0E55F4"/>
     <w:rsid w:val="7F672672"/>
     <w:rsid w:val="7F9E3338"/>
     <w:rsid w:val="7FAA30E5"/>
     <w:rsid w:val="7FBC9E40"/>
     <w:rsid w:val="7FDF9E7B"/>
     <w:rsid w:val="7FF6FCBA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4D890FE2"/>
   <w15:docId w15:val="{40C290FA-EE49-4011-851C-D2B231B2F1C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -31598,51 +31312,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1406607857">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vferrara@ric.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -31928,73 +31642,86 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006AD5C1D09B8E3F48B7B8F4CFC68BBD73" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4b79d56b16527ff73c69aa927a41880f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6399aae3-8672-4ce4-80e8-3c447ec2072d" xmlns:ns4="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d35d5c3b49ef64306eed620b2d8704c" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="6399aae3-8672-4ce4-80e8-3c447ec2072d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006AD5C1D09B8E3F48B7B8F4CFC68BBD73" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a43cbf789532a995b6dfd0a408ea8b81">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6399aae3-8672-4ce4-80e8-3c447ec2072d" xmlns:ns4="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="992b90e2ca86e157ccc216f0f27987dc" ns3:_="" ns4:_="">
     <xsd:import namespace="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
     <xsd:import namespace="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6399aae3-8672-4ce4-80e8-3c447ec2072d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -32013,50 +31740,75 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="19" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="20" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="22" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="25" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -32150,121 +31902,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE4D72C8-D434-4AD5-8D85-D37A656D5789}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B080E1E-7B02-44A5-B102-11CA5918B643}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D17BD56-A8B6-43C9-B747-8F4D06A15F4C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD34DC68-26C2-4833-B55A-9D2BD042284D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
     <ds:schemaRef ds:uri="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{431ED78C-902A-4545-B42C-8EA0A471C7C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0E16D48-8543-4A19-BB0B-5B7AF440C6A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>14672</Characters>
+  <Pages>5</Pages>
+  <Words>2619</Words>
+  <Characters>14929</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Rhode Island College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17212</CharactersWithSpaces>
+  <CharactersWithSpaces>17513</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rhode Island College</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006AD5C1D09B8E3F48B7B8F4CFC68BBD73</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>5c5c7986-05b6-4d77-b96f-9b516bb27cf4</vt:lpwstr>
+  </property>
 </Properties>
 </file>