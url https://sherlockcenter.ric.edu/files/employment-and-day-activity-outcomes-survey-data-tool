--- v0 (2025-11-01)
+++ v1 (2026-03-28)
@@ -1,97 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="6B921826" w14:textId="5E821BD0" w:rsidR="00265252" w:rsidRDefault="007D3FE3" w:rsidP="00C5435F">
+    <w:p w14:paraId="6B921826" w14:textId="5E821BD0" w:rsidR="00265252" w:rsidRPr="00C21A13" w:rsidRDefault="007D3FE3" w:rsidP="00C21A13">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C21A13">
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00F37FC7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F37FC7" w:rsidRPr="00C21A13">
         <w:t xml:space="preserve">mployment </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C21A13">
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00F37FC7">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F37FC7" w:rsidRPr="00C21A13">
         <w:t>ata</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB5667C" w14:textId="1220B93A" w:rsidR="003B4E06" w:rsidRPr="00F37FC7" w:rsidRDefault="003B4E06" w:rsidP="003B4E06">
+    <w:p w14:paraId="5EB5667C" w14:textId="5F330AD7" w:rsidR="003B4E06" w:rsidRPr="00F37FC7" w:rsidRDefault="003B4E06" w:rsidP="003B4E06">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve">When </w:t>
       </w:r>
       <w:r w:rsidR="00E42A64" w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve">reporting </w:t>
       </w:r>
       <w:r w:rsidR="0054413C" w:rsidRPr="00F37FC7">
         <w:t>time</w:t>
       </w:r>
       <w:r w:rsidR="00E42A64" w:rsidRPr="00F37FC7">
         <w:t>, round d</w:t>
       </w:r>
       <w:r w:rsidR="0054413C" w:rsidRPr="00F37FC7">
         <w:t>aily</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve"> activity time</w:t>
       </w:r>
       <w:r w:rsidR="00E42A64" w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve"> and 2-</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37FC7">
@@ -100,100 +84,82 @@
       <w:r w:rsidR="00E42A64" w:rsidRPr="00F37FC7">
         <w:t>s to the</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E42A64" w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve">nearest 15 minutes. See Hours </w:t>
       </w:r>
       <w:r w:rsidR="00F37FC7" w:rsidRPr="00F37FC7">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00E42A64" w:rsidRPr="00F37FC7">
         <w:t>ey</w:t>
       </w:r>
       <w:r w:rsidR="00F37FC7">
         <w:t xml:space="preserve"> below.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B16E7" w:rsidRPr="00F37FC7">
         <w:br/>
         <w:t>Minimum wage is $1</w:t>
       </w:r>
-      <w:r w:rsidR="00E81A35">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00A045E6">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="003B16E7" w:rsidRPr="00F37FC7">
         <w:t xml:space="preserve">.00 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="511A52A9" w14:textId="77777777" w:rsidR="00EF25FB" w:rsidRDefault="00EF25FB" w:rsidP="00C5435F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70298679" w14:textId="34C2C5F9" w:rsidR="00F215F3" w:rsidRDefault="00191220" w:rsidP="00C5435F">
+    <w:p w14:paraId="70298679" w14:textId="34C2C5F9" w:rsidR="00F215F3" w:rsidRDefault="00191220" w:rsidP="00C21A13">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="SubHeading1"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(IE) </w:t>
       </w:r>
       <w:r w:rsidR="00F37FC7">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Individual Employment</w:t>
       </w:r>
       <w:r w:rsidR="00F215F3">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC1BFF" w:rsidRPr="00DA212B">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00BD5287" w:rsidRPr="00DA212B">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>(Section 3)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0418D196" w14:textId="1F75A09B" w:rsidR="00362551" w:rsidRPr="00C623BE" w:rsidRDefault="00362551" w:rsidP="00C623BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD5287">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidR="00BD5287">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> (Q</w:t>
       </w:r>
@@ -442,53 +408,56 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3FE3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>otal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F41C4" w14:paraId="664212B1" w14:textId="77777777" w:rsidTr="1A273C30">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26DBDF78" w14:textId="3A20502B" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
+          <w:p w14:paraId="26DBDF78" w14:textId="65D221CA" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
             <w:r>
-              <w:t>Week 1: Sept 28</w:t>
+              <w:t xml:space="preserve">Week 1: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C18C447" w14:textId="77777777" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="0090438C" w:rsidP="00B12BC5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D2EAEC9" w14:textId="77777777" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="0090438C" w:rsidP="00B12BC5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
@@ -532,53 +501,56 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6AF77189" w14:textId="77777777" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="0090438C" w:rsidP="00B12BC5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31CB7B33" w14:textId="77777777" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="0090438C" w:rsidP="00B12BC5"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F41C4" w14:paraId="3D405A35" w14:textId="77777777" w:rsidTr="1A273C30">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FD3EEDD" w14:textId="4B1C16E4" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
+          <w:p w14:paraId="0FD3EEDD" w14:textId="02E2FE3F" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
             <w:r>
-              <w:t>Week 2: Oct 5</w:t>
+              <w:t xml:space="preserve">Week 2: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="507F509A" w14:textId="77777777" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="0090438C" w:rsidP="00B12BC5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F440640" w14:textId="77777777" w:rsidR="0090438C" w:rsidRPr="00787275" w:rsidRDefault="0090438C" w:rsidP="00B12BC5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="975" w:type="dxa"/>
             <w:tcBorders>
@@ -1170,53 +1142,56 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3FE3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Weekly Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583605" w14:paraId="035CED86" w14:textId="77777777" w:rsidTr="001D72E4">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3587CEB9" w14:textId="797894A7" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
+          <w:p w14:paraId="3587CEB9" w14:textId="2FD66453" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
             <w:r>
-              <w:t>Week 1: Sept 28</w:t>
+              <w:t xml:space="preserve">Week 1: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="36126454" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7A9FAB2D" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
@@ -1260,53 +1235,56 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48B26118" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E439FF8" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583605" w14:paraId="697166FA" w14:textId="77777777" w:rsidTr="001D72E4">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F10EE0C" w14:textId="153BFE77" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
+          <w:p w14:paraId="1F10EE0C" w14:textId="3FDB5AE2" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
             <w:r>
-              <w:t>Week 2: Oct 5</w:t>
+              <w:t xml:space="preserve">Week 2: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6788F6F5" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C77027A" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
@@ -2024,53 +2002,56 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3FE3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>otal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583605" w14:paraId="630DEB10" w14:textId="77777777" w:rsidTr="1A273C30">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63F76EE9" w14:textId="6CC74ADC" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
+          <w:p w14:paraId="63F76EE9" w14:textId="235BD93F" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
             <w:r>
-              <w:t>Week 1: Sept 28</w:t>
+              <w:t xml:space="preserve">Week 1: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2666BF6E" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4ECAB02F" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
@@ -2114,53 +2095,56 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5125888C" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27F45281" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583605" w14:paraId="38CFE18C" w14:textId="77777777" w:rsidTr="1A273C30">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27FFBA9A" w14:textId="75776E47" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
+          <w:p w14:paraId="27FFBA9A" w14:textId="269461FD" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
             <w:r>
-              <w:t>Week 2: Oct 5</w:t>
+              <w:t xml:space="preserve">Week 2: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18A66E1B" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="43DAB236" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
@@ -2736,53 +2720,56 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3FE3">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>otal</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583605" w14:paraId="324D9860" w14:textId="77777777" w:rsidTr="1A273C30">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31CF19F2" w14:textId="09E71B08" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
+          <w:p w14:paraId="31CF19F2" w14:textId="375F98F9" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
             <w:r>
-              <w:t>Week 1: Sept 28</w:t>
+              <w:t xml:space="preserve">Week 1: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71232124" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BBB662D" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
@@ -2826,53 +2813,56 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09A5905F" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2FA04396" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00583605" w14:paraId="1292F689" w14:textId="77777777" w:rsidTr="1A273C30">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1830" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65DB6E45" w14:textId="6C221263" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
+          <w:p w14:paraId="65DB6E45" w14:textId="39C0C1E6" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00583605">
             <w:r>
-              <w:t>Week 2: Oct 5</w:t>
+              <w:t xml:space="preserve">Week 2: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="888" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2E222D47" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="702FB8F5" w14:textId="77777777" w:rsidR="00583605" w:rsidRPr="00787275" w:rsidRDefault="00583605" w:rsidP="00583605"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
@@ -3168,71 +3158,59 @@
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10795"/>
       </w:tblGrid>
       <w:tr w:rsidR="00051821" w:rsidRPr="00824FB2" w14:paraId="7A6D761B" w14:textId="77777777" w:rsidTr="00051821">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="28E1D8A3" w14:textId="77777777" w:rsidR="00051821" w:rsidRPr="00DB6F63" w:rsidRDefault="00051821" w:rsidP="00051821">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk144283279"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hours</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Hours </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ey:    15 min. = .25    30 min = .50     45 min = .75</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B40A7AC" w14:textId="77777777" w:rsidR="00051821" w:rsidRPr="00824FB2" w:rsidRDefault="00051821" w:rsidP="00051821">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -3258,62 +3236,55 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="1591ED31" w14:textId="5458D721" w:rsidR="00123EF0" w:rsidRDefault="00051821">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00123EF0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E076D4" w14:textId="2B715379" w:rsidR="00B23318" w:rsidRDefault="00F37FC7" w:rsidP="00AE7DB5">
+    <w:p w14:paraId="53E076D4" w14:textId="2B715379" w:rsidR="00B23318" w:rsidRDefault="00F37FC7" w:rsidP="00C21A13">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Non-Work Activity Data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF35ECD" w14:textId="13129C41" w:rsidR="007D3FE3" w:rsidRPr="00F37FC7" w:rsidRDefault="00B23318" w:rsidP="00B23318">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F37FC7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Round</w:t>
       </w:r>
       <w:r w:rsidR="00E42A64" w:rsidRPr="00F37FC7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> daily activity time and 2-week totals to the nearest 15 minutes. See </w:t>
       </w:r>
       <w:r w:rsidR="00F37FC7">
@@ -3547,103 +3518,103 @@
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="810"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E203E" w14:paraId="5EE7CFA1" w14:textId="77777777" w:rsidTr="27A38A5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2317" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E32D463" w14:textId="77777777" w:rsidR="004E203E" w:rsidRDefault="004E203E" w:rsidP="00B12BC5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F0ABC59" w14:textId="3FD4F8D6" w:rsidR="004E203E" w:rsidRPr="00600F53" w:rsidRDefault="004E203E" w:rsidP="06EDE5D6">
+          <w:p w14:paraId="2F0ABC59" w14:textId="4FC79CEA" w:rsidR="004E203E" w:rsidRPr="00600F53" w:rsidRDefault="004E203E" w:rsidP="06EDE5D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06EDE5D6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Week One – </w:t>
             </w:r>
-            <w:r w:rsidR="00722093">
+            <w:r w:rsidR="007B4EA6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>September 28</w:t>
+              <w:t>April 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49E868D7" w14:textId="7755B6CD" w:rsidR="004E203E" w:rsidRPr="00600F53" w:rsidRDefault="004E203E" w:rsidP="06EDE5D6">
+          <w:p w14:paraId="49E868D7" w14:textId="32D96362" w:rsidR="004E203E" w:rsidRPr="00600F53" w:rsidRDefault="004E203E" w:rsidP="06EDE5D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="06EDE5D6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Week Two – </w:t>
             </w:r>
-            <w:r w:rsidR="00722093">
+            <w:r w:rsidR="007B4EA6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>October 5</w:t>
+              <w:t>April 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="740AD705" w14:textId="77777777" w:rsidR="004E203E" w:rsidRPr="00600F53" w:rsidRDefault="004E203E" w:rsidP="00B12BC5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E203E" w14:paraId="3E91D9EB" w14:textId="77777777" w:rsidTr="27A38A5D">
         <w:tc>
@@ -5742,51 +5713,135 @@
           <w:p w14:paraId="074237CB" w14:textId="77777777" w:rsidR="004E203E" w:rsidRDefault="004E203E" w:rsidP="00B12BC5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="126310DC" w14:textId="77777777" w:rsidR="004E203E" w:rsidRDefault="004E203E" w:rsidP="00B12BC5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32F07DC7" w14:textId="77777777" w:rsidR="00F37FC7" w:rsidRDefault="005B579C" w:rsidP="0052657D">
+    <w:p w14:paraId="3C166075" w14:textId="53B5BD0E" w:rsidR="00CD61BE" w:rsidRPr="00C1391B" w:rsidRDefault="00CD61BE" w:rsidP="0052657D">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC01FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you record </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Job Coaching/Retention hours</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC01FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC01FD" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve">then there </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve">should also </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1391B">
+        <w:t>record</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC01FD" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve"> either</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1391B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C1391B">
+        <w:t xml:space="preserve">SES </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve"> ST</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve">/LT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t>Voc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve"> Exp</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve">erience hours </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1391B">
+        <w:t xml:space="preserve">OR </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve"> Employment Hours</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1391B" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve"> (IE,PPI, PPG)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF47F6" w:rsidRPr="00C1391B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F07DC7" w14:textId="2DF21B84" w:rsidR="00F37FC7" w:rsidRDefault="005B579C" w:rsidP="0052657D">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Q1</w:t>
       </w:r>
       <w:r w:rsidR="001C4A66">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -5979,126 +6034,114 @@
       <w:r w:rsidR="00F37FC7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>upports</w:t>
       </w:r>
       <w:r w:rsidR="00791724">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B740C08" w14:textId="647FFBAE" w:rsidR="001110AA" w:rsidRPr="00D3218C" w:rsidRDefault="00D3218C" w:rsidP="0052657D">
+    <w:p w14:paraId="5B740C08" w14:textId="11F35784" w:rsidR="001110AA" w:rsidRPr="00D3218C" w:rsidRDefault="00D3218C" w:rsidP="0052657D">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00791724">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
       <w:r w:rsidR="00061EA8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">scheduled services or </w:t>
       </w:r>
       <w:r w:rsidR="00F37FC7">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>upports</w:t>
       </w:r>
       <w:r w:rsidR="00061EA8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g., monthly retention </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00061EA8">
+      <w:r w:rsidR="008341B2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>only)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00791724">
+        <w:t xml:space="preserve">only)  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B579C" w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="005B579C" w:rsidRPr="00D3218C">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00791724">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Ot</w:t>
       </w:r>
       <w:r w:rsidR="005B579C" w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>her</w:t>
       </w:r>
       <w:r w:rsidR="00061EA8">
@@ -6600,53 +6643,56 @@
           <w:p w14:paraId="60B50529" w14:textId="0DB463B2" w:rsidR="003B16E7" w:rsidRPr="006F2E78" w:rsidRDefault="003B16E7">
             <w:r w:rsidRPr="006F2E78">
               <w:t>Total</w:t>
             </w:r>
             <w:r>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B16E7" w14:paraId="67A2F410" w14:textId="77777777" w:rsidTr="00B23318">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14862394" w14:textId="0CDCBDAD" w:rsidR="003B16E7" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
+          <w:p w14:paraId="14862394" w14:textId="60EE30A5" w:rsidR="003B16E7" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
             <w:r>
-              <w:t>Week 1: Sept 28</w:t>
+              <w:t xml:space="preserve">Week 1: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="790FA31A" w14:textId="6582E328" w:rsidR="003B16E7" w:rsidRDefault="003B16E7" w:rsidP="00FE4DFC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -6694,53 +6740,56 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21F5A40B" w14:textId="77777777" w:rsidR="003B16E7" w:rsidRDefault="003B16E7" w:rsidP="00FE4DFC"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B16E7" w14:paraId="78E74E01" w14:textId="77777777" w:rsidTr="00B23318">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="717A013F" w14:textId="0F1B7B9C" w:rsidR="003B16E7" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
+          <w:p w14:paraId="717A013F" w14:textId="255DDEEE" w:rsidR="003B16E7" w:rsidRPr="00787275" w:rsidRDefault="00722093" w:rsidP="00E307A6">
             <w:r>
-              <w:t>Week 2: Oct 5</w:t>
+              <w:t xml:space="preserve">Week 2: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:t>April 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="708EBC41" w14:textId="73557387" w:rsidR="003B16E7" w:rsidRDefault="003B16E7" w:rsidP="00FE4DFC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -6883,87 +6932,80 @@
             <w:r w:rsidRPr="006F2E78">
               <w:t>(Q</w:t>
             </w:r>
             <w:r w:rsidR="009A3ED1">
               <w:t>69</w:t>
             </w:r>
             <w:r w:rsidRPr="006F2E78">
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="33B0A3AB" w14:textId="77777777" w:rsidR="003B16E7" w:rsidRDefault="003B16E7"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F6F395A" w14:textId="46A2E1BA" w:rsidR="00B23318" w:rsidRDefault="00B23318" w:rsidP="00B23318">
+    <w:p w14:paraId="21036559" w14:textId="77777777" w:rsidR="00C21A13" w:rsidRDefault="00C21A13" w:rsidP="00C21A13">
       <w:pPr>
-        <w:spacing w:before="120" w:after="0"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w14:paraId="4F6F395A" w14:textId="1C346495" w:rsidR="00B23318" w:rsidRPr="00C21A13" w:rsidRDefault="00B23318" w:rsidP="00C21A13">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21A13">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Q </w:t>
       </w:r>
-      <w:r w:rsidR="007C49E5">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="007C49E5" w:rsidRPr="00C21A13">
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>69a</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00C21A13">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Reason no hours: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C558BE" w14:textId="1CCC8946" w:rsidR="00791724" w:rsidRPr="00D3218C" w:rsidRDefault="00791724" w:rsidP="00791724">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
@@ -7069,110 +7111,88 @@
       <w:r w:rsidR="001D72E4" w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3218C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644435E1" w14:textId="27D3F1D3" w:rsidR="0004231F" w:rsidRDefault="0004231F" w:rsidP="00B23318">
-[...9 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="644435E1" w14:textId="27D3F1D3" w:rsidR="0004231F" w:rsidRDefault="0004231F" w:rsidP="00C21A13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="80"/>
         <w:tblW w:w="10795" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10795"/>
       </w:tblGrid>
       <w:tr w:rsidR="0004231F" w:rsidRPr="00824FB2" w14:paraId="7E4BD91B" w14:textId="77777777" w:rsidTr="00F537F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="267B9666" w14:textId="3A51EB87" w:rsidR="0004231F" w:rsidRPr="00DB6F63" w:rsidRDefault="0004231F" w:rsidP="00F537F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hours</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Hours </w:t>
             </w:r>
             <w:r w:rsidR="00F537F9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ey:    15 min. = .25    30 min = .50     45 min = .75</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E459401" w14:textId="77777777" w:rsidR="0004231F" w:rsidRPr="00824FB2" w:rsidRDefault="0004231F" w:rsidP="00F537F9">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -7187,187 +7207,181 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Round work hour to nearest 15 minutes (i.e., 12 hours and 40 minutes = 12.75 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D219F33" w14:textId="77777777" w:rsidR="004C1015" w:rsidRDefault="004C1015" w:rsidP="00B23318">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:sectPr w:rsidR="004C1015" w:rsidSect="001D72E4">
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId12"/>
+        <w:sectPr w:rsidR="004C1015" w:rsidSect="00DD6746">
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="180" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="168E6167" w14:textId="458F1BF3" w:rsidR="004C1015" w:rsidRDefault="00F537F9" w:rsidP="0053393E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Community-Based Non-Work Hours</w:t>
       </w:r>
       <w:r w:rsidR="004C1015">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C1015" w:rsidRPr="003D5EB0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">(Section </w:t>
       </w:r>
       <w:r w:rsidR="004C1015">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="004C1015" w:rsidRPr="003D5EB0">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D8FBBC" w14:textId="00FF1064" w:rsidR="00F537F9" w:rsidRDefault="004C1015" w:rsidP="00F537F9">
+    <w:p w14:paraId="70D8FBBC" w14:textId="243FC35F" w:rsidR="00F537F9" w:rsidRDefault="004C1015" w:rsidP="00F537F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="90"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E1F73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">67. </w:t>
       </w:r>
       <w:r w:rsidR="000E1F73" w:rsidRPr="000E1F73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>CBNW Activity:</w:t>
       </w:r>
       <w:r w:rsidR="000E1F73">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F537F9" w:rsidRPr="00F537F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">For each activity participated in from </w:t>
       </w:r>
+      <w:r w:rsidR="007B4EA6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>April 5</w:t>
+      </w:r>
       <w:r w:rsidR="00722093">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Sept</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00235548">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27019">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ember</w:t>
+        <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00722093">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 28 - Oct</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00235548">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27019">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ober</w:t>
-[...15 lines deleted...]
-        <w:t>11</w:t>
+        <w:t>18</w:t>
       </w:r>
       <w:r w:rsidR="00F537F9" w:rsidRPr="00F537F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F537F9" w:rsidRPr="00F537F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> enter hours, # </w:t>
       </w:r>
       <w:r w:rsidR="000E1F73">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00F537F9" w:rsidRPr="00F537F9">
         <w:rPr>
@@ -7421,69 +7435,69 @@
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="3690"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE6277" w14:paraId="6EDA27F6" w14:textId="77777777" w:rsidTr="00E80331">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4877CA58" w14:textId="77777777" w:rsidR="00FE6277" w:rsidRPr="000E1F73" w:rsidRDefault="00FE6277" w:rsidP="00F537F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk162365419"/>
+            <w:bookmarkStart w:id="3" w:name="_Hlk162365419"/>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="369A62BE" w14:textId="197253FD" w:rsidR="00FE6277" w:rsidRPr="000E1F73" w:rsidRDefault="00F537F9" w:rsidP="00F537F9">
+          <w:p w14:paraId="369A62BE" w14:textId="6DB7CD0D" w:rsidR="00FE6277" w:rsidRPr="000E1F73" w:rsidRDefault="00F537F9" w:rsidP="00F537F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hours </w:t>
             </w:r>
             <w:r w:rsidR="00722093">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7512,68 +7526,86 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00FE6277" w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r w:rsidR="00722093">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5BCAE585" w14:textId="4F71B208" w:rsidR="00FE6277" w:rsidRPr="000E1F73" w:rsidRDefault="00F537F9" w:rsidP="00E5616B">
+          <w:p w14:paraId="5BCAE585" w14:textId="1B688846" w:rsidR="00FE6277" w:rsidRPr="000E1F73" w:rsidRDefault="00F537F9" w:rsidP="00E5616B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hours </w:t>
             </w:r>
             <w:r w:rsidR="00722093">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7602,58 +7634,76 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>wo</w:t>
             </w:r>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00FE6277" w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 12</w:t>
+            </w:r>
             <w:r w:rsidR="00722093">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="11D3F8A2" w14:textId="050D6655" w:rsidR="00FE6277" w:rsidRPr="000E1F73" w:rsidRDefault="00FE6277" w:rsidP="00E5616B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7763,51 +7813,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Attende</w:t>
             </w:r>
             <w:r w:rsidR="00F537F9" w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:tr w:rsidR="00E80331" w14:paraId="25D5DDBC" w14:textId="77777777" w:rsidTr="00E80331">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="423BECD9" w14:textId="77777777" w:rsidR="00E80331" w:rsidRPr="000E1F73" w:rsidRDefault="00E80331" w:rsidP="00F537F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FFA0AA4" w14:textId="77777777" w:rsidR="00E80331" w:rsidRPr="000E1F73" w:rsidRDefault="00E80331" w:rsidP="00F537F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -8698,113 +8748,149 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC83EBF" w14:textId="01492B24" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="2BC83EBF" w14:textId="0F0EA591" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week One – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3C1BFFFA" w14:textId="463546F9" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="3C1BFFFA" w14:textId="4432A054" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week Two – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 12</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1937E474" w14:textId="77777777" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -9803,113 +9889,149 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="798C3A8D" w14:textId="3D53EA4D" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="798C3A8D" w14:textId="50C60681" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week One – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="13AF2F62" w14:textId="1B0724B1" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="13AF2F62" w14:textId="0813CB00" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week Two – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 12</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="42B97554" w14:textId="77777777" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10909,113 +11031,149 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3230" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="55F2DB23" w14:textId="427B6CF1" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="55F2DB23" w14:textId="52FFE94C" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week One – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="60CDB7E3" w14:textId="278AE063" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="60CDB7E3" w14:textId="387B7DBB" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week Two – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 12</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4F146810" w14:textId="77777777" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -12060,71 +12218,59 @@
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="80"/>
         <w:tblW w:w="14395" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14395"/>
       </w:tblGrid>
       <w:tr w:rsidR="000E1F73" w:rsidRPr="00B37E7A" w14:paraId="01E329EB" w14:textId="77777777" w:rsidTr="00051821">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="116C46C2" w14:textId="11AC719E" w:rsidR="000E1F73" w:rsidRPr="00B37E7A" w:rsidRDefault="000E1F73" w:rsidP="00051821">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hours</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Hours </w:t>
             </w:r>
             <w:r w:rsidR="00AA2328">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ey:    15 min. = .25    30 min = .50     45 min = .75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -12137,71 +12283,77 @@
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="372C8524" w14:textId="4F10D660" w:rsidR="001D72E4" w:rsidRDefault="000E1F73" w:rsidP="00F60E0A">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA2328">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">CBNW continues on page 4. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CBF206" w14:textId="77777777" w:rsidR="001D72E4" w:rsidRDefault="001D72E4">
+    <w:p w14:paraId="74CBF206" w14:textId="076FEA61" w:rsidR="007B4EA6" w:rsidRDefault="007B4EA6" w:rsidP="007B4EA6">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7200"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E879EF9" w14:textId="3A42F0EC" w:rsidR="000E1F73" w:rsidRDefault="007B4EA6" w:rsidP="007B4EA6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7200"/>
+        </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14390" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1428"/>
         <w:gridCol w:w="457"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="852"/>
         <w:gridCol w:w="678"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="3510"/>
@@ -12216,131 +12368,145 @@
           <w:p w14:paraId="4B0E145A" w14:textId="6ED946D9" w:rsidR="00F60E0A" w:rsidRPr="008A6362" w:rsidRDefault="00F60E0A" w:rsidP="00F60E0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F60E0A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="762F8E3E" w14:textId="25B4DAB1" w:rsidR="00F60E0A" w:rsidRPr="008A6362" w:rsidRDefault="00F60E0A" w:rsidP="00F60E0A">
-[...7 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="762F8E3E" w14:textId="7DB37E86" w:rsidR="00F60E0A" w:rsidRPr="008A6362" w:rsidRDefault="00F60E0A" w:rsidP="00F60E0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F60E0A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hours</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> week one: </w:t>
+              <w:t xml:space="preserve">Hours week one: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
             </w:r>
             <w:r w:rsidR="00722093">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1970E0A7" w14:textId="3F4E552B" w:rsidR="00F60E0A" w:rsidRPr="008A6362" w:rsidRDefault="00F60E0A" w:rsidP="005C108E">
-[...7 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1970E0A7" w14:textId="4DB84F81" w:rsidR="00F60E0A" w:rsidRPr="008A6362" w:rsidRDefault="00F60E0A" w:rsidP="005C108E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F60E0A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hours</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> week two: </w:t>
+              <w:t xml:space="preserve">Hours week two: </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 12</w:t>
             </w:r>
             <w:r w:rsidR="00722093">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1A673186" w14:textId="7099F425" w:rsidR="00F60E0A" w:rsidRPr="008A6362" w:rsidRDefault="00F60E0A" w:rsidP="00F60E0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F60E0A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Total </w:t>
             </w:r>
           </w:p>
@@ -13149,58 +13315,68 @@
       <w:tr w:rsidR="00E80331" w14:paraId="430C8F1A" w14:textId="77777777" w:rsidTr="00E80331">
         <w:trPr>
           <w:trHeight w:val="1457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B590917" w14:textId="77777777" w:rsidR="00E80331" w:rsidRPr="000E1F73" w:rsidRDefault="00E80331" w:rsidP="00E5616B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activities of Daily Living </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10FE20D1" w14:textId="761BD7F7" w:rsidR="00E80331" w:rsidRPr="000E1F73" w:rsidRDefault="00E80331" w:rsidP="00E5616B">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="10FE20D1" w14:textId="10FC06E9" w:rsidR="00E80331" w:rsidRPr="00A045E6" w:rsidRDefault="00A045E6" w:rsidP="00E5616B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A045E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Outside of the home)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="003DA2DC" w14:textId="77777777" w:rsidR="00E80331" w:rsidRPr="000E1F73" w:rsidRDefault="00E80331" w:rsidP="00E5616B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="579D767C" w14:textId="77777777" w:rsidR="00E80331" w:rsidRPr="000E1F73" w:rsidRDefault="00E80331" w:rsidP="00E5616B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -13425,113 +13601,149 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0A26F2FA" w14:textId="14ED93A2" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="0A26F2FA" w14:textId="14AF1DFD" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week One – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="134415DF" w14:textId="43E32CC3" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="134415DF" w14:textId="448A9583" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week Two – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 12</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3607D691" w14:textId="77777777" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
@@ -14611,113 +14823,149 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="65B52F79" w14:textId="799078B2" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="65B52F79" w14:textId="2C81E9CC" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week One – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 5</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="72EB30A9" w14:textId="104882A5" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
+          <w:p w14:paraId="72EB30A9" w14:textId="14E7AF08" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Week Two – </w:t>
             </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 12</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="007B4EA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>April 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="43B6BF53" w14:textId="77777777" w:rsidR="006D2D4A" w:rsidRPr="000E1F73" w:rsidRDefault="006D2D4A" w:rsidP="006D2D4A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E1F73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Total</w:t>
@@ -15728,454 +15976,396 @@
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="80"/>
         <w:tblW w:w="14395" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14395"/>
       </w:tblGrid>
       <w:tr w:rsidR="0053393E" w:rsidRPr="00B37E7A" w14:paraId="5709A98F" w14:textId="77777777" w:rsidTr="00F60E0A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="28942985" w14:textId="5E1AA92A" w:rsidR="0053393E" w:rsidRPr="00B37E7A" w:rsidRDefault="0053393E" w:rsidP="00F537F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="3"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk162366170"/>
-            <w:proofErr w:type="gramStart"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk162366170"/>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hours</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA2328">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
             <w:r w:rsidRPr="00DB6F63">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>ey:    15 min. = .25    30 min = .50     45 min = .75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
-    <w:p w14:paraId="4B738779" w14:textId="77777777" w:rsidR="00F60E0A" w:rsidRDefault="00F60E0A" w:rsidP="004C1015">
+    <w:p w14:paraId="5F38B0EF" w14:textId="77777777" w:rsidR="007B4EA6" w:rsidRPr="007B4EA6" w:rsidRDefault="007B4EA6" w:rsidP="004C1015">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="312F482D" w14:textId="058AF144" w:rsidR="004C1015" w:rsidRPr="00461CED" w:rsidRDefault="004C1015" w:rsidP="004C1015">
+    <w:p w14:paraId="312F482D" w14:textId="352172AA" w:rsidR="004C1015" w:rsidRPr="00461CED" w:rsidRDefault="004C1015" w:rsidP="004C1015">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00461CED">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>68. Indicate the SETTINGS where you participated in the community-based non-work activity reported in Q6</w:t>
       </w:r>
       <w:r w:rsidR="000E1F73" w:rsidRPr="00461CED">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00461CED">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C1E658" w14:textId="4F562A28" w:rsidR="004C1015" w:rsidRPr="008A6362" w:rsidRDefault="004C1015" w:rsidP="0053393E">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="17C1E658" w14:textId="6C40C9F3" w:rsidR="004C1015" w:rsidRPr="008A6362" w:rsidRDefault="004C1015" w:rsidP="00C21A13">
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00461CED">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">__ Public </w:t>
       </w:r>
       <w:r w:rsidR="00F60E0A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">enue     __ Member-based </w:t>
       </w:r>
       <w:r w:rsidR="00F60E0A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">rganization     __ School / </w:t>
       </w:r>
       <w:r w:rsidR="00F60E0A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>raining </w:t>
       </w:r>
       <w:r w:rsidR="00F60E0A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="000C2DE6" w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>acility</w:t>
       </w:r>
       <w:r w:rsidR="00051821">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="000C2DE6" w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> _</w:t>
       </w:r>
       <w:r w:rsidR="008A6362" w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>_ Business</w:t>
       </w:r>
+      <w:r w:rsidR="007B4EA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>/</w:t>
       </w:r>
+      <w:r w:rsidR="007B4EA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00F60E0A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">mployer      __ Senior </w:t>
       </w:r>
       <w:r w:rsidR="00F60E0A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">enter / </w:t>
       </w:r>
       <w:r w:rsidR="00F60E0A">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>acility         __ Virtua</w:t>
       </w:r>
       <w:r w:rsidR="000C2DE6" w:rsidRPr="008A6362">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>l</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004C1015" w:rsidRPr="008A6362" w:rsidSect="00F537F9">
-      <w:headerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16F7B10C" w14:textId="77777777" w:rsidR="00840D65" w:rsidRDefault="00840D65" w:rsidP="00BF656C">
+    <w:p w14:paraId="6E026540" w14:textId="77777777" w:rsidR="00533B9C" w:rsidRDefault="00533B9C" w:rsidP="00BF656C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E745CC2" w14:textId="77777777" w:rsidR="00840D65" w:rsidRDefault="00840D65" w:rsidP="00BF656C">
+    <w:p w14:paraId="488EE596" w14:textId="77777777" w:rsidR="00533B9C" w:rsidRDefault="00533B9C" w:rsidP="00BF656C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13096220" w14:textId="77777777" w:rsidR="00840D65" w:rsidRDefault="00840D65">
+    <w:p w14:paraId="05DDF43F" w14:textId="77777777" w:rsidR="00533B9C" w:rsidRDefault="00533B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2E9C6C7F" w14:textId="653918EC" w:rsidR="00051821" w:rsidRPr="00F37FC7" w:rsidRDefault="00051821" w:rsidP="00874CB2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0DD807DD" w14:textId="77777777" w:rsidR="0052696A" w:rsidRDefault="0052696A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="2E9C6C7F" w14:textId="7C70CCE3" w:rsidR="00051821" w:rsidRPr="00F37FC7" w:rsidRDefault="00051821" w:rsidP="00874CB2">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="10779"/>
       </w:tabs>
       <w:ind w:right="21"/>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EA31BB">
+    <w:r w:rsidR="00D52BC1">
       <w:rPr>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9/10/2025</w:t>
+      <w:t>3/24/2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">     Paul V. Sherlock Center on Disabilities                </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="007B4EA6">
+      <w:rPr>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00722093">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Bi-Annual</w:t>
+      <w:t>Annual</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>DD</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
@@ -16281,137 +16471,145 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="1A50FEE4" w14:textId="2DC3FBE9" w:rsidR="001D72E4" w:rsidRPr="001D72E4" w:rsidRDefault="001D72E4" w:rsidP="001D72E4">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1A50FEE4" w14:textId="217B5A6D" w:rsidR="001D72E4" w:rsidRPr="001D72E4" w:rsidRDefault="001D72E4" w:rsidP="001D72E4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="10779"/>
       </w:tabs>
       <w:ind w:right="21"/>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EA31BB">
+    <w:r w:rsidR="00D52BC1">
       <w:rPr>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9/10/2025</w:t>
+      <w:t>3/24/2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">     Paul V. Sherlock Center on Disabilities                </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="007B4EA6">
+      <w:rPr>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Bi-Annual</w:t>
+      <w:t>Annual</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:spacing w:val="-2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>DD</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
@@ -16516,138 +16714,146 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F37FC7">
       <w:rPr>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="2F06E071" w14:textId="7439EAD0" w:rsidR="00051821" w:rsidRPr="008A6362" w:rsidRDefault="00051821" w:rsidP="00F537F9">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="2F06E071" w14:textId="45183B41" w:rsidR="00051821" w:rsidRPr="008A6362" w:rsidRDefault="00051821" w:rsidP="00F537F9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="10779"/>
       </w:tabs>
       <w:ind w:right="21"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EA31BB">
+    <w:r w:rsidR="00D52BC1">
       <w:rPr>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9/10/2025</w:t>
+      <w:t>3/24/2026</w:t>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">     Paul V. Sherlock Center on Disabilities                </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="007B4EA6">
+      <w:rPr>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00722093">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Bi-Annual</w:t>
+      <w:t>Annual</w:t>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> DD</w:t>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Employment </w:t>
     </w:r>
     <w:r w:rsidRPr="008A6362">
@@ -16745,103 +16951,125 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="008A6362">
       <w:rPr>
         <w:noProof/>
         <w:spacing w:val="-1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0757F934" w14:textId="77777777" w:rsidR="00840D65" w:rsidRDefault="00840D65" w:rsidP="00BF656C">
+    <w:p w14:paraId="21F63AE9" w14:textId="77777777" w:rsidR="00533B9C" w:rsidRDefault="00533B9C" w:rsidP="00BF656C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="79509884" w14:textId="77777777" w:rsidR="00840D65" w:rsidRDefault="00840D65" w:rsidP="00BF656C">
+    <w:p w14:paraId="49EB3969" w14:textId="77777777" w:rsidR="00533B9C" w:rsidRDefault="00533B9C" w:rsidP="00BF656C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C6CED3A" w14:textId="77777777" w:rsidR="00840D65" w:rsidRDefault="00840D65">
+    <w:p w14:paraId="6D7FEB51" w14:textId="77777777" w:rsidR="00533B9C" w:rsidRDefault="00533B9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="339FE94B" w14:textId="6E4803C4" w:rsidR="00051821" w:rsidRDefault="00051821" w:rsidP="008E5A50">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="49476E6A" w14:textId="77777777" w:rsidR="0052696A" w:rsidRDefault="0052696A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="339FE94B" w14:textId="0CC3176E" w:rsidR="00051821" w:rsidRDefault="00051821" w:rsidP="008E5A50">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="1" w:name="_Hlk144283345"/>
+    <w:bookmarkStart w:id="2" w:name="_Hlk144283345"/>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve">2025 </w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="007B4EA6">
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00722093">
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>Bi-Annual</w:t>
+      <w:t>Annual</w:t>
     </w:r>
     <w:r w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> DD Employment and Day Activit</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>y</w:t>
     </w:r>
     <w:r w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> Outcome</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
@@ -16858,182 +17086,214 @@
       <w:t xml:space="preserve">2 Week </w:t>
     </w:r>
     <w:r w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Data Colle</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ction Tool</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="56705F78" w14:textId="77777777" w:rsidR="00051821" w:rsidRPr="0088475D" w:rsidRDefault="00051821" w:rsidP="008E5A50">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:bookmarkEnd w:id="1"/>
-  <w:p w14:paraId="0EF8B484" w14:textId="77777777" w:rsidR="00051821" w:rsidRPr="00BF656C" w:rsidRDefault="00051821" w:rsidP="001A6AA0">
+  <w:bookmarkEnd w:id="2"/>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="23161A42" w14:textId="7CEE560B" w:rsidR="001D72E4" w:rsidRDefault="007B4EA6" w:rsidP="001D72E4">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...8 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r w:rsidRPr="007B4EA6">
       <w:rPr>
         <w:b/>
       </w:rPr>
-    </w:pPr>
-    <w:r>
+      <w:t xml:space="preserve">2026 Annual </w:t>
+    </w:r>
+    <w:r w:rsidR="001D72E4" w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>2025 Bi-Annual</w:t>
+      <w:t>DD Employment and Day Activit</w:t>
     </w:r>
-    <w:r w:rsidRPr="00265252">
-[...5 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="001D72E4">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>y</w:t>
     </w:r>
-    <w:r w:rsidRPr="00265252">
+    <w:r w:rsidR="001D72E4" w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> Outcome</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001D72E4">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
-    <w:r w:rsidRPr="00265252">
+    <w:r w:rsidR="001D72E4" w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> Survey – </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001D72E4">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">2 Week </w:t>
     </w:r>
-    <w:r w:rsidRPr="00265252">
+    <w:r w:rsidR="001D72E4" w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Data Colle</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001D72E4">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ction Tool</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="21FA2D6C" w14:textId="77777777" w:rsidR="001D72E4" w:rsidRPr="0088475D" w:rsidRDefault="001D72E4" w:rsidP="001D72E4">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="15AD3ABD" w14:textId="77777777" w:rsidR="001D72E4" w:rsidRDefault="001D72E4" w:rsidP="001D72E4">
+  <w:p w14:paraId="695F0C28" w14:textId="1BF806A4" w:rsidR="00DD6746" w:rsidRPr="00BF656C" w:rsidRDefault="00DD6746" w:rsidP="00DD6746">
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve">Name: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD6746">
+      <w:t>____________________________________________</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve">   DOB: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD6746">
+      <w:t>___________</w:t>
+    </w:r>
+    <w:r>
+      <w:t>__</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD6746">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve">Survey ID: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00DD6746">
+      <w:t>___________________</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="77494970" w14:textId="77777777" w:rsidR="001D72E4" w:rsidRDefault="001D72E4">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="04AE8B60" w14:textId="4E0BD5EE" w:rsidR="00051821" w:rsidRDefault="00051821" w:rsidP="00F537F9">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>Name: ____________________________________________ Survey ID: ________________________</w:t>
+      <w:t>202</w:t>
     </w:r>
-  </w:p>
-[...13 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r w:rsidR="007B4EA6">
       <w:rPr>
         <w:b/>
       </w:rPr>
-    </w:pPr>
+      <w:t>6</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve">2025 </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00722093">
       <w:rPr>
         <w:b/>
       </w:rPr>
-      <w:t>Bi-Annual</w:t>
+      <w:t>Annual</w:t>
     </w:r>
     <w:r w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> DD Employment and Day Activit</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>y</w:t>
     </w:r>
     <w:r w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> Outcome</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
@@ -17049,51 +17309,51 @@
       </w:rPr>
       <w:t xml:space="preserve">2 Week </w:t>
     </w:r>
     <w:r w:rsidRPr="00265252">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>Data Colle</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ction Tool</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="35C5E78D" w14:textId="77777777" w:rsidR="00051821" w:rsidRDefault="00051821">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
@@ -17118,217 +17378,233 @@
     <w:rsid w:val="001110AA"/>
     <w:rsid w:val="00123EF0"/>
     <w:rsid w:val="00124145"/>
     <w:rsid w:val="00142D4A"/>
     <w:rsid w:val="001504C2"/>
     <w:rsid w:val="00151851"/>
     <w:rsid w:val="0015436A"/>
     <w:rsid w:val="00155D60"/>
     <w:rsid w:val="001616A6"/>
     <w:rsid w:val="00163993"/>
     <w:rsid w:val="00183BEB"/>
     <w:rsid w:val="00186778"/>
     <w:rsid w:val="00187D9C"/>
     <w:rsid w:val="00191220"/>
     <w:rsid w:val="001A6AA0"/>
     <w:rsid w:val="001C4A66"/>
     <w:rsid w:val="001D72E4"/>
     <w:rsid w:val="00200966"/>
     <w:rsid w:val="0022313F"/>
     <w:rsid w:val="002320FB"/>
     <w:rsid w:val="00233201"/>
     <w:rsid w:val="00234009"/>
     <w:rsid w:val="00235548"/>
     <w:rsid w:val="00254708"/>
     <w:rsid w:val="00260A04"/>
+    <w:rsid w:val="0026437D"/>
     <w:rsid w:val="00265252"/>
     <w:rsid w:val="0027055C"/>
     <w:rsid w:val="002919EA"/>
     <w:rsid w:val="002A2EC8"/>
     <w:rsid w:val="002A5FF5"/>
     <w:rsid w:val="002B07CC"/>
     <w:rsid w:val="002F63D9"/>
     <w:rsid w:val="00300B48"/>
     <w:rsid w:val="00314478"/>
     <w:rsid w:val="00316715"/>
+    <w:rsid w:val="003229CA"/>
     <w:rsid w:val="00362551"/>
     <w:rsid w:val="00371F9E"/>
     <w:rsid w:val="003A397E"/>
     <w:rsid w:val="003A4C70"/>
     <w:rsid w:val="003B0688"/>
     <w:rsid w:val="003B16E7"/>
     <w:rsid w:val="003B4E06"/>
     <w:rsid w:val="003B519E"/>
     <w:rsid w:val="003B771D"/>
     <w:rsid w:val="003C3087"/>
     <w:rsid w:val="003C7BD1"/>
     <w:rsid w:val="003D5A64"/>
     <w:rsid w:val="003D5EB0"/>
     <w:rsid w:val="003E0661"/>
     <w:rsid w:val="00400C32"/>
     <w:rsid w:val="004019F0"/>
     <w:rsid w:val="00416151"/>
     <w:rsid w:val="00430920"/>
     <w:rsid w:val="00442FE5"/>
     <w:rsid w:val="00461CED"/>
     <w:rsid w:val="00466DAD"/>
     <w:rsid w:val="004773E5"/>
     <w:rsid w:val="00490D0E"/>
     <w:rsid w:val="004A7045"/>
     <w:rsid w:val="004C1015"/>
     <w:rsid w:val="004D2339"/>
     <w:rsid w:val="004E203E"/>
     <w:rsid w:val="004E67A5"/>
     <w:rsid w:val="004F05D0"/>
     <w:rsid w:val="004F10F1"/>
     <w:rsid w:val="0051505A"/>
     <w:rsid w:val="00524C9D"/>
     <w:rsid w:val="00524F4F"/>
     <w:rsid w:val="0052657D"/>
+    <w:rsid w:val="0052696A"/>
     <w:rsid w:val="0053393E"/>
+    <w:rsid w:val="00533B9C"/>
     <w:rsid w:val="005420B7"/>
     <w:rsid w:val="0054413C"/>
     <w:rsid w:val="0057161A"/>
     <w:rsid w:val="0058297B"/>
     <w:rsid w:val="00583605"/>
     <w:rsid w:val="0058740F"/>
     <w:rsid w:val="0059275C"/>
     <w:rsid w:val="00597D17"/>
     <w:rsid w:val="005A6015"/>
     <w:rsid w:val="005B579C"/>
     <w:rsid w:val="005C108E"/>
     <w:rsid w:val="005C2DE4"/>
+    <w:rsid w:val="005F23C0"/>
     <w:rsid w:val="005F41FF"/>
     <w:rsid w:val="00600F53"/>
     <w:rsid w:val="006110A1"/>
     <w:rsid w:val="00624CFF"/>
     <w:rsid w:val="00635CE3"/>
     <w:rsid w:val="006379CC"/>
     <w:rsid w:val="006459B1"/>
     <w:rsid w:val="00692554"/>
     <w:rsid w:val="006A3CD2"/>
     <w:rsid w:val="006D0E19"/>
     <w:rsid w:val="006D1924"/>
     <w:rsid w:val="006D2D4A"/>
     <w:rsid w:val="006D485C"/>
     <w:rsid w:val="006D5CF5"/>
     <w:rsid w:val="006F2E78"/>
     <w:rsid w:val="00703543"/>
     <w:rsid w:val="00715099"/>
     <w:rsid w:val="00722093"/>
     <w:rsid w:val="00780B6A"/>
     <w:rsid w:val="00787275"/>
     <w:rsid w:val="00791724"/>
     <w:rsid w:val="00794722"/>
     <w:rsid w:val="00796215"/>
     <w:rsid w:val="007B2B4A"/>
+    <w:rsid w:val="007B4EA6"/>
     <w:rsid w:val="007C49E5"/>
     <w:rsid w:val="007D3FE3"/>
     <w:rsid w:val="008002C0"/>
     <w:rsid w:val="008177F9"/>
+    <w:rsid w:val="008341B2"/>
     <w:rsid w:val="00840D65"/>
     <w:rsid w:val="0084328A"/>
     <w:rsid w:val="008437D6"/>
     <w:rsid w:val="0084389E"/>
     <w:rsid w:val="008509AA"/>
     <w:rsid w:val="00864F11"/>
     <w:rsid w:val="00874CB2"/>
     <w:rsid w:val="0088475D"/>
     <w:rsid w:val="00886659"/>
     <w:rsid w:val="008902C2"/>
     <w:rsid w:val="008A46CF"/>
     <w:rsid w:val="008A6362"/>
     <w:rsid w:val="008B6214"/>
     <w:rsid w:val="008E31FD"/>
     <w:rsid w:val="008E5A50"/>
     <w:rsid w:val="008E7550"/>
     <w:rsid w:val="0090438C"/>
     <w:rsid w:val="0092553F"/>
     <w:rsid w:val="00935310"/>
     <w:rsid w:val="00956111"/>
     <w:rsid w:val="00972677"/>
     <w:rsid w:val="009754DD"/>
     <w:rsid w:val="00981207"/>
     <w:rsid w:val="009939FE"/>
     <w:rsid w:val="009A3ED1"/>
     <w:rsid w:val="009A6EBE"/>
     <w:rsid w:val="009B00A3"/>
     <w:rsid w:val="009B71EF"/>
     <w:rsid w:val="009D062C"/>
     <w:rsid w:val="009F41C4"/>
     <w:rsid w:val="009F522F"/>
     <w:rsid w:val="00A04172"/>
+    <w:rsid w:val="00A045E6"/>
     <w:rsid w:val="00A13DEC"/>
     <w:rsid w:val="00A51187"/>
     <w:rsid w:val="00A900EC"/>
     <w:rsid w:val="00AA2328"/>
     <w:rsid w:val="00AC2FB0"/>
     <w:rsid w:val="00AD652C"/>
     <w:rsid w:val="00AE7DB5"/>
     <w:rsid w:val="00AF1951"/>
     <w:rsid w:val="00B1239D"/>
     <w:rsid w:val="00B12BC5"/>
     <w:rsid w:val="00B1767B"/>
     <w:rsid w:val="00B17DAA"/>
     <w:rsid w:val="00B22AC3"/>
     <w:rsid w:val="00B23318"/>
+    <w:rsid w:val="00B27019"/>
     <w:rsid w:val="00B31451"/>
     <w:rsid w:val="00B45D68"/>
     <w:rsid w:val="00B57EBF"/>
     <w:rsid w:val="00B638BF"/>
     <w:rsid w:val="00B700CA"/>
     <w:rsid w:val="00BA153D"/>
     <w:rsid w:val="00BD5287"/>
     <w:rsid w:val="00BF0CA7"/>
+    <w:rsid w:val="00BF47F6"/>
     <w:rsid w:val="00BF656C"/>
+    <w:rsid w:val="00C1391B"/>
+    <w:rsid w:val="00C21A13"/>
     <w:rsid w:val="00C245C2"/>
     <w:rsid w:val="00C368DB"/>
     <w:rsid w:val="00C4458A"/>
     <w:rsid w:val="00C5435F"/>
     <w:rsid w:val="00C55E4E"/>
     <w:rsid w:val="00C623BE"/>
     <w:rsid w:val="00C75763"/>
     <w:rsid w:val="00CA41B6"/>
+    <w:rsid w:val="00CC01FD"/>
     <w:rsid w:val="00CC0E76"/>
     <w:rsid w:val="00CC2862"/>
     <w:rsid w:val="00CC7959"/>
+    <w:rsid w:val="00CD61BE"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD6B04"/>
     <w:rsid w:val="00CE4D0D"/>
     <w:rsid w:val="00D06069"/>
     <w:rsid w:val="00D17554"/>
     <w:rsid w:val="00D3037D"/>
     <w:rsid w:val="00D3218C"/>
     <w:rsid w:val="00D32525"/>
     <w:rsid w:val="00D35560"/>
     <w:rsid w:val="00D376A3"/>
+    <w:rsid w:val="00D52BC1"/>
     <w:rsid w:val="00D9336B"/>
     <w:rsid w:val="00DA212B"/>
     <w:rsid w:val="00DB5F7A"/>
     <w:rsid w:val="00DC1BFF"/>
     <w:rsid w:val="00DC6E51"/>
     <w:rsid w:val="00DD1EF3"/>
+    <w:rsid w:val="00DD6746"/>
     <w:rsid w:val="00E20EA8"/>
     <w:rsid w:val="00E307A6"/>
     <w:rsid w:val="00E42A64"/>
     <w:rsid w:val="00E46083"/>
     <w:rsid w:val="00E47C94"/>
     <w:rsid w:val="00E53254"/>
     <w:rsid w:val="00E53E4B"/>
     <w:rsid w:val="00E55A42"/>
     <w:rsid w:val="00E5616B"/>
     <w:rsid w:val="00E74B44"/>
     <w:rsid w:val="00E80331"/>
     <w:rsid w:val="00E81A35"/>
     <w:rsid w:val="00E827E1"/>
     <w:rsid w:val="00E859F5"/>
     <w:rsid w:val="00EA31BB"/>
     <w:rsid w:val="00EB5E2F"/>
     <w:rsid w:val="00EF25FB"/>
     <w:rsid w:val="00F200E0"/>
     <w:rsid w:val="00F215F3"/>
     <w:rsid w:val="00F37FC7"/>
     <w:rsid w:val="00F537F9"/>
     <w:rsid w:val="00F60E0A"/>
     <w:rsid w:val="00F76BB1"/>
     <w:rsid w:val="00FB1AFE"/>
     <w:rsid w:val="00FC5495"/>
@@ -17372,78 +17648,78 @@
     <w:rsid w:val="6E790EB8"/>
     <w:rsid w:val="6EE5D29D"/>
     <w:rsid w:val="72333DCF"/>
     <w:rsid w:val="7688635C"/>
     <w:rsid w:val="7874F584"/>
     <w:rsid w:val="7F19AE5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="02F8E4DB"/>
   <w15:docId w15:val="{E932B126-C09B-4FA1-B868-3309266DCE4B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -17775,56 +18051,96 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000E1F73"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C21A13"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C21A13"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -18005,90 +18321,138 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00416151"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00416151"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C21A13"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C21A13"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubHeading1">
+    <w:name w:val="SubHeading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SubHeading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C21A13"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubHeading1Char">
+    <w:name w:val="SubHeading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="SubHeading1"/>
+    <w:rsid w:val="00C21A13"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="834957031">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1007904881">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18344,197 +18708,222 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="6399aae3-8672-4ce4-80e8-3c447ec2072d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="c39ee855-e416-4570-86d2-03770a21bc7d"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006AD5C1D09B8E3F48B7B8F4CFC68BBD73" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a43cbf789532a995b6dfd0a408ea8b81">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6399aae3-8672-4ce4-80e8-3c447ec2072d" xmlns:ns4="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="992b90e2ca86e157ccc216f0f27987dc" ns3:_="" ns4:_="">
+    <xsd:import namespace="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
+    <xsd:import namespace="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...13 lines deleted...]
-                <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6399aae3-8672-4ce4-80e8-3c447ec2072d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="15" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:description="" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="16" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:description="" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="19" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="20" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="22" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="25" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3f7588b8-ca18-47a6-a212-967bd78a1a02" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharingHintHash" ma:index="10" nillable="true" ma:displayName="Sharing Hint Hash" ma:description="" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+    <xsd:element name="SharingHintHash" ma:index="12" nillable="true" ma:displayName="Sharing Hint Hash" ma:description="" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
-      </xsd:simpleType>
-[...56 lines deleted...]
-        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -18593,114 +18982,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{894E624A-75CB-4858-AD17-DC6F78CE1F05}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
+    <ds:schemaRef ds:uri="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18BF2059-5D83-4B22-9749-7A65DFE12F8E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{980CFDBB-73FE-472E-858B-F152F0A422E0}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4766B261-910B-46E8-8557-972CE4A933AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="c39ee855-e416-4570-86d2-03770a21bc7d"/>
+    <ds:schemaRef ds:uri="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
+    <ds:schemaRef ds:uri="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{894E624A-75CB-4858-AD17-DC6F78CE1F05}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBCF9211-EB14-4FFA-AF2F-78A4E2359FCD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1193</Words>
-  <Characters>6801</Characters>
+  <Words>1227</Words>
+  <Characters>6996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Rhode Island College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7979</CharactersWithSpaces>
+  <CharactersWithSpaces>8207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rhode Island College</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101008547CA9E9854E84DB25AC0A9A6AEA1A5</vt:lpwstr>
+    <vt:lpwstr>0x0101006AD5C1D09B8E3F48B7B8F4CFC68BBD73</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>56f98ceb-b6b8-422a-94f1-530fe344c2b5</vt:lpwstr>
   </property>
 </Properties>
 </file>