--- v0 (2025-11-01)
+++ v1 (2026-03-28)
@@ -1,1727 +1,1760 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="-104"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="14" w:type="dxa"/>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:bottom w:w="29" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="7910"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C66C80" w:rsidRPr="00C66C80" w14:paraId="059375D0" w14:textId="77777777" w:rsidTr="006C6850">
+      <w:tr w:rsidR="00C66C80" w:rsidRPr="007E6A95" w14:paraId="059375D0" w14:textId="77777777" w:rsidTr="00FC23B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08B2D51E" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00C66C80">
+          <w:p w14:paraId="08B2D51E" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00FC23B7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0B4F59D8" w14:textId="50B7BC41" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00C66C80">
+          <w:p w14:paraId="0B4F59D8" w14:textId="50B7BC41" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00FC23B7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7910" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3675A1" w14:textId="0E48AB70" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00C66C80">
+          <w:p w14:paraId="7E3675A1" w14:textId="70F3DDB0" w:rsidR="00C66C80" w:rsidRPr="007E6A95" w:rsidRDefault="00C66C80" w:rsidP="00FC23B7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Completed by: ___________________________________</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006C6850">
+              <w:t>Completed by: __________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6850" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006C6850">
+            <w:r w:rsidR="006C6850" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41F83800" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00C66C80">
+          <w:p w14:paraId="41F83800" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRPr="007E6A95" w:rsidRDefault="00C66C80" w:rsidP="00FC23B7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A4B8A3E" w14:textId="619034FD" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00C66C80">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0F031D9B" w14:textId="09893CF3" w:rsidR="00C66C80" w:rsidRPr="007E6A95" w:rsidRDefault="00C66C80" w:rsidP="00FC23B7">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Heading1Char"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Phone: _________</w:t>
             </w:r>
-            <w:r w:rsidR="006C6850">
+            <w:r w:rsidR="006C6850" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">__ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Email: _______________________</w:t>
             </w:r>
-            <w:r w:rsidR="006C6850">
+            <w:r w:rsidR="006C6850" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Heading1Char"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_____________</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F031D9B" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRPr="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="00C66C80">
-[...10 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AEF35E6" w14:textId="77777777" w:rsidR="00A04A5D" w:rsidRPr="00C66C80" w:rsidRDefault="00A04A5D" w:rsidP="001D2AC6">
+    <w:p w14:paraId="0AEF35E6" w14:textId="77777777" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="001D2AC6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A91542B" w14:textId="0E682C91" w:rsidR="00A04A5D" w:rsidRPr="00C66C80" w:rsidRDefault="00332337" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="7A91542B" w14:textId="0019CB98" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C6850">
+      <w:r w:rsidR="00332337" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Bi-</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Annual</w:t>
+      </w:r>
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Annual</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> DD Employment and Day Activity Surve</w:t>
       </w:r>
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:t>y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425841E9" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="00C66C80" w:rsidRDefault="00AD4C9E" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="425841E9" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="007E6A95" w:rsidRDefault="00AD4C9E" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5305"/>
         <w:gridCol w:w="5130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E767C3" w:rsidRPr="00C66C80" w14:paraId="25E0FEA7" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E767C3" w:rsidRPr="007E6A95" w14:paraId="25E0FEA7" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:trPr>
-          <w:trHeight w:val="3905"/>
+          <w:trHeight w:val="4500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5305" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38547090" w14:textId="34007E3F" w:rsidR="00586A97" w:rsidRPr="00C66C80" w:rsidRDefault="00586A97" w:rsidP="00586A97">
+          <w:p w14:paraId="38547090" w14:textId="34007E3F" w:rsidR="00586A97" w:rsidRPr="007E6A95" w:rsidRDefault="00586A97" w:rsidP="00586A97">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ONLINE SURVEY</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="793818D8" w14:textId="77777777" w:rsidR="00586A97" w:rsidRPr="00C66C80" w:rsidRDefault="00586A97" w:rsidP="00A04A5D">
+          <w:p w14:paraId="793818D8" w14:textId="77777777" w:rsidR="00586A97" w:rsidRPr="007E6A95" w:rsidRDefault="00586A97" w:rsidP="00A04A5D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CE3BCD1" w14:textId="5EEF35AC" w:rsidR="00A04A5D" w:rsidRPr="00C66C80" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1CE3BCD1" w14:textId="7528FD25" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>To complete your survey online, use the link below or scan the QR code.</w:t>
             </w:r>
-            <w:r w:rsidR="0071709B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="0071709B" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>The online survey</w:t>
             </w:r>
-            <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>, available in English and Spanish,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve"> will be open </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006C6850">
+              <w:t xml:space="preserve"> will be open from </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">from </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006C6850" w:rsidRPr="006C6850">
+              <w:t>May</w:t>
+            </w:r>
+            <w:r w:rsidR="00852B48" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>November</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00852B48" w:rsidRPr="006C6850">
+              <w:t xml:space="preserve"> 1 and close on </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1 and close on </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006C6850" w:rsidRPr="006C6850">
+              <w:t>May 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00852B48" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>November 17</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00852B48" w:rsidRPr="006C6850">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>, 2025.</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="BodyText"/>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00852B48" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="77E98E92" w14:textId="269D72B5" w:rsidR="00242A58" w:rsidRPr="008C4A96" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="663F2CA8" w14:textId="77777777" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+          </w:p>
+          <w:p w14:paraId="77E98E92" w14:textId="269D72B5" w:rsidR="00242A58" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t xml:space="preserve">Online Survey Link: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1506EBA1" w14:textId="01465702" w:rsidR="00852B48" w:rsidRDefault="006A243C" w:rsidP="00852B48">
-[...1 lines deleted...]
-              <w:pStyle w:val="BodyText"/>
+          <w:p w14:paraId="0D22AA2E" w14:textId="77777777" w:rsidR="007E6A95" w:rsidRDefault="0023196D" w:rsidP="007E6A95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="008C4A96" w:rsidRPr="00190697">
+              <w:r w:rsidR="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
-                <w:t>https://bit.ly/biannualsurvey2025</w:t>
+                <w:t>https://bit.ly/annualsurvey2026</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="008C4A96">
-[...20 lines deleted...]
-                <w:color w:val="auto"/>
+          </w:p>
+          <w:p w14:paraId="05E770AB" w14:textId="322A0664" w:rsidR="007E6A95" w:rsidRPr="00EB0175" w:rsidRDefault="007E6A95" w:rsidP="007E6A95">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:noProof/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CCA042E" wp14:editId="7CA37A72">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Picture 1"/>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1ADA0E50" wp14:editId="6F2806B6">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-811</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>83207</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="945931" cy="1221714"/>
+                  <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="8" name="Picture 8"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="Picture 1"/>
-                          <pic:cNvPicPr/>
+                          <pic:cNvPr id="0" name="Picture 3"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
+                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr>
+                        <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="969979" cy="1252728"/>
+                            <a:ext cx="960714" cy="1240807"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                </wp:inline>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
               </w:drawing>
             </w:r>
+            <w:r w:rsidRPr="00EB0175">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1506EBA1" w14:textId="279C4C5B" w:rsidR="00852B48" w:rsidRPr="007E6A95" w:rsidRDefault="00852B48" w:rsidP="00852B48">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0284A59F" w14:textId="77777777" w:rsidR="008C4A96" w:rsidRPr="007E6A95" w:rsidRDefault="008C4A96" w:rsidP="00852B48">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A432A20" w14:textId="54B1428A" w:rsidR="00852B48" w:rsidRPr="007E6A95" w:rsidRDefault="00852B48" w:rsidP="00852B48">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23EBDD3E" w14:textId="6E407116" w:rsidR="00A04A5D" w:rsidRPr="00C66C80" w:rsidRDefault="00586A97" w:rsidP="00586A97">
+          <w:p w14:paraId="23EBDD3E" w14:textId="6E407116" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00586A97" w:rsidP="00586A97">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>PAPER SURVEY</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="335EACFE" w14:textId="77777777" w:rsidR="00586A97" w:rsidRPr="00C66C80" w:rsidRDefault="00586A97" w:rsidP="00A04A5D">
+          <w:p w14:paraId="335EACFE" w14:textId="77777777" w:rsidR="00586A97" w:rsidRPr="007E6A95" w:rsidRDefault="00586A97" w:rsidP="00A04A5D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="521E3065" w14:textId="10F6E82D" w:rsidR="00586A97" w:rsidRPr="00C66C80" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="521E3065" w14:textId="10F6E82D" w:rsidR="00586A97" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Return completed </w:t>
             </w:r>
-            <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>aper</w:t>
             </w:r>
-            <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">survey to the Sherlock Center using the business reply envelope provided with your packet </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> by fax or mail using the information below. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31A04F02" w14:textId="77777777" w:rsidR="00586A97" w:rsidRPr="00C66C80" w:rsidRDefault="00586A97" w:rsidP="00A04A5D">
-[...10 lines deleted...]
-          <w:p w14:paraId="557C37F8" w14:textId="3F6C760F" w:rsidR="00A04A5D" w:rsidRPr="00A82758" w:rsidRDefault="4C59BB77" w:rsidP="439CA6E3">
+          <w:p w14:paraId="31A04F02" w14:textId="77777777" w:rsidR="00586A97" w:rsidRPr="007E6A95" w:rsidRDefault="00586A97" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="557C37F8" w14:textId="1354798E" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="4C59BB77" w:rsidP="439CA6E3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Please </w:t>
             </w:r>
-            <w:r w:rsidR="45D9941B" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="45D9941B" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">return </w:t>
             </w:r>
-            <w:r w:rsidR="1B7F2C31" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="1B7F2C31" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">the survey </w:t>
             </w:r>
-            <w:r w:rsidR="45D9941B" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="45D9941B" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">by </w:t>
             </w:r>
-            <w:r w:rsidR="1CD85DDC" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="1CD85DDC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">mail or fax </w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">by </w:t>
             </w:r>
-            <w:r w:rsidR="006C6850" w:rsidRPr="006C6850">
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Monday</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="6F4A0F73" w:rsidRPr="006C6850">
+              <w:t>Friday, May 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00332337" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00332337" w:rsidRPr="006C6850">
+            <w:r w:rsidR="1CD85DDC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006C6850" w:rsidRPr="006C6850">
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>November 17</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00332337" w:rsidRPr="006C6850">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="1CD85DDC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="1CD85DDC" w:rsidRPr="006C6850">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00332337" w:rsidRPr="006C6850">
+          </w:p>
+          <w:p w14:paraId="47E6C65B" w14:textId="77777777" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r w:rsidR="1CD85DDC" w:rsidRPr="006C6850">
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C264A6B" w14:textId="77777777" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="439CA6E3">
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
-                <w:bCs/>
-[...9 lines deleted...]
-              <w:pStyle w:val="BodyText"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Mail to:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7401D50B" w14:textId="63C59662" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Sherlock Center RI College</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EEAAD7" w14:textId="77777777" w:rsidR="006A243C" w:rsidRPr="007E6A95" w:rsidRDefault="006A243C" w:rsidP="006A243C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attn: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Allison Wolfe</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0556EF9A" w14:textId="77777777" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>600 Mt. Pleasant Avenue</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="733289EF" w14:textId="77777777" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Providence, RI 02908</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38E04EA3" w14:textId="77777777" w:rsidR="0071709B" w:rsidRPr="007E6A95" w:rsidRDefault="0071709B" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DB3CD89" w14:textId="77B15BFB" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-            </w:pPr>
-[...126 lines deleted...]
-              </w:rPr>
               <w:t>Fax to:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> 401-456-8150</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AF0F3F5" w14:textId="5DA90431" w:rsidR="00A04A5D" w:rsidRPr="00C66C80" w:rsidRDefault="00A04A5D" w:rsidP="001E6CF9">
+    <w:p w14:paraId="3AF0F3F5" w14:textId="5DA90431" w:rsidR="00A04A5D" w:rsidRPr="007E6A95" w:rsidRDefault="00A04A5D" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3812B826" w14:textId="01C993CE" w:rsidR="00586A97" w:rsidRPr="00C66C80" w:rsidRDefault="007C4875" w:rsidP="00586A97">
+    <w:p w14:paraId="3812B826" w14:textId="01C993CE" w:rsidR="00586A97" w:rsidRPr="007E6A95" w:rsidRDefault="007C4875" w:rsidP="00586A97">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GETTING</w:t>
       </w:r>
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> STARTED!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C3FAA9E" w14:textId="446BD9FD" w:rsidR="00E23242" w:rsidRPr="00C66C80" w:rsidRDefault="00E23242" w:rsidP="001E6CF9">
+    <w:p w14:paraId="1C3FAA9E" w14:textId="446BD9FD" w:rsidR="00E23242" w:rsidRPr="007E6A95" w:rsidRDefault="00E23242" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:softHyphen/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A584D8C" w14:textId="69A06FFE" w:rsidR="00E23242" w:rsidRPr="00C66C80" w:rsidRDefault="00E23242" w:rsidP="001E6CF9">
+    <w:p w14:paraId="0A584D8C" w14:textId="69A06FFE" w:rsidR="00E23242" w:rsidRPr="007E6A95" w:rsidRDefault="00E23242" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Please answer </w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>questions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 and 2. </w:t>
       </w:r>
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Depending on </w:t>
       </w:r>
-      <w:r w:rsidR="00B85E30" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B85E30" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> answer </w:t>
       </w:r>
-      <w:r w:rsidR="00B85E30" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B85E30" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Question </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, you will be </w:t>
       </w:r>
-      <w:r w:rsidR="00B85E30" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B85E30" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">asked </w:t>
       </w:r>
-      <w:r w:rsidR="00586A97" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00586A97" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">complete </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">questions 3 – 6 on page 2 and the </w:t>
       </w:r>
-      <w:r w:rsidR="008E63FD" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="008E63FD" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">additional </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">sections listed. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70877AC1" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="70877AC1" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A122AF2" w14:textId="6ED80975" w:rsidR="0011582D" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="009133AC">
+    <w:p w14:paraId="7A122AF2" w14:textId="6ED80975" w:rsidR="0011582D" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>What best describes where you live:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15EC7EE6" w14:textId="77777777" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00DB3559" w:rsidP="001E6CF9">
+    <w:p w14:paraId="15EC7EE6" w14:textId="77777777" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00DB3559" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>___ My own home/apartment</w:t>
       </w:r>
-      <w:r w:rsidR="00A90125" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00A90125" w:rsidRPr="007E6A95">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>___ Family home/apartment</w:t>
       </w:r>
-      <w:r w:rsidR="00A90125" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00A90125" w:rsidRPr="007E6A95">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7112B1" w14:textId="2F08FD8A" w:rsidR="00C212EF" w:rsidRPr="00C66C80" w:rsidRDefault="00DB3559" w:rsidP="001E6CF9">
+    <w:p w14:paraId="1A7112B1" w14:textId="2F08FD8A" w:rsidR="00C212EF" w:rsidRPr="007E6A95" w:rsidRDefault="00DB3559" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">___ Shared Living </w:t>
       </w:r>
-      <w:r w:rsidR="00E11C49">
+      <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
         <w:t>(SLA)</w:t>
       </w:r>
-      <w:r w:rsidR="00A90125" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00A90125" w:rsidRPr="007E6A95">
         <w:t>, list provider name: _________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDDD265" w14:textId="77777777" w:rsidR="00073C81" w:rsidRPr="00C66C80" w:rsidRDefault="00073C81" w:rsidP="007C4875">
+    <w:p w14:paraId="6FDDD265" w14:textId="77777777" w:rsidR="00073C81" w:rsidRPr="007E6A95" w:rsidRDefault="00073C81" w:rsidP="007C4875">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3ED13F79" w14:textId="2B428063" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="009133AC">
+    <w:p w14:paraId="3ED13F79" w14:textId="036A0C52" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31, 2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1498" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">, which of the following activities did you do? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7CC997" w14:textId="2E5FDAA1" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="007C4875" w:rsidP="00976DEE">
+    <w:p w14:paraId="7C7CC997" w14:textId="2E5FDAA1" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="007C4875" w:rsidP="00976DEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>Put</w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> an </w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4E8E61" w14:textId="77777777" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
+    <w:p w14:paraId="5A4E8E61" w14:textId="77777777" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F772C12" w14:textId="4A2F0654" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="5F772C12" w14:textId="4A2F0654" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="810" w:hanging="450"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>___ I participated in activities to help me to develop job skills or to find, choose, get or keep a job</w:t>
       </w:r>
-      <w:r w:rsidR="001A33E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001A33E4" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">(Complete </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">questions on page 2 and </w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Section: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Supported Employment</w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>page 3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083C9098" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="083C9098" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="810" w:hanging="450"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">_ I worked at a job paid by the employer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057C618C" w14:textId="62E64AB7" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="057C618C" w14:textId="62E64AB7" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="810"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(Complete </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">questions on page 2 </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Section: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Job on Employer Payroll</w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>on page 5.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6335D47A" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="6335D47A" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="810" w:hanging="450"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">___ I worked at a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>Self-Employed job.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="790181CE" w14:textId="08454738" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="790181CE" w14:textId="08454738" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="810"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">(Complete </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">questions on page 2 </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Section:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Self-Employed</w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> on page </w:t>
       </w:r>
-      <w:r w:rsidR="001A33E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001A33E4" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639A600A" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="639A600A" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="810" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">___ I participated in social, recreational, educational or other unpaid activities taking place at a community or public place. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A38E0BE" w14:textId="298D62B0" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="5A38E0BE" w14:textId="298D62B0" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">(Complete </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">questions on page 2 </w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4C9E" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00AD4C9E" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Section: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Community Activity</w:t>
       </w:r>
-      <w:r w:rsidR="003317E8" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003317E8" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> on page </w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5312B170" w14:textId="161A87DA" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
+    <w:p w14:paraId="5312B170" w14:textId="161A87DA" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>___ None of the above. If none, what was the primary reason? P</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> answer</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2DFC6B" w14:textId="77777777" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
+    <w:p w14:paraId="0F2DFC6B" w14:textId="77777777" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50A7C040" w14:textId="097FBC32" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
+    <w:p w14:paraId="50A7C040" w14:textId="097FBC32" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="810"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>___Health Issue   ___Lack of supports ___Other: ____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344D8733" w14:textId="2B58D1EC" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00601761" w:rsidP="00976DEE">
+    <w:p w14:paraId="344D8733" w14:textId="2B58D1EC" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00601761" w:rsidP="00976DEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="810"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5602455C" wp14:editId="7E1ECE5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-38100</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>177800</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6962775" cy="876300"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -1752,36121 +1785,35846 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex">
             <w:pict w14:anchorId="33ACA907">
               <v:rect id="Rectangle 3" style="position:absolute;margin-left:-3pt;margin-top:14pt;width:548.25pt;height:69pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" filled="f" strokecolor="#161616 [334]" strokeweight="1pt" w14:anchorId="6585295A" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDL4rN3nwIAAKgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L7sJkEDEBkUgqkoU&#10;EFBxdrx2diXb49pONumv79jebCilPVTNwfF8vdl5npmLy61WZCOcb8FUdHRUUiIMh7o1q4p+e775&#10;dEaJD8zUTIERFd0JTy/nHz9cdHYmxtCAqoUjCGL8rLMVbUKws6LwvBGa+SOwwqBRgtMsoOhWRe1Y&#10;h+haFeOynBQduNo64MJ71F5nI50nfCkFD/dSehGIqih+W0inS+cynsX8gs1Wjtmm5f1nsH/4Cs1a&#10;g0kHqGsWGFm79jco3XIHHmQ44qALkLLlItWA1YzKN9U8NcyKVAuS4+1Ak/9/sPxu8+BIW1f0mBLD&#10;ND7RI5LGzEoJchzp6ayfodeTfXC95PEaa91Kp+M/VkG2idLdQKnYBsJROTmfjKfTU0o42s6mk+My&#10;cV4coq3z4bMATeKlog6zJybZ5tYHzIiue5eYzMBNq1R6NmWiwoNq66hLQuwbcaUc2TB88eVqnLDU&#10;Wn+FOutGJf5iYQic2iy6Z+mAhLaIXsTic7npFnZKxDTKPAqJrGGBOcEAlHMwzoUJo5TbN6wWWX36&#10;x9QJMCJLLGTA7gF+rWmPnSvo/WOoSO0+BJc5+9+Ch4iUGUwYgnVrwL0HoLCqPnP235OUqYksLaHe&#10;YU85yMPmLb9p8WlvmQ8PzOF04Rzixgj3eEgFXUWhv1HSgPvxnj76Y9OjlZIOp7Wi/vuaOUGJ+mJw&#10;HM5HJydxvJNwcjodo+BeW5avLWatrwDbY4S7yfJ0jf5B7a/SgX7BxbKIWdHEDMfcFeXB7YWrkLcI&#10;riYuFovkhiNtWbg1T5ZH8MhqbN3n7Qtztu/vgJNxB/vJZrM3bZ59Y6SBxTqAbNMMHHjt+cZ1kHq2&#10;X11x37yWk9dhwc5/AgAA//8DAFBLAwQUAAYACAAAACEAcmNvg94AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF75P4D5GRuG0JQ1SjNJ0QaBJCXLYhcc0ar6lonNKkW/vv8U7sZFvv6fl7&#10;xXr0rThhH5tAGu4XCgRSFWxDtYav/Wa+AhGTIWvaQKhhwgjr8mZWmNyGM23xtEu14BCKudHgUupy&#10;KWPl0Ju4CB0Sa8fQe5P47Gtpe3PmcN/KpVKZ9KYh/uBMh68Oq5/d4DX4t8/95uim+Ft9q/eh/3io&#10;00Ra392OL88gEo7p3wwXfEaHkpkOYSAbRathnnGVpGG54nnR1ZN6BHHgLWNJloW8rlD+AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMvis3efAgAAqAUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHJjb4PeAAAACgEAAA8AAAAAAAAAAAAAAAAA+QQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C70F640" w14:textId="6E4A16C7" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="004C1903">
+    <w:p w14:paraId="0C70F640" w14:textId="6E4A16C7" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="004C1903">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="810"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A44C022" w14:textId="6A8BD135" w:rsidR="00AD4C9E" w:rsidRPr="00C66C80" w:rsidRDefault="00AD4C9E" w:rsidP="009133AC">
+    <w:p w14:paraId="6A44C022" w14:textId="6A8BD135" w:rsidR="00AD4C9E" w:rsidRPr="007E6A95" w:rsidRDefault="00AD4C9E" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">In Question 2, if you put an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to 1 or more activities, continue to Question 3 on page 2. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E5DDEF" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="00C66C80" w:rsidRDefault="00AD4C9E" w:rsidP="00AD4C9E">
+    <w:p w14:paraId="10E5DDEF" w14:textId="77777777" w:rsidR="00AD4C9E" w:rsidRPr="007E6A95" w:rsidRDefault="00AD4C9E" w:rsidP="00AD4C9E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74432E06" w14:textId="4EE5653B" w:rsidR="004C1903" w:rsidRPr="00C66C80" w:rsidRDefault="004C1903" w:rsidP="009133AC">
+    <w:p w14:paraId="74432E06" w14:textId="4EE5653B" w:rsidR="004C1903" w:rsidRPr="007E6A95" w:rsidRDefault="004C1903" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>In Question 2, i</w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:t>f you</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> put an </w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to</w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>“None of the above”</w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">your survey is complete. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69933E6E" w14:textId="3AA8EFA3" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="004C1903">
+    <w:p w14:paraId="69933E6E" w14:textId="3AA8EFA3" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="004C1903">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Please return your survey </w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:t>using the directions at the top of this page</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007100E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t>Thank you!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7B5B6E" w14:textId="77777777" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="007100E4">
+    <w:p w14:paraId="7F7B5B6E" w14:textId="77777777" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="007100E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="810"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F790410" w14:textId="77777777" w:rsidR="004C1903" w:rsidRPr="00C66C80" w:rsidRDefault="004C1903" w:rsidP="004C1903">
+    <w:p w14:paraId="5F790410" w14:textId="77777777" w:rsidR="004C1903" w:rsidRPr="007E6A95" w:rsidRDefault="004C1903" w:rsidP="004C1903">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FF79CED" w14:textId="77777777" w:rsidR="00976DEE" w:rsidRPr="00C66C80" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
+    <w:p w14:paraId="6FF79CED" w14:textId="77777777" w:rsidR="00976DEE" w:rsidRPr="007E6A95" w:rsidRDefault="00976DEE" w:rsidP="00976DEE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="810"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38F3B51B" w14:textId="7F7D20AE" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="009133AC">
+    <w:p w14:paraId="38F3B51B" w14:textId="7F7D20AE" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>Do you get support from an organization</w:t>
       </w:r>
-      <w:r w:rsidR="00B77433" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B77433" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> (not your </w:t>
       </w:r>
-      <w:r w:rsidR="00976DEE" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00976DEE" w:rsidRPr="007E6A95">
         <w:t>Fiscal Intermediary)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> to help with your job or community activities?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C91790" w14:textId="77777777" w:rsidR="00E11C49" w:rsidRDefault="00E11C49" w:rsidP="001E6CF9">
+    <w:p w14:paraId="43C91790" w14:textId="77777777" w:rsidR="00E11C49" w:rsidRPr="007E6A95" w:rsidRDefault="00E11C49" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="717AE3B8" w14:textId="06F36DD4" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
+    <w:p w14:paraId="717AE3B8" w14:textId="06F36DD4" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">___No ___Yes, list </w:t>
       </w:r>
-      <w:r w:rsidR="00B77433" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B77433" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>organization</w:t>
       </w:r>
-      <w:r w:rsidR="00283DF1" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00283DF1" w:rsidRPr="007E6A95">
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidR="0EB1AD41" w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0EB1AD41" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
-      <w:r w:rsidR="00283DF1" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00283DF1" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
-      <w:r w:rsidR="0EB1AD41" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0EB1AD41" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0385DA7D" w14:textId="1499B5F9" w:rsidR="00897B31" w:rsidRPr="00E11C49" w:rsidRDefault="00480C35" w:rsidP="00E11C49">
+    <w:p w14:paraId="0385DA7D" w14:textId="1499B5F9" w:rsidR="00897B31" w:rsidRPr="007E6A95" w:rsidRDefault="00480C35" w:rsidP="00E11C49">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCBE9B2" w14:textId="1AE8BD31" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="009133AC">
+    <w:p w14:paraId="0BCBE9B2" w14:textId="186D79A2" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31, 2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1498" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>, d</w:t>
       </w:r>
-      <w:r w:rsidR="008333AA" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="008333AA" w:rsidRPr="007E6A95">
         <w:t>id</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5002" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00BD5002" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> you receive</w:t>
       </w:r>
-      <w:r w:rsidR="4549DD5B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="4549DD5B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A7D99" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="004A7D99" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>informati</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5002" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00BD5002" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">on to learn how </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>wages</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5002" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00BD5002" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>affect</w:t>
       </w:r>
-      <w:r w:rsidR="004A7D99" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="004A7D99" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">your Social Security </w:t>
       </w:r>
-      <w:r w:rsidR="00C212EF" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00C212EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">and other </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>benefits (</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A28" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A7D99" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="004A7D99" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">SSI, SSDI, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00BD5002" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00BD5002" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A7D99" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="004A7D99" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>health insurance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">)? </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Put an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> next to all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC69CB7" w14:textId="2D76E0F0" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00C313C1">
+    <w:p w14:paraId="1BC69CB7" w14:textId="2D76E0F0" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00C313C1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4950"/>
         <w:gridCol w:w="5490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A032DC" w:rsidRPr="00C66C80" w14:paraId="2498F0CC" w14:textId="77777777" w:rsidTr="00E11C49">
+      <w:tr w:rsidR="00A032DC" w:rsidRPr="007E6A95" w14:paraId="2498F0CC" w14:textId="77777777" w:rsidTr="00E11C49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCAAB76" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="6DCAAB76" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>___ No information received</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1320BB57" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1320BB57" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>___ Provided written materials</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5658776E" w14:textId="02135B56" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+          <w:p w14:paraId="5658776E" w14:textId="02135B56" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="434" w:hanging="434"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Attended </w:t>
             </w:r>
-            <w:r w:rsidR="00655CF0">
+            <w:r w:rsidR="00655CF0" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">ork </w:t>
             </w:r>
-            <w:r w:rsidR="00655CF0">
+            <w:r w:rsidR="00655CF0" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>ncentive information session</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22983707" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+          <w:p w14:paraId="22983707" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="420" w:hanging="450"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>___ Visited the Social Security Administration website</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4483BC84" w14:textId="6969C562" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+          <w:p w14:paraId="4483BC84" w14:textId="6969C562" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="432" w:hanging="432"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Spoke with </w:t>
             </w:r>
-            <w:r w:rsidR="00637198" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00637198" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> Social Security Administration </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>epresentative</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50A2C982" w14:textId="37F74BF8" w:rsidR="00E11C49" w:rsidRPr="00C66C80" w:rsidRDefault="00E11C49" w:rsidP="00E11C49">
+          <w:p w14:paraId="50A2C982" w14:textId="37F74BF8" w:rsidR="00E11C49" w:rsidRPr="007E6A95" w:rsidRDefault="00E11C49" w:rsidP="00E11C49">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...18 lines deleted...]
-          <w:p w14:paraId="211BFA33" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00C313C1">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>___ Attended an individual counseling session with a Certified Work Incentives Benefits Counselor (CWIC)*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="211BFA33" w14:textId="77777777" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00C313C1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5490" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3490A7DA" w14:textId="7BA85363" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="3490A7DA" w14:textId="7BA85363" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Called the Ticket to Work Helpline </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C8435CE" w14:textId="252A39F1" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+          <w:p w14:paraId="2C8435CE" w14:textId="252A39F1" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Written </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">enefits </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">lan received from a Certified Work Incentives Benefits Counselor </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(CWIC)</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="213AA3BE" w14:textId="5FFDAC03" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
+          <w:p w14:paraId="213AA3BE" w14:textId="5FFDAC03" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00A032DC" w:rsidP="00A032DC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Written </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">enefits </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>lan in process by a Certified Work Incentives Benefits Counselor (CWIC)</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CC9AB42" w14:textId="77777777" w:rsidR="00FF061D" w:rsidRPr="00C66C80" w:rsidRDefault="00FF061D" w:rsidP="00A032DC">
+          <w:p w14:paraId="7CC9AB42" w14:textId="77777777" w:rsidR="00FF061D" w:rsidRPr="007E6A95" w:rsidRDefault="00FF061D" w:rsidP="00A032DC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="495A4294" w14:textId="21BCEAA6" w:rsidR="00A032DC" w:rsidRPr="00C66C80" w:rsidRDefault="00E11C49" w:rsidP="00FF061D">
+          <w:p w14:paraId="495A4294" w14:textId="21BCEAA6" w:rsidR="00A032DC" w:rsidRPr="007E6A95" w:rsidRDefault="00E11C49" w:rsidP="00FF061D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="-14" w:firstLine="14"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">A CWIC is a Certified Work Incentives Benefits Counselor. </w:t>
             </w:r>
-            <w:r w:rsidR="00A032DC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00A032DC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
-            <w:r w:rsidR="004F48F0" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="004F48F0" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>List</w:t>
             </w:r>
-            <w:r w:rsidR="00A032DC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00A032DC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> B for a list of </w:t>
             </w:r>
-            <w:r w:rsidR="00114BA6" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00114BA6" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhode Island </w:t>
             </w:r>
-            <w:r w:rsidR="00A032DC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00A032DC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>CWICs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7071234C" w14:textId="50F9453C" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="12660AAB">
+    <w:p w14:paraId="7071234C" w14:textId="50F9453C" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2938AEC4" w14:textId="61B16030" w:rsidR="004A7D99" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="009133AC">
+    <w:p w14:paraId="2938AEC4" w14:textId="3D8B2891" w:rsidR="004A7D99" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31, 2025</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1498" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>, w</w:t>
       </w:r>
-      <w:r w:rsidR="281B5F53" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="281B5F53" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">hat </w:t>
       </w:r>
-      <w:r w:rsidR="008333AA" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="008333AA" w:rsidRPr="007E6A95">
         <w:t>best describes</w:t>
       </w:r>
-      <w:r w:rsidR="281B5F53" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="281B5F53" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">activity </w:t>
       </w:r>
-      <w:r w:rsidR="281B5F53" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="281B5F53" w:rsidRPr="007E6A95">
         <w:t>with the Office of Rehabilitation Services (ORS)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A09C85" w14:textId="77777777" w:rsidR="00897B31" w:rsidRPr="00C66C80" w:rsidRDefault="00897B31" w:rsidP="001E6CF9">
+    <w:p w14:paraId="05A09C85" w14:textId="77777777" w:rsidR="00897B31" w:rsidRPr="007E6A95" w:rsidRDefault="00897B31" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="445" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4680"/>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A90125" w:rsidRPr="00C66C80" w14:paraId="48663FEC" w14:textId="3780F328" w:rsidTr="12660AAB">
+      <w:tr w:rsidR="00A90125" w:rsidRPr="007E6A95" w14:paraId="48663FEC" w14:textId="3780F328" w:rsidTr="12660AAB">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D68A935" w14:textId="237AF4E8" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="7D68A935" w14:textId="237AF4E8" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>No activity with ORS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A32FB0C" w14:textId="40D7227E" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4A32FB0C" w14:textId="40D7227E" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="434" w:hanging="434"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:tab/>
               <w:t>I a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>pplied for services or have an a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>pplication pending</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="358602DB" w14:textId="36749F7E" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="358602DB" w14:textId="36749F7E" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>I have an open case (new or ongoing)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="087A72C1" w14:textId="073CFCB8" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="12660AAB">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="087A72C1" w14:textId="073CFCB8" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="12660AAB">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>My case was c</w:t>
             </w:r>
-            <w:r w:rsidRPr="12660AAB">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>losed-</w:t>
             </w:r>
-            <w:r w:rsidR="47973EB0" w:rsidRPr="12660AAB">
+            <w:r w:rsidR="47973EB0" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="13C30901" w:rsidRPr="12660AAB">
+            <w:r w:rsidR="13C30901" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="12660AAB">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">uccess </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20D5E2B0" w14:textId="410E837D" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="12660AAB">
+          <w:p w14:paraId="20D5E2B0" w14:textId="410E837D" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="12660AAB">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="12660AAB">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>My case was closed-</w:t>
             </w:r>
-            <w:r w:rsidR="057B7B81" w:rsidRPr="12660AAB">
+            <w:r w:rsidR="057B7B81" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="12660AAB">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">ther </w:t>
             </w:r>
-            <w:r w:rsidR="6C0064DD" w:rsidRPr="12660AAB">
+            <w:r w:rsidR="6C0064DD" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="12660AAB">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>eason</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B326695" w14:textId="679638E5" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4B326695" w14:textId="679638E5" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09119012" w14:textId="4A38D08B" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
+    <w:p w14:paraId="09119012" w14:textId="4A38D08B" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41254F21" w14:textId="77777777" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
+    <w:p w14:paraId="41254F21" w14:textId="77777777" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C96AC78" w14:textId="2A4CA6B7" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="009133AC">
+    <w:p w14:paraId="7C96AC78" w14:textId="2A4CA6B7" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>Which of the following technology do you own (e.g., a device t</w:t>
       </w:r>
-      <w:r w:rsidR="00B60AE5" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B60AE5" w:rsidRPr="007E6A95">
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">at is yours and that you do not need to give back)? Put an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="363EB0E9" w14:textId="77777777" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="00627E96">
+    <w:p w14:paraId="363EB0E9" w14:textId="77777777" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="00627E96">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5130"/>
         <w:gridCol w:w="5395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00627E96" w:rsidRPr="00C66C80" w14:paraId="73D46A11" w14:textId="77777777" w:rsidTr="00B60AE5">
+      <w:tr w:rsidR="00627E96" w:rsidRPr="007E6A95" w14:paraId="73D46A11" w14:textId="77777777" w:rsidTr="00B60AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F348044" w14:textId="77777777" w:rsidR="008F127A" w:rsidRPr="00C66C80" w:rsidRDefault="008F127A" w:rsidP="008F127A">
+          <w:p w14:paraId="1F348044" w14:textId="77777777" w:rsidR="008F127A" w:rsidRPr="007E6A95" w:rsidRDefault="008F127A" w:rsidP="008F127A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="166"/>
               </w:tabs>
               <w:ind w:left="436" w:hanging="436"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk130476151"/>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ None (I do not own any of the technology listed.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B773822" w14:textId="56C185E9" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="6B773822" w14:textId="56C185E9" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Cell </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>hone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D885525" w14:textId="4D0CCCB0" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="6D885525" w14:textId="4D0CCCB0" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Computer or </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>aptop</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="199881EC" w14:textId="77777777" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="199881EC" w14:textId="77777777" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Tablet (e.g., iPad, Amazon Fire)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DB8FDA1" w14:textId="77777777" w:rsidR="00FF061D" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="00FF061D">
+          <w:p w14:paraId="5DB8FDA1" w14:textId="77777777" w:rsidR="00FF061D" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="00FF061D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Smart Speaker (e.g., Amazon Echo, Google Nest)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D6790AE" w14:textId="076F0521" w:rsidR="00FF061D" w:rsidRDefault="00FF061D" w:rsidP="00FF061D">
+          <w:p w14:paraId="4D6790AE" w14:textId="076F0521" w:rsidR="00FF061D" w:rsidRPr="007E6A95" w:rsidRDefault="00FF061D" w:rsidP="00FF061D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Smart </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>atch (e.g., Apple, Samsung Galaxy, Fitbit Sense)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49247125" w14:textId="3965AC46" w:rsidR="00A10FE6" w:rsidRPr="00C66C80" w:rsidRDefault="00A10FE6" w:rsidP="00FF061D">
+          <w:p w14:paraId="49247125" w14:textId="3965AC46" w:rsidR="00A10FE6" w:rsidRPr="007E6A95" w:rsidRDefault="00A10FE6" w:rsidP="00FF061D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Smart TV</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43519F96" w14:textId="0A08C3F2" w:rsidR="00FF061D" w:rsidRPr="00C66C80" w:rsidRDefault="00FF061D" w:rsidP="008F127A">
+          <w:p w14:paraId="43519F96" w14:textId="0A08C3F2" w:rsidR="00FF061D" w:rsidRPr="007E6A95" w:rsidRDefault="00FF061D" w:rsidP="008F127A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12C1B6EB" w14:textId="0E9D6832" w:rsidR="008F127A" w:rsidRPr="00C66C80" w:rsidRDefault="008F127A" w:rsidP="008F127A">
+          <w:p w14:paraId="12C1B6EB" w14:textId="0E9D6832" w:rsidR="008F127A" w:rsidRPr="007E6A95" w:rsidRDefault="008F127A" w:rsidP="008F127A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Game </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>onsole (e.g., Xbox, PlayStation, Nintendo)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B622587" w14:textId="4F3FE591" w:rsidR="00FF061D" w:rsidRPr="00C66C80" w:rsidRDefault="00FF061D" w:rsidP="00627E96">
+          <w:p w14:paraId="5B622587" w14:textId="4F3FE591" w:rsidR="00FF061D" w:rsidRPr="007E6A95" w:rsidRDefault="00FF061D" w:rsidP="00627E96">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Portable </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t xml:space="preserve">edia </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA" w:rsidRPr="00082241">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0" w:rsidRPr="00082241">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00082241">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>ayer</w:t>
             </w:r>
-            <w:r w:rsidR="0010003D" w:rsidRPr="00C66C80">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0010003D" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00BC5A28" w:rsidRPr="008F5FBF">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-419"/>
               </w:rPr>
-              <w:t xml:space="preserve">e.g., </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0010003D" w:rsidRPr="00C66C80">
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="0010003D" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>iPod, MP</w:t>
             </w:r>
-            <w:r w:rsidR="003B33F1" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B33F1" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="0010003D" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="0010003D" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E2320EA" w14:textId="0A2B5AA3" w:rsidR="00FF061D" w:rsidRPr="00C66C80" w:rsidRDefault="00FF061D" w:rsidP="00627E96">
+          <w:p w14:paraId="3E2320EA" w14:textId="0A2B5AA3" w:rsidR="00FF061D" w:rsidRPr="007E6A95" w:rsidRDefault="00FF061D" w:rsidP="00627E96">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Wearable </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">itness </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>racker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C7AEE2B" w14:textId="2046C64D" w:rsidR="00FF061D" w:rsidRPr="00C66C80" w:rsidRDefault="00FF061D" w:rsidP="00627E96">
+          <w:p w14:paraId="4C7AEE2B" w14:textId="2046C64D" w:rsidR="00FF061D" w:rsidRPr="007E6A95" w:rsidRDefault="00FF061D" w:rsidP="00627E96">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Communication </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
-[...3 lines deleted...]
-          <w:p w14:paraId="68CD49DE" w14:textId="6AE2ECD8" w:rsidR="0039652D" w:rsidRPr="00C66C80" w:rsidRDefault="0039652D" w:rsidP="00627E96">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">id (e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Dynavox</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68CD49DE" w14:textId="5F0D8DA5" w:rsidR="0039652D" w:rsidRPr="007E6A95" w:rsidRDefault="0039652D" w:rsidP="00627E96">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Medical </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">lert </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>evice (e.g., medication reminders, fall detection, emergency help)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EDAD6D8" w14:textId="77777777" w:rsidR="00627E96" w:rsidRPr="00C66C80" w:rsidRDefault="00627E96" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="651B1E78" w14:textId="2EEB2076" w:rsidR="00CB5856" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="00CB5856">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Smart pen or stylus (e.g., Apple Pencil)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F6C971B" w14:textId="0D490FE9" w:rsidR="00CB5856" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="00CB5856">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Smart cane (e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>WeWalk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, Can Go</w:t>
+            </w:r>
+            <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EDAD6D8" w14:textId="286CC274" w:rsidR="00627E96" w:rsidRPr="007E6A95" w:rsidRDefault="00627E96" w:rsidP="00CB5856">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Other: _________________________</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="2D641708" w14:textId="374477C7" w:rsidR="00E23242" w:rsidRPr="00C66C80" w:rsidRDefault="00E23242" w:rsidP="008F127A">
+            <w:r w:rsidR="009706C5" w:rsidRPr="007E6A95">
+              <w:t>____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D641708" w14:textId="374477C7" w:rsidR="00E23242" w:rsidRPr="007E6A95" w:rsidRDefault="00E23242" w:rsidP="008F127A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="166"/>
               </w:tabs>
               <w:ind w:left="436" w:hanging="436"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="176EA1D3" w14:textId="14AB374C" w:rsidR="00B85E30" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="12660AAB">
+    <w:p w14:paraId="5DE1F85B" w14:textId="77777777" w:rsidR="00BD6077" w:rsidRPr="007E6A95" w:rsidRDefault="00BD6077" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="12660AAB">
+    </w:p>
+    <w:p w14:paraId="787A2207" w14:textId="77777777" w:rsidR="00BD6077" w:rsidRPr="007E6A95" w:rsidRDefault="00BD6077" w:rsidP="12660AAB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>N</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00596FDA" w:rsidRPr="12660AAB">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="176EA1D3" w14:textId="00786AF2" w:rsidR="00B85E30" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="12660AAB">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ext</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="12660AAB">
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> S</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00596FDA" w:rsidRPr="12660AAB">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>teps</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="12660AAB">
+        <w:t>ext</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>teps</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC7F5ED" w14:textId="6181DB3A" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="007100E4">
-[...7 lines deleted...]
-    <w:p w14:paraId="4DC42886" w14:textId="4244242D" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="007100E4">
+    <w:p w14:paraId="26AB77E5" w14:textId="77777777" w:rsidR="00BD6077" w:rsidRPr="007E6A95" w:rsidRDefault="00BD6077" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC7F5ED" w14:textId="6181DB3A" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="007100E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC42886" w14:textId="4244242D" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="007100E4">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve">For each activity </w:t>
       </w:r>
-      <w:r w:rsidR="00FA2B92" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FA2B92" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">marked </w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>with an X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> in Question 2</w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> complete the questions </w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>for that activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3290DB" w14:textId="17EC145A" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="007100E4">
+    <w:p w14:paraId="7D3290DB" w14:textId="17EC145A" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="007100E4">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="374FFF20" w14:textId="4679F064" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="0011582D" w:rsidP="009133AC">
+    <w:p w14:paraId="374FFF20" w14:textId="4679F064" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="0011582D" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Section: </w:t>
       </w:r>
-      <w:r w:rsidR="007100E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t>Supported Employment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="0069337D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="007100E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t>ages 3 and 4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEF2A33" w14:textId="5E01A10C" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="0011582D" w:rsidP="009133AC">
+    <w:p w14:paraId="1BEF2A33" w14:textId="5E01A10C" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="0011582D" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Section: </w:t>
       </w:r>
-      <w:r w:rsidR="007100E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Job on Employer Payroll </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0069337D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="007100E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t>ages 5 and 6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2199368B" w14:textId="1A10C74D" w:rsidR="007100E4" w:rsidRPr="00C66C80" w:rsidRDefault="0011582D" w:rsidP="009133AC">
+    <w:p w14:paraId="2199368B" w14:textId="1A10C74D" w:rsidR="007100E4" w:rsidRPr="007E6A95" w:rsidRDefault="0011582D" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Section: </w:t>
       </w:r>
-      <w:r w:rsidR="007100E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Self-Employed </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0069337D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="007100E4" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t>age</w:t>
       </w:r>
-      <w:r w:rsidR="0069337D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> 7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010FAEA0" w14:textId="3E1042CA" w:rsidR="00B85E30" w:rsidRPr="00C66C80" w:rsidRDefault="0011582D" w:rsidP="12660AAB">
+    <w:p w14:paraId="010FAEA0" w14:textId="3E1042CA" w:rsidR="00B85E30" w:rsidRPr="007E6A95" w:rsidRDefault="0011582D" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Section: </w:t>
       </w:r>
-      <w:r w:rsidR="007100E4">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Community Activity </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0069337D">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="007100E4">
+      <w:r w:rsidR="007100E4" w:rsidRPr="007E6A95">
         <w:t>age</w:t>
       </w:r>
-      <w:r w:rsidR="0069337D">
-[...2 lines deleted...]
-      <w:r w:rsidR="3D473282">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3D473282" w:rsidRPr="007E6A95">
         <w:t>8)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21525A7F" w14:textId="35D27997" w:rsidR="001E6CF9" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
+    <w:p w14:paraId="668F5700" w14:textId="240994FC" w:rsidR="008C4A96" w:rsidRPr="007E6A95" w:rsidRDefault="008C4A96" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="668F5700" w14:textId="240994FC" w:rsidR="008C4A96" w:rsidRDefault="008C4A96" w:rsidP="001E6CF9">
-[...7 lines deleted...]
-    <w:p w14:paraId="1EA5564D" w14:textId="77777777" w:rsidR="008C4A96" w:rsidRPr="00C66C80" w:rsidRDefault="008C4A96" w:rsidP="001E6CF9">
+    <w:p w14:paraId="1EA5564D" w14:textId="77777777" w:rsidR="008C4A96" w:rsidRPr="007E6A95" w:rsidRDefault="008C4A96" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB25B6" w:rsidRPr="00C66C80" w14:paraId="3E47224D" w14:textId="77777777" w:rsidTr="2A2D9BB8">
+      <w:tr w:rsidR="00BB25B6" w:rsidRPr="007E6A95" w14:paraId="3E47224D" w14:textId="77777777" w:rsidTr="2A2D9BB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE03E8D" w14:textId="4175510F" w:rsidR="00BB25B6" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2FE03E8D" w14:textId="4175510F" w:rsidR="00BB25B6" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Section: </w:t>
             </w:r>
-            <w:r w:rsidR="00BB25B6" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00BB25B6" w:rsidRPr="007E6A95">
               <w:t>Supported Employment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06F69F3A" w14:textId="3678AE2F" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="06F69F3A" w14:textId="7CAFA570" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Answer these questions if you participated in activities to develop job skills or to </w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">find, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">choose, get or keep a job between </w:t>
             </w:r>
-            <w:r w:rsidR="00BD1498">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:t>February 1 - April 30</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1498" w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58CCFC51" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="58CCFC51" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4711288D" w14:textId="1832C6D6" w:rsidR="00D7135B" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="4711288D" w14:textId="1832C6D6" w:rsidR="00D7135B" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">How long have you participated in activities to develop job skills or to </w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">find, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>choose, get or keep a job?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8A7EB4" w14:textId="400D6B0E" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
+    <w:p w14:paraId="5C8A7EB4" w14:textId="400D6B0E" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00A90125" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10435" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="2340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC0290" w:rsidRPr="00C66C80" w14:paraId="5D07FA0B" w14:textId="2BC9CC2B" w:rsidTr="00BC0290">
+      <w:tr w:rsidR="00BC0290" w:rsidRPr="007E6A95" w14:paraId="5D07FA0B" w14:textId="2BC9CC2B" w:rsidTr="00BC0290">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3865" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A32D48" w14:textId="77777777" w:rsidR="00BC0290" w:rsidRPr="00C66C80" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="54A32D48" w14:textId="77777777" w:rsidR="00BC0290" w:rsidRPr="007E6A95" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ less than 1 month</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F092115" w14:textId="1AE70128" w:rsidR="00BC0290" w:rsidRPr="00C66C80" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="6F092115" w14:textId="1AE70128" w:rsidR="00BC0290" w:rsidRPr="007E6A95" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ 1 month or less than 3 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09D433C4" w14:textId="7B745AB3" w:rsidR="00BC0290" w:rsidRPr="00C66C80" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="09D433C4" w14:textId="7B745AB3" w:rsidR="00BC0290" w:rsidRPr="007E6A95" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ 3 months or less than 6 months</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C470E9A" w14:textId="78D9F4FC" w:rsidR="00BC0290" w:rsidRPr="00C66C80" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4C470E9A" w14:textId="78D9F4FC" w:rsidR="00BC0290" w:rsidRPr="007E6A95" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ 6 months or less than 12 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77AA679B" w14:textId="1FD66347" w:rsidR="00BC0290" w:rsidRPr="00C66C80" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="77AA679B" w14:textId="1FD66347" w:rsidR="00BC0290" w:rsidRPr="007E6A95" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ 1 year or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3437B73F" w14:textId="21BC9DA3" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="3437B73F" w14:textId="21BC9DA3" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B4DBF7D" w14:textId="063363B7" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="0B4DBF7D" w14:textId="0B0BD860" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Which of the following supported employment activities did you do between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">? Put an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82758">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to all that apply. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B7D0D6" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="40B7D0D6" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10715" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5765"/>
         <w:gridCol w:w="4950"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="7A4B4369" w14:textId="77777777" w:rsidTr="00FF061D">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="7A4B4369" w14:textId="77777777" w:rsidTr="00FF061D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66D384F2" w14:textId="42592BFC" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
+          <w:p w14:paraId="66D384F2" w14:textId="42592BFC" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="352" w:hanging="352"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">participated in an </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mployment-focused, person-centered planning meeting</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67F24E73" w14:textId="42BDDAE6" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
+          <w:p w14:paraId="67F24E73" w14:textId="42BDDAE6" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="352" w:hanging="352"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I created a </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ommunity </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ap to help me learn about businesses in my community </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2163E2C9" w14:textId="2A2720CA" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
+          <w:p w14:paraId="2163E2C9" w14:textId="2A2720CA" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="352" w:hanging="360"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended an informational interview, job shadow, or tour with an employer  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62084C9A" w14:textId="77777777" w:rsidR="0069337D" w:rsidRPr="00C66C80" w:rsidRDefault="001E6CF9" w:rsidP="0069337D">
+          <w:p w14:paraId="62084C9A" w14:textId="77777777" w:rsidR="0069337D" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="0069337D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="352" w:hanging="352"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I completed a job trial, situational assessment, or internship with an employer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15A189BA" w14:textId="18B8DA0E" w:rsidR="0069337D" w:rsidRPr="00C66C80" w:rsidRDefault="0069337D" w:rsidP="0069337D">
+          <w:p w14:paraId="15A189BA" w14:textId="18B8DA0E" w:rsidR="0069337D" w:rsidRPr="007E6A95" w:rsidRDefault="0069337D" w:rsidP="0069337D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="352" w:hanging="352"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___I created a list of technology (e.g., mobile devices, smart speaker, apps</w:t>
             </w:r>
-            <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, specialty device</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) that I will use t</w:t>
             </w:r>
-            <w:r w:rsidR="001A33E4" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001A33E4" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> get or keep a job</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04ED36DC" w14:textId="5BEC5C66" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="0069337D">
+          <w:p w14:paraId="04ED36DC" w14:textId="5BEC5C66" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="0069337D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="352" w:hanging="352"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69FAE078" w14:textId="38D846F0" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
+          <w:p w14:paraId="69FAE078" w14:textId="38D846F0" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="344" w:hanging="344"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended a </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ob club/class (job search or job retention related)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17CCC38A" w14:textId="3AA0ABAA" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="17CCC38A" w14:textId="3AA0ABAA" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">I created a written resume </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="146DFD1B" w14:textId="64E3BC73" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00FF061D">
+          <w:p w14:paraId="146DFD1B" w14:textId="64E3BC73" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00FF061D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="345" w:hanging="360"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I created a visual resume (pictures or video)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B843923" w14:textId="2B243752" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00FF061D">
+          <w:p w14:paraId="1B843923" w14:textId="2B243752" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00FF061D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="345" w:hanging="360"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I applied for 1 or more jobs online or in</w:t>
             </w:r>
-            <w:r w:rsidR="001A33E4" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001A33E4" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">person </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EE00121" w14:textId="0AD304AA" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
+          <w:p w14:paraId="5EE00121" w14:textId="0AD304AA" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00C313C1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="344" w:hanging="344"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I attended 1 or more job interview/s with an employer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="233BFBDC" w14:textId="260FD029" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="233BFBDC" w14:textId="260FD029" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the above </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F39DFCB" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4F39DFCB" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="142BB0F5" w14:textId="1667625B" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="142BB0F5" w14:textId="0E4449FD" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How many short-term (</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">lasting </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">less than 30 days) vocational experiences </w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">did </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">you complete between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:t>Place an X next to one answer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C9D555" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="38C9D555" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45F5BBB2" w14:textId="40573048" w:rsidR="003B0AB3" w:rsidRPr="009133AC" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="45F5BBB2" w14:textId="40573048" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Examples of short-term experiences include </w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="009133AC">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">mock interview, job shadow, job trial or brief situational assessment each lasting less than 30 days. Count each experience only once even if </w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="009133AC">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>the experience</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> took place over multiple days (</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A28" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> job trial </w:t>
       </w:r>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">completed over 3 days </w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>= 1 experience)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0488A08A" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="0488A08A" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34661D17" w14:textId="6424AE32" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="34661D17" w14:textId="6424AE32" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Number of </w:t>
       </w:r>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>short-term experiences</w:t>
       </w:r>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk130477381"/>
-      <w:r w:rsidR="00E75859">
+      <w:r w:rsidR="00E75859" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">___ 0 </w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:t>___1</w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:tab/>
         <w:t>___2</w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:tab/>
         <w:t>___3</w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:tab/>
         <w:t>___4</w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:tab/>
         <w:t>___5</w:t>
       </w:r>
-      <w:r w:rsidR="0010003D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0010003D" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> or more</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="4C76BE44" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4C76BE44" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EEF9B61" w14:textId="64DA0AFE" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="2EEF9B61" w14:textId="14BC3CBA" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How many long-term (</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">lasting </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">30 days or more) vocational experiences did you complete between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk130477425"/>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:t>Place an X next to one answer.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="67812F3D" w14:textId="61FE31BE" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="67812F3D" w14:textId="61FE31BE" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D56B79B" w14:textId="7CA9EBDC" w:rsidR="000C7F7A" w:rsidRPr="009133AC" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="6D56B79B" w14:textId="7CA9EBDC" w:rsidR="000C7F7A" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Examples of long-term experiences include </w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="009133AC">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>job trial, situational assessment,</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="009133AC">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> internship lasting more than 30 days. </w:t>
       </w:r>
-      <w:r w:rsidR="000C7F7A" w:rsidRPr="009133AC">
+      <w:r w:rsidR="000C7F7A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A28" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidR="000C7F7A" w:rsidRPr="009133AC">
+      <w:r w:rsidR="000C7F7A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">An internship completed over 2 months </w:t>
       </w:r>
-      <w:r w:rsidR="000C7F7A" w:rsidRPr="009133AC">
+      <w:r w:rsidR="000C7F7A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>= 1 experience)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2990E6EB" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="2990E6EB" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="026E186A" w14:textId="2E004439" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="026E186A" w14:textId="2E004439" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Number of </w:t>
       </w:r>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">long-term </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">experiences: </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk130477405"/>
-      <w:r w:rsidR="00E75859" w:rsidRPr="00E75859">
+      <w:r w:rsidR="00E75859" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>___ 0</w:t>
       </w:r>
-      <w:r w:rsidR="00E75859">
+      <w:r w:rsidR="00E75859" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:t>___1</w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:tab/>
         <w:t>___2</w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:tab/>
         <w:t>___3</w:t>
       </w:r>
-      <w:r w:rsidR="00FF061D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00FF061D" w:rsidRPr="007E6A95">
         <w:tab/>
         <w:t>___4</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="4B03AE07" w14:textId="67382BF7" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4B03AE07" w14:textId="67382BF7" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59708D04" w14:textId="2CEB58E8" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="59708D04" w14:textId="022B273E" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">How many businesses were contacted on your behalf to develop </w:t>
       </w:r>
-      <w:r w:rsidR="79648B68">
+      <w:r w:rsidR="79648B68" w:rsidRPr="007E6A95">
         <w:t>a vocational</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> experience or job opportunity between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74D4B046" w14:textId="77777777" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
+    <w:p w14:paraId="74D4B046" w14:textId="77777777" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BF66707" w14:textId="4DDEBBBA" w:rsidR="003B0AB3" w:rsidRPr="009133AC" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="0BF66707" w14:textId="4DDEBBBA" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Count each business only once even if contacted multiple times.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324ACB5C" w14:textId="7A6853A6" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="324ACB5C" w14:textId="7A6853A6" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F5DEF3C" w14:textId="367015C1" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="0F5DEF3C" w14:textId="367015C1" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Number of business</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> contacted</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>: _________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70FB925F" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="70FB925F" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28829030" w14:textId="1B561CF6" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="28829030" w14:textId="5F3F6D1A" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">If someone helps you with your supported employment activities, how was that help provided between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D445735" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="0D445735" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9630" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4770"/>
         <w:gridCol w:w="4860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="09EFACCB" w14:textId="77777777" w:rsidTr="00C313C1">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="09EFACCB" w14:textId="77777777" w:rsidTr="00C313C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33E2465F" w14:textId="1514B458" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="33E2465F" w14:textId="1514B458" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>In</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">erson </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>nly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB2888D" w14:textId="0A2D1241" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0AB2888D" w14:textId="0A2D1241" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Combination of in</w:t>
             </w:r>
-            <w:r w:rsidR="00FA2B92" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00FA2B92" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>person and remote</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="74CB0C11" w14:textId="77777777" w:rsidTr="00C313C1">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="74CB0C11" w14:textId="77777777" w:rsidTr="00C313C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="732B885D" w14:textId="6DC42D6D" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="732B885D" w14:textId="6DC42D6D" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Remote </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>nly (</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>video</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">email, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>phone call)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="681B5A62" w14:textId="4A57F1CA" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="681B5A62" w14:textId="4A57F1CA" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ No supports provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C1AA408" w14:textId="77777777" w:rsidR="00C313C1" w:rsidRPr="00C66C80" w:rsidRDefault="00C313C1" w:rsidP="001E6CF9">
+    <w:p w14:paraId="0C1AA408" w14:textId="77777777" w:rsidR="00C313C1" w:rsidRPr="007E6A95" w:rsidRDefault="00C313C1" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="086A4658" w14:textId="77777777" w:rsidR="00C313C1" w:rsidRPr="00C66C80" w:rsidRDefault="00C313C1" w:rsidP="001E6CF9">
+    <w:p w14:paraId="086A4658" w14:textId="77777777" w:rsidR="00C313C1" w:rsidRPr="007E6A95" w:rsidRDefault="00C313C1" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17C64389" w14:textId="4E1A848B" w:rsidR="00C313C1" w:rsidRPr="00C66C80" w:rsidRDefault="00C313C1" w:rsidP="001E6CF9">
+    <w:p w14:paraId="17C64389" w14:textId="4E1A848B" w:rsidR="00C313C1" w:rsidRPr="007E6A95" w:rsidRDefault="00C313C1" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A5B979E" w14:textId="77777777" w:rsidR="00B85E30" w:rsidRPr="00C66C80" w:rsidRDefault="00B85E30" w:rsidP="001E6CF9">
+    <w:p w14:paraId="6A5B979E" w14:textId="77777777" w:rsidR="00B85E30" w:rsidRPr="007E6A95" w:rsidRDefault="00B85E30" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="651E6D04" w14:textId="43B2C855" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="12660AAB">
+    <w:p w14:paraId="651E6D04" w14:textId="43B2C855" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Quest</w:t>
       </w:r>
-      <w:r w:rsidR="00B85E30" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="00B85E30" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ions 13</w:t>
       </w:r>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 1</w:t>
       </w:r>
-      <w:r w:rsidR="00B85E30" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="00B85E30" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0069337D" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ask</w:t>
       </w:r>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> for information on your supported employment activities for </w:t>
       </w:r>
-      <w:r w:rsidR="42536585" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="42536585" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>2 weeks</w:t>
       </w:r>
-      <w:r w:rsidR="0069337D" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="0069337D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68357CCD" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="68357CCD" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B0C1D91" w14:textId="63440CE2" w:rsidR="00A90125" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
+    <w:p w14:paraId="1B0C1D91" w14:textId="10222927" w:rsidR="00A90125" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">In the Supported Employment </w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:t>Chart</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>, e</w:t>
       </w:r>
-      <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">nter the amount of time you spent in the activities </w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">listed </w:t>
       </w:r>
-      <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
         <w:t>Enter zero if no hours were spen</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> doing </w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> activity. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60706878" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+    <w:p w14:paraId="60706878" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="546AA538" w14:textId="14FB7F7F" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="006B74AC">
+    <w:p w14:paraId="546AA538" w14:textId="14FB7F7F" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Supported Employment </w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Chart:</w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C23266B" w14:textId="51DE3380" w:rsidR="003B0AB3" w:rsidRPr="009133AC" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
+    <w:p w14:paraId="4C23266B" w14:textId="51DE3380" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">If completing the survey online, only the </w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Total Time</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> for each activity is entered. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="490B8E22" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="490B8E22" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC9ADDA" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4AC9ADDA" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7998F85D" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
+          <w:p w14:paraId="7998F85D" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Week 1 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="361F5352" w14:textId="25E5E995" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="00BD1498" w:rsidP="2A2D9BB8">
+          <w:p w14:paraId="361F5352" w14:textId="024DD7D6" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="2A2D9BB8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t>Apr</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 - Apr 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381EF182" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
+          <w:p w14:paraId="381EF182" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Week 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ACC436F" w14:textId="035BBADA" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="00BD1498" w:rsidP="2A2D9BB8">
+          <w:p w14:paraId="6ACC436F" w14:textId="4C4D9A19" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="2A2D9BB8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t>Apr</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12 - Apr 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5200582F" w14:textId="01ADE104" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
+          <w:p w14:paraId="5200582F" w14:textId="01ADE104" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Total Time</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="069DF9D3" w14:textId="68B1E7AD" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
+          <w:p w14:paraId="069DF9D3" w14:textId="68B1E7AD" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(Week 1 + Week 2)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32BE4937" w14:textId="657EF16A" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
+          <w:p w14:paraId="32BE4937" w14:textId="657EF16A" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="01C33C95" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="01C33C95" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43A564FB" w14:textId="33950425" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
+          <w:p w14:paraId="43A564FB" w14:textId="33950425" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="00871FD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1FB704" w14:textId="2EE1D4CA" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="3B1FB704" w14:textId="2EE1D4CA" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="63F732DB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63F732DB">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>1 hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABCF962" w14:textId="2691791E" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="00993398" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4ABCF962" w14:textId="2691791E" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="46BDE8FA" w:rsidP="63F732DB">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="63F732DB">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="63F732DB">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> minutes</w:t>
             </w:r>
+            <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB7F1C7" w14:textId="4B65B553" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4EB7F1C7" w14:textId="4B65B553" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00993398" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00993398" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">25 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="562B4FED" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="562B4FED" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47AA8F1F" w14:textId="7849B907" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="47AA8F1F" w14:textId="7849B907" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Career </w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>lanning</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B588F4F" w14:textId="188FF66F" w:rsidR="003B0AB3" w:rsidRPr="009133AC" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5B588F4F" w14:textId="188FF66F" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009133AC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Examples: exploring job interests, practice interviews, learning how to complete an application, planning for job supports, exploring a job change or advancement in current job.</w:t>
             </w:r>
-            <w:r w:rsidR="009053CB" w:rsidRPr="009133AC">
+            <w:r w:rsidR="009053CB" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AB6AF0" w:rsidRPr="009133AC">
+            <w:r w:rsidR="00AB6AF0" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F7EA52F" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6F7EA52F" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6893F3F5" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6893F3F5" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="12EE2C6F" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="12EE2C6F" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="7299DC0C" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="7299DC0C" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3EB493" w14:textId="6FCB395C" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5E3EB493" w14:textId="6FCB395C" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Post-secondary education or vocational training</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> to support your employment goal</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56A61A60" w14:textId="5B04854B" w:rsidR="003B0AB3" w:rsidRPr="009133AC" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
+          <w:p w14:paraId="56A61A60" w14:textId="5B04854B" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009133AC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Examples: attending a culinary program, taking a college course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4EC891" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="3D4EC891" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1271278A" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1271278A" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC1BDC4" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1BC1BDC4" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="2D7ECF83" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="2D7ECF83" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="139B9C04" w14:textId="7B734817" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="5FB666CA">
+          <w:p w14:paraId="139B9C04" w14:textId="7B734817" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="5FB666CA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Short-term vocational experiences</w:t>
             </w:r>
-            <w:r w:rsidR="009053CB" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="009053CB" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00920A4A">
+            <w:r w:rsidR="00920A4A" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>lasting</w:t>
             </w:r>
-            <w:r w:rsidR="00EE7B38" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00EE7B38" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> less than 30 days</w:t>
             </w:r>
-            <w:r w:rsidR="00EE7B38" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00EE7B38" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="009133AC">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Examples: </w:t>
             </w:r>
-            <w:r w:rsidR="009053CB" w:rsidRPr="009133AC">
+            <w:r w:rsidR="009053CB" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>mock interview, job shadowing, job trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53BD0F68" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="53BD0F68" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1704ED56" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1704ED56" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="73876D73" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="73876D73" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="2BC69A14" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="2BC69A14" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0D0383" w14:textId="428D9FD1" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="7B0D0383" w14:textId="428D9FD1" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Long-term vocational experience</w:t>
             </w:r>
-            <w:r w:rsidR="00467EF2" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00467EF2" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="009053CB" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="009053CB" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00920A4A">
+            <w:r w:rsidR="00920A4A" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">lasting 30 days or </w:t>
             </w:r>
-            <w:r w:rsidR="00EE7B38" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00EE7B38" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>more</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74EB9C71" w14:textId="1FC217F7" w:rsidR="003B0AB3" w:rsidRPr="009133AC" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
+          <w:p w14:paraId="74EB9C71" w14:textId="1FC217F7" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009133AC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Examples: </w:t>
             </w:r>
-            <w:r w:rsidR="009053CB" w:rsidRPr="009133AC">
+            <w:r w:rsidR="009053CB" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t>job trial, situational assessment, internship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDDA2AD" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0DDDA2AD" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB671A3" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0AB671A3" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0D7822" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="7C0D7822" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="0249BB2C" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="0249BB2C" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2A866C" w14:textId="6A581B95" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5A2A866C" w14:textId="6A581B95" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Job </w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>earch by me or with me</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D11B021" w14:textId="5317AC06" w:rsidR="001E6CF9" w:rsidRPr="009133AC" w:rsidRDefault="001E6CF9" w:rsidP="5FB666CA">
+          <w:p w14:paraId="7D11B021" w14:textId="5317AC06" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="5FB666CA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009133AC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Examples: following up on job leads,</w:t>
             </w:r>
-            <w:r w:rsidR="00467EF2" w:rsidRPr="009133AC">
+            <w:r w:rsidR="00467EF2" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009133AC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>applying for a job,</w:t>
             </w:r>
-            <w:r w:rsidR="00467EF2" w:rsidRPr="009133AC">
+            <w:r w:rsidR="00467EF2" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009133AC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>meeting with an employer by myself or with support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9ECB0A" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2A9ECB0A" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28E00B96" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="28E00B96" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD757A3" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0AD757A3" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="65C66176" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="65C66176" w14:textId="77777777" w:rsidTr="63F732DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC1C03A" w14:textId="61BA9122" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2BC1C03A" w14:textId="61BA9122" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Job </w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>earch on my behalf</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="619E27E0" w14:textId="44597673" w:rsidR="001E6CF9" w:rsidRPr="009133AC" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
+          <w:p w14:paraId="619E27E0" w14:textId="44597673" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009133AC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t>Examples: follow up on job leads, contact with employers by support staff or others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6CB29E" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0B6CB29E" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="640D13A4" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="640D13A4" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="338739EF" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="338739EF" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w14:paraId="69E99EA7" w14:textId="77777777" w:rsidTr="00840203">
+      <w:tr w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w14:paraId="69E99EA7" w14:textId="77777777" w:rsidTr="63F732DB">
+        <w:trPr>
+          <w:trHeight w:val="1250"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F25C4FC" w14:textId="4324BFEE" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0F25C4FC" w14:textId="4324BFEE" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Job </w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>oaching</w:t>
             </w:r>
-            <w:r w:rsidR="00C41D2A" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00C41D2A" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66B3837A" w14:textId="7DA83C44" w:rsidR="003B0AB3" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
-[...1 lines deleted...]
-              <w:pStyle w:val="BodyText"/>
+          <w:p w14:paraId="0695CB54" w14:textId="4215C47B" w:rsidR="006D5113" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="0074205B">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">Examples: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009133AC">
+              <w:t xml:space="preserve">help to learn or do job tasks </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">help to learn or do job tasks </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="009133AC">
+              <w:t xml:space="preserve">or other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">or other </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009133AC">
+              <w:t xml:space="preserve">types of </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">types of </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="009133AC">
+              <w:t xml:space="preserve">help </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">help </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009133AC">
+              <w:t>from support staff</w:t>
+            </w:r>
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>from support staff</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="009133AC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009133AC">
+              <w:t>when working (</w:t>
+            </w:r>
+            <w:r w:rsidR="006D5113" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>when working (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006D5113" w:rsidRPr="009133AC">
+              <w:t>e.g.,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>e.g.,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009133AC">
+              <w:t xml:space="preserve"> personal care</w:t>
+            </w:r>
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> personal care</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+              <w:t>, medical support</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>, medical support</w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA618BA" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="3BA618BA" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E0F6EC9" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6E0F6EC9" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1E3ECA75" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1E3ECA75" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="21F35D17" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="21F35D17" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="740E1E0E" w14:textId="1E0A43F2" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="740E1E0E" w14:textId="2D6FC689" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">If you entered no hours of supported employment activity between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">, what was the primary reason? </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Place an </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to one answer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410B5D77" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+    <w:p w14:paraId="410B5D77" w14:textId="77777777" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="6120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C11331" w:rsidRPr="00C66C80" w14:paraId="47B78EB1" w14:textId="6A8CE322" w:rsidTr="00C11331">
+      <w:tr w:rsidR="00C11331" w:rsidRPr="007E6A95" w14:paraId="47B78EB1" w14:textId="6A8CE322" w:rsidTr="00C11331">
         <w:trPr>
           <w:trHeight w:val="621"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="472D3651" w14:textId="3BBE6F39" w:rsidR="00C11331" w:rsidRPr="00C66C80" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="472D3651" w14:textId="3BBE6F39" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Health </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ssue</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07829308" w14:textId="6E9F19E5" w:rsidR="00C11331" w:rsidRDefault="00C11331" w:rsidP="00C11331">
+          <w:p w14:paraId="07829308" w14:textId="6E9F19E5" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="00C11331">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="-15"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Lack of </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>upports</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F41377E" w14:textId="097EFEF2" w:rsidR="00C11331" w:rsidRPr="00C66C80" w:rsidRDefault="00C11331" w:rsidP="00C11331">
+          <w:p w14:paraId="7F41377E" w14:textId="097EFEF2" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="00C11331">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="-15"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Planned </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ime </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ff (e.g., vacation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B80AEAC" w14:textId="77777777" w:rsidR="00C11331" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4B80AEAC" w14:textId="77777777" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Refused/cancelled</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="599687B0" w14:textId="3E2CED2B" w:rsidR="00C11331" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00337B9E">
+          <w:p w14:paraId="599687B0" w14:textId="3E2CED2B" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ No scheduled </w:t>
             </w:r>
-            <w:r w:rsidR="00920A4A" w:rsidRPr="00337B9E">
+            <w:r w:rsidR="00920A4A" w:rsidRPr="007E6A95">
               <w:t>activitie</w:t>
             </w:r>
-            <w:r w:rsidR="007233C5" w:rsidRPr="00337B9E">
+            <w:r w:rsidR="007233C5" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03FACDD8" w14:textId="57B60ABA" w:rsidR="00C11331" w:rsidRPr="00C66C80" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1A533A2E" w14:textId="77777777" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Other: _________________</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="03FACDD8" w14:textId="46F4043C" w:rsidR="00BD6077" w:rsidRPr="007E6A95" w:rsidRDefault="00BD6077" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20432570" w14:textId="77777777" w:rsidR="008F3AA1" w:rsidRPr="00C66C80" w:rsidRDefault="008F3AA1" w:rsidP="001E6CF9">
+    <w:p w14:paraId="20432570" w14:textId="77777777" w:rsidR="008F3AA1" w:rsidRPr="007E6A95" w:rsidRDefault="008F3AA1" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6760A8B4" w14:textId="28A0E50A" w:rsidR="008F3AA1" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
+    <w:p w14:paraId="6760A8B4" w14:textId="539B67DF" w:rsidR="008F3AA1" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">If you entered hours of supported employment activity between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">, where did those activities take place? Put an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to all that apply. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7F83BB" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="004004E6" w:rsidRDefault="004004E6" w:rsidP="004004E6">
+    <w:p w14:paraId="3F7F83BB" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="007E6A95" w:rsidRDefault="004004E6" w:rsidP="004004E6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10925" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="340"/>
         <w:gridCol w:w="2895"/>
         <w:gridCol w:w="4410"/>
         <w:gridCol w:w="3079"/>
         <w:gridCol w:w="201"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0039073B" w:rsidRPr="00C66C80" w14:paraId="2FC457BA" w14:textId="31739B24" w:rsidTr="00C11331">
+      <w:tr w:rsidR="0039073B" w:rsidRPr="007E6A95" w14:paraId="2FC457BA" w14:textId="31739B24" w:rsidTr="00C11331">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="340" w:type="dxa"/>
           <w:trHeight w:val="1445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="097F57ED" w14:textId="0976E743" w:rsidR="00822313" w:rsidRPr="00C66C80" w:rsidRDefault="003A2BC6" w:rsidP="003A2BC6">
-[...10 lines deleted...]
-          <w:p w14:paraId="46D0E560" w14:textId="48740DB8" w:rsidR="0039073B" w:rsidRPr="00C66C80" w:rsidRDefault="0039073B" w:rsidP="001E6CF9">
+          <w:p w14:paraId="097F57ED" w14:textId="0976E743" w:rsidR="00822313" w:rsidRPr="007E6A95" w:rsidRDefault="003A2BC6" w:rsidP="003A2BC6">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">___American Job Center (formerly </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>netWorkRI</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46D0E560" w14:textId="48740DB8" w:rsidR="0039073B" w:rsidRPr="007E6A95" w:rsidRDefault="0039073B" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="431" w:hanging="431"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E13DB7" w14:textId="602BB6A0" w:rsidR="00C11331" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
+          <w:p w14:paraId="19E13DB7" w14:textId="602BB6A0" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ DD </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">rovider or other </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>rganization (e.g., Compass)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="590C39EE" w14:textId="58A3D398" w:rsidR="0039073B" w:rsidRPr="00C66C80" w:rsidRDefault="0039073B" w:rsidP="001E6CF9">
+          <w:p w14:paraId="590C39EE" w14:textId="58A3D398" w:rsidR="0039073B" w:rsidRPr="007E6A95" w:rsidRDefault="0039073B" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Public </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>v</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>enue</w:t>
             </w:r>
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00BC5A28" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
               <w:t>e.g.,</w:t>
             </w:r>
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> library, coffee shop)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56FC7FEC" w14:textId="2DABC7EB" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
+          <w:p w14:paraId="56FC7FEC" w14:textId="2DABC7EB" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="003B0AB3" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3280" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="575A6FFC" w14:textId="0841E550" w:rsidR="00822313" w:rsidRPr="00C66C80" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="575A6FFC" w14:textId="0841E550" w:rsidR="00822313" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">____ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">School / </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">raining </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>acility</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0039073B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="0039073B" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidR="0039073B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="0039073B" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Business / </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidR="003B0AB3" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="003B0AB3" w:rsidRPr="007E6A95">
               <w:t>mployer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B1389DF" w14:textId="18EAA99C" w:rsidR="003B0AB3" w:rsidRPr="00C66C80" w:rsidRDefault="0039073B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="3B1389DF" w14:textId="18EAA99C" w:rsidR="003B0AB3" w:rsidRPr="007E6A95" w:rsidRDefault="0039073B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Home </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>esidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w14:paraId="78937E00" w14:textId="77777777" w:rsidTr="0070425F">
+      <w:tr w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w14:paraId="78937E00" w14:textId="77777777" w:rsidTr="0070425F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="201" w:type="dxa"/>
           <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10724" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
-          <w:p w14:paraId="18B90A4A" w14:textId="5FAF83DD" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="001E6CF9">
+          <w:p w14:paraId="18B90A4A" w14:textId="5FAF83DD" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section: </w:t>
             </w:r>
-            <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
               <w:t>Job on Employer Payroll</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C3EFBE1" w14:textId="057494EF" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="7C3EFBE1" w14:textId="057494EF" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Answer these questions if you worked at a job hired on the employer’s payroll</w:t>
             </w:r>
-            <w:r w:rsidR="00993398" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00993398" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> any time</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> between </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DCC7AE6" w14:textId="1597C7C0" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00BD1498" w:rsidP="2A2D9BB8">
+          <w:p w14:paraId="0DCC7AE6" w14:textId="5F78AFE6" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="2A2D9BB8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>February 1 - April 30</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1498" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="117CF412" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="117CF412" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65341AA8" w14:textId="48461491" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
+    <w:p w14:paraId="65341AA8" w14:textId="263A6F55" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Did you </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>START</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> a new job between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
-      <w:r w:rsidR="00E9761B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00E9761B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Ye</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A31121D" w14:textId="77777777" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+    <w:p w14:paraId="3A31121D" w14:textId="77777777" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48964BB1" w14:textId="5CC045B7" w:rsidR="00D87B43" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+    <w:p w14:paraId="48964BB1" w14:textId="5CC045B7" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="450"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>If yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>, how was this new job obtained?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573F5346" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="004004E6" w:rsidRDefault="004004E6" w:rsidP="001E6CF9">
+    <w:p w14:paraId="573F5346" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="007E6A95" w:rsidRDefault="004004E6" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:sz w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="442522E5" w14:textId="1AF0C822" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="00106C10">
+    <w:p w14:paraId="442522E5" w14:textId="1AF0C822" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="00106C10">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>I was h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>ire</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">d into </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>existing</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">job  </w:t>
       </w:r>
-      <w:r w:rsidR="00106C10" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00106C10" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">I was </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">ired into </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">job </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">created </w:t>
       </w:r>
-      <w:r w:rsidR="007874CD" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007874CD" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">only </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>for me</w:t>
       </w:r>
-      <w:r w:rsidR="007874CD" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007874CD" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> (customized)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05951B84" w14:textId="77777777" w:rsidR="001E6CF9" w:rsidRPr="00C66C80" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
+    <w:p w14:paraId="05951B84" w14:textId="77777777" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="001E6CF9" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39EDA9F6" w14:textId="79CEA3FB" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
+    <w:p w14:paraId="39EDA9F6" w14:textId="3655C2FE" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Did you </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>END</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> a job between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="00E9761B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00E9761B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (go to Q20)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C95035" w14:textId="63DC5BED" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+    <w:p w14:paraId="65C95035" w14:textId="63DC5BED" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FA34DD2" w14:textId="2EDAB654" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
+    <w:p w14:paraId="4FA34DD2" w14:textId="2EDAB654" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00082241">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>If yes,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t xml:space="preserve">If yes, </w:t>
+      </w:r>
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+        <w:t xml:space="preserve">what was the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve">primary reason </w:t>
+      </w:r>
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
+        <w:t>that the job ended?</w:t>
+      </w:r>
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
+        <w:t>ut</w:t>
+      </w:r>
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">what was the </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> next to </w:t>
+      </w:r>
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>X</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t>answer</w:t>
       </w:r>
-      <w:r w:rsidR="0011582D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0011582D" w:rsidRPr="007E6A95">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A9F457E" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="6A9F457E" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10710" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4140"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="2790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D87B43" w:rsidRPr="00C66C80" w14:paraId="2B43EB0F" w14:textId="77777777" w:rsidTr="008C4A96">
+      <w:tr w:rsidR="00D87B43" w:rsidRPr="007E6A95" w14:paraId="2B43EB0F" w14:textId="77777777" w:rsidTr="008C4A96">
         <w:trPr>
           <w:trHeight w:val="1520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0187EF4D" w14:textId="712F48D3" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0187EF4D" w14:textId="712F48D3" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Hired into a new job</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56F40FFF" w14:textId="14335E85" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="006B74AC">
+          <w:p w14:paraId="56F40FFF" w14:textId="14335E85" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="428" w:hanging="428"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Chose to leave job / not a match</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59503E8C" w14:textId="50A02D8A" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="59503E8C" w14:textId="50A02D8A" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Laid off</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="372F2825" w14:textId="7B9591E4" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="372F2825" w14:textId="7B9591E4" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Employer </w:t>
             </w:r>
-            <w:r w:rsidR="00D91CC5">
+            <w:r w:rsidR="00D91CC5" w:rsidRPr="007E6A95">
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">losed / </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>r</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>elocated</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11ED983B" w14:textId="244D10E2" w:rsidR="007874CD" w:rsidRPr="00C66C80" w:rsidRDefault="007874CD" w:rsidP="007874CD">
+          <w:p w14:paraId="11ED983B" w14:textId="244D10E2" w:rsidR="007874CD" w:rsidRPr="007E6A95" w:rsidRDefault="007874CD" w:rsidP="007874CD">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="465" w:hanging="465"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___ Fired (e.g., performance or work behavior related)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD38A7F" w14:textId="2BFFEE16" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="006B74AC">
+          <w:p w14:paraId="7AD38A7F" w14:textId="2BFFEE16" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="429" w:hanging="429"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Lack of available job supports </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="264B8498" w14:textId="0B9E74AF" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="264B8498" w14:textId="0B9E74AF" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Lack of transportation to job </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16C2BB3F" w14:textId="77777777" w:rsidR="00FA28B0" w:rsidRDefault="00D87B43" w:rsidP="00FA28B0">
+          <w:p w14:paraId="16C2BB3F" w14:textId="77777777" w:rsidR="00FA28B0" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="00FA28B0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="432" w:hanging="432"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Change or loss of benefits -financial</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62F5D1D1" w14:textId="5F733066" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00FA28B0" w:rsidP="008C4A96">
+          <w:p w14:paraId="62F5D1D1" w14:textId="5F733066" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00FA28B0" w:rsidP="008C4A96">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="432" w:hanging="432"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Change or loss of benefits - medical</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7877DC6D" w14:textId="549E753F" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="006B74AC">
+          <w:p w14:paraId="7877DC6D" w14:textId="549E753F" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="432" w:hanging="432"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Individual moved/changed address</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29502F5F" w14:textId="7A3003FF" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="29502F5F" w14:textId="7A3003FF" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Health issues</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B7F3C96" w14:textId="47E325AD" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0B7F3C96" w14:textId="47E325AD" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62F246BB" w14:textId="2EFF6C29" w:rsidR="00D87B43" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
+    <w:p w14:paraId="62F246BB" w14:textId="2EFF6C29" w:rsidR="00D87B43" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="605A28BA" w14:textId="2920839F" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
+    <w:p w14:paraId="605A28BA" w14:textId="2920839F" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="00D87B43" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If yes,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> how long were you employed at the job that ended?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6620EF" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="5F6620EF" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10530" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="4050"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B3F93" w:rsidRPr="00C66C80" w14:paraId="6210D2D2" w14:textId="12498081" w:rsidTr="008C4A96">
+      <w:tr w:rsidR="006B3F93" w:rsidRPr="007E6A95" w14:paraId="6210D2D2" w14:textId="12498081" w:rsidTr="008C4A96">
         <w:trPr>
           <w:trHeight w:val="953"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="158444BF" w14:textId="17444400" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="158444BF" w14:textId="17444400" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ less than 1 month</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E4E1FBE" w14:textId="09B3E780" w:rsidR="006B3F93" w:rsidRPr="00BF1CD3" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0E4E1FBE" w14:textId="09B3E780" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
-[...5 lines deleted...]
-            <w:r w:rsidR="00920A4A" w:rsidRPr="00BF1CD3">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">_ 1 month or </w:t>
+            </w:r>
+            <w:r w:rsidR="00920A4A" w:rsidRPr="007E6A95">
               <w:t>less</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF1CD3">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> than 3 mo</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>nths</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37B63938" w14:textId="4480482E" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BF1CD3">
+          <w:p w14:paraId="37B63938" w14:textId="4480482E" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00BF1CD3">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF1CD3">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ 3 mo</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>nths</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF1CD3">
-[...5 lines deleted...]
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> or less than 6 mo</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>nths</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB6132D" w14:textId="18C77E1C" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4DB6132D" w14:textId="18C77E1C" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ 6 mo</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>nths</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 12 m</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>onths</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="049CCD1D" w14:textId="085DE282" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="049CCD1D" w14:textId="085DE282" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ 1 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>year</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 2</w:t>
             </w:r>
-            <w:r w:rsidR="00A55105">
+            <w:r w:rsidR="00A55105" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64BDD7E8" w14:textId="112DCBE9" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="64BDD7E8" w14:textId="112DCBE9" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ 2 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 5 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1E8A94" w14:textId="22731914" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="006B74AC">
+          <w:p w14:paraId="7C1E8A94" w14:textId="22731914" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="434" w:hanging="434"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ 5 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 10 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28D394A1" w14:textId="3ABB25DD" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="00FA28B0">
+          <w:p w14:paraId="28D394A1" w14:textId="3ABB25DD" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="00FA28B0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ 10 y</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>ears</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B5E0714" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4B5E0714" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14153267" w14:textId="7684FDA7" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="009133AC">
+    <w:p w14:paraId="14153267" w14:textId="15FD0383" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Were you employed at a job on the employer’s payroll between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259EB2A8" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="259EB2A8" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C3C6326" w14:textId="34C4AF73" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="00E9761B">
+    <w:p w14:paraId="4C3C6326" w14:textId="34C4AF73" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="00E9761B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">___ </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Int_YFlPVhcK"/>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="12660AAB">
+      <w:bookmarkStart w:id="5" w:name="_Int_YFlPVhcK"/>
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="12660AAB">
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00871FD6" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="00871FD6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">__ No  </w:t>
       </w:r>
-      <w:r w:rsidR="00E9761B" w:rsidRPr="12660AAB">
+      <w:r w:rsidR="00E9761B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>If no, stop here and go to the next section</w:t>
       </w:r>
-      <w:r w:rsidRPr="12660AAB">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CB8350" w14:textId="6ED2769F" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="78CB8350" w14:textId="6ED2769F" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BFB14BA" w14:textId="05426743" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
+    <w:p w14:paraId="4BFB14BA" w14:textId="05426743" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>If yes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">answer questions </w:t>
       </w:r>
-      <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>21 - 34</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B38FE7" w14:textId="62DD74BA" w:rsidR="001E6CF9" w:rsidRPr="009133AC" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
+    <w:p w14:paraId="21B38FE7" w14:textId="62DD74BA" w:rsidR="001E6CF9" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="270"/>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Answer these questions</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> even if you did not work any hours during the two</w:t>
       </w:r>
-      <w:r w:rsidR="00467EF2" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00467EF2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>week period (</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A28" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>e.g.,</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> on vacation, out sick, etc.). </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">If you worked more than one job, pick </w:t>
       </w:r>
-      <w:r w:rsidR="00324944" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00324944" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>the job where you work the most hours.</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5BDF9D" w14:textId="77777777" w:rsidR="00E05971" w:rsidRPr="00C66C80" w:rsidRDefault="00E05971" w:rsidP="001E6CF9">
+    <w:p w14:paraId="3A5BDF9D" w14:textId="77777777" w:rsidR="00E05971" w:rsidRPr="007E6A95" w:rsidRDefault="00E05971" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680DC98A" w14:textId="202C663C" w:rsidR="00E05971" w:rsidRPr="00C66C80" w:rsidRDefault="00E05971" w:rsidP="009133AC">
+    <w:p w14:paraId="680DC98A" w14:textId="202C663C" w:rsidR="00E05971" w:rsidRPr="007E6A95" w:rsidRDefault="00E05971" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>What is the title of your job? ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5488F6EB" w14:textId="02C4A412" w:rsidR="000519B2" w:rsidRPr="009133AC" w:rsidRDefault="000519B2" w:rsidP="006B74AC">
+    <w:p w14:paraId="5488F6EB" w14:textId="02C4A412" w:rsidR="000519B2" w:rsidRPr="007E6A95" w:rsidRDefault="000519B2" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Select a job title from </w:t>
       </w:r>
-      <w:r w:rsidR="00106C10" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00106C10" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00596FDA">
+      <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ist</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00555337" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00555337" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> that most closely matches </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">what you do at work </w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>or write in a title.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ECECBD6" w14:textId="77777777" w:rsidR="000519B2" w:rsidRPr="00C66C80" w:rsidRDefault="000519B2" w:rsidP="001E6CF9">
+    <w:p w14:paraId="7ECECBD6" w14:textId="77777777" w:rsidR="000519B2" w:rsidRPr="007E6A95" w:rsidRDefault="000519B2" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49A06530" w14:textId="42A60246" w:rsidR="00E05971" w:rsidRPr="00C66C80" w:rsidRDefault="00E05971" w:rsidP="009133AC">
+    <w:p w14:paraId="49A06530" w14:textId="42A60246" w:rsidR="00E05971" w:rsidRPr="007E6A95" w:rsidRDefault="00E05971" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">What is the employer type for your job? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3272D46B" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="3272D46B" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="3274"/>
         <w:gridCol w:w="3831"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E650C7" w:rsidRPr="00C66C80" w14:paraId="23858F3F" w14:textId="371357AC" w:rsidTr="12660AAB">
+      <w:tr w:rsidR="00E650C7" w:rsidRPr="007E6A95" w14:paraId="23858F3F" w14:textId="371357AC" w:rsidTr="12660AAB">
         <w:trPr>
           <w:trHeight w:val="117"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3044B1" w14:textId="402E3B23" w:rsidR="00E650C7" w:rsidRPr="00C66C80" w:rsidRDefault="02CE76C4" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0A3044B1" w14:textId="402E3B23" w:rsidR="00E650C7" w:rsidRPr="007E6A95" w:rsidRDefault="02CE76C4" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ For-</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">rofit </w:t>
             </w:r>
-            <w:r w:rsidR="2438B44F">
+            <w:r w:rsidR="2438B44F" w:rsidRPr="007E6A95">
               <w:t>b</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>usiness</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79C72C50" w14:textId="36553054" w:rsidR="00E650C7" w:rsidRPr="00C66C80" w:rsidRDefault="02CE76C4" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="79C72C50" w14:textId="36553054" w:rsidR="00E650C7" w:rsidRPr="007E6A95" w:rsidRDefault="02CE76C4" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ Non-</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">rofit </w:t>
             </w:r>
-            <w:r w:rsidR="16226B0E">
+            <w:r w:rsidR="16226B0E" w:rsidRPr="007E6A95">
               <w:t>b</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>usiness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68FBEB7A" w14:textId="759158ED" w:rsidR="00E650C7" w:rsidRPr="00C66C80" w:rsidRDefault="00E650C7" w:rsidP="006B74AC">
+          <w:p w14:paraId="68FBEB7A" w14:textId="759158ED" w:rsidR="00E650C7" w:rsidRPr="007E6A95" w:rsidRDefault="00E650C7" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="345" w:hanging="345"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_Community DD </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">gency (hired as staff) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1740CA" w14:textId="07B755A4" w:rsidR="00E650C7" w:rsidRPr="00C66C80" w:rsidRDefault="00E650C7" w:rsidP="006B74AC">
+          <w:p w14:paraId="7C1740CA" w14:textId="07B755A4" w:rsidR="00E650C7" w:rsidRPr="007E6A95" w:rsidRDefault="00E650C7" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="312" w:hanging="312"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__ Gove</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">rnment </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">gency – </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ederal/ </w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>tate/</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ity/</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>own</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50C01B6E" w14:textId="74E91B48" w:rsidR="00E05971" w:rsidRPr="00C66C80" w:rsidRDefault="00E05971" w:rsidP="001E6CF9">
+    <w:p w14:paraId="50C01B6E" w14:textId="74E91B48" w:rsidR="00E05971" w:rsidRPr="007E6A95" w:rsidRDefault="00E05971" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25E79467" w14:textId="64D4903F" w:rsidR="000519B2" w:rsidRPr="00C66C80" w:rsidRDefault="00E05971" w:rsidP="009133AC">
+    <w:p w14:paraId="25E79467" w14:textId="64D4903F" w:rsidR="000519B2" w:rsidRPr="007E6A95" w:rsidRDefault="00E05971" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">What is the industry for your individual job? </w:t>
       </w:r>
-      <w:r w:rsidR="000519B2" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000519B2" w:rsidRPr="007E6A95">
         <w:t>______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE0976E" w14:textId="076F4DD0" w:rsidR="00E05971" w:rsidRPr="009133AC" w:rsidRDefault="009F1C2A" w:rsidP="006B74AC">
+    <w:p w14:paraId="1BE0976E" w14:textId="076F4DD0" w:rsidR="00E05971" w:rsidRPr="007E6A95" w:rsidRDefault="009F1C2A" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Select an industry from L</w:t>
       </w:r>
-      <w:r w:rsidR="00596FDA">
+      <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>ist</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> D. </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>The i</w:t>
       </w:r>
-      <w:r w:rsidR="24BF6B49" w:rsidRPr="009133AC">
+      <w:r w:rsidR="24BF6B49" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">ndustry is the primary purpose of the company </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>where you work</w:t>
       </w:r>
-      <w:r w:rsidR="00467EF2" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00467EF2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="24BF6B49" w:rsidRPr="009133AC">
+      <w:r w:rsidR="24BF6B49" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>If unsure</w:t>
       </w:r>
-      <w:r w:rsidR="6A0F4871" w:rsidRPr="009133AC">
+      <w:r w:rsidR="6A0F4871" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="24BF6B49" w:rsidRPr="009133AC">
+      <w:r w:rsidR="24BF6B49" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">provide </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="24BF6B49" w:rsidRPr="009133AC">
+      <w:r w:rsidR="24BF6B49" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">name of </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">employer.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516B4DDB" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="516B4DDB" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="140DCB3F" w14:textId="77777777" w:rsidR="0030347B" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
+    <w:p w14:paraId="140DCB3F" w14:textId="77777777" w:rsidR="0030347B" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How often do you receive</w:t>
       </w:r>
-      <w:r w:rsidR="00E05971" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00E05971" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> support </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">while working </w:t>
       </w:r>
-      <w:r w:rsidR="00E05971" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00E05971" w:rsidRPr="007E6A95">
         <w:t>at your job?</w:t>
       </w:r>
-      <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEA7834" w14:textId="76329791" w:rsidR="006B74AC" w:rsidRPr="009133AC" w:rsidRDefault="00833CC7" w:rsidP="0030347B">
+    <w:p w14:paraId="4DEA7834" w14:textId="76329791" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="0030347B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Examples</w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="009133AC">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of support</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: help to learn or do your job, person</w:t>
       </w:r>
-      <w:r w:rsidR="00103F60" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> care, medical support</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EB666F1" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="00E9761B">
+    <w:p w14:paraId="7EB666F1" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="00E9761B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="3510"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A9127F" w:rsidRPr="00C66C80" w14:paraId="692AB4E9" w14:textId="659F2717" w:rsidTr="00E11C49">
+      <w:tr w:rsidR="00A9127F" w:rsidRPr="007E6A95" w14:paraId="692AB4E9" w14:textId="659F2717" w:rsidTr="00E11C49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06F618DE" w14:textId="3FE69CA5" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="06F618DE" w14:textId="3FE69CA5" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B6DD634" w14:textId="0D144E05" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="3B6DD634" w14:textId="0D144E05" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Daily (100% of the time)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D67AB79" w14:textId="5F01D4C1" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0D67AB79" w14:textId="5F01D4C1" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="00A9127F" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00A9127F" w:rsidRPr="007E6A95">
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A9127F" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00A9127F" w:rsidRPr="007E6A95">
               <w:t>Daily (some)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FBF4E45" w14:textId="692AD8D4" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="7FBF4E45" w14:textId="692AD8D4" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Weekly (at least 1x/</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:t>week</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25AB8D73" w14:textId="3EA0C8BB" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="25AB8D73" w14:textId="3EA0C8BB" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Monthly (at least 1x/mo</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:t>nth</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A86F7B3" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="12660AAB">
+    <w:p w14:paraId="2A86F7B3" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="311E0D50" w14:textId="525A98B5" w:rsidR="12660AAB" w:rsidRDefault="12660AAB" w:rsidP="12660AAB">
+    <w:p w14:paraId="311E0D50" w14:textId="525A98B5" w:rsidR="12660AAB" w:rsidRPr="007E6A95" w:rsidRDefault="12660AAB" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61894259" w14:textId="699795A8" w:rsidR="007C58CC" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
+    <w:p w14:paraId="61894259" w14:textId="699795A8" w:rsidR="007C58CC" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How often do you receive support when not working to help you to keep your job?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CECF93" w14:textId="03A92F5F" w:rsidR="006B74AC" w:rsidRPr="009133AC" w:rsidRDefault="00833CC7" w:rsidP="00E9761B">
+    <w:p w14:paraId="16CECF93" w14:textId="03A92F5F" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="00E9761B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Examples of support: </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>talking with staff to resolve problems, scheduling rides, reporting earnings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8B0C48" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="00E9761B">
+    <w:p w14:paraId="0C8B0C48" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="00E9761B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3344"/>
         <w:gridCol w:w="3321"/>
         <w:gridCol w:w="3770"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A9127F" w:rsidRPr="00C66C80" w14:paraId="006569A0" w14:textId="77777777" w:rsidTr="00E11C49">
+      <w:tr w:rsidR="00A9127F" w:rsidRPr="007E6A95" w14:paraId="006569A0" w14:textId="77777777" w:rsidTr="00E11C49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10CCD4D9" w14:textId="109CC55E" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="10CCD4D9" w14:textId="109CC55E" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D0E5184" w14:textId="316E729A" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1D0E5184" w14:textId="316E729A" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Daily (100% of the time)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4959EFC6" w14:textId="660612D2" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4959EFC6" w14:textId="660612D2" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Daily (some)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A5048F6" w14:textId="3F6385EC" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1A5048F6" w14:textId="3F6385EC" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Weekly (at least 1x/w</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:t>eek</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="150BCA87" w14:textId="13C521E8" w:rsidR="00A9127F" w:rsidRPr="00C66C80" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="150BCA87" w14:textId="13C521E8" w:rsidR="00A9127F" w:rsidRPr="007E6A95" w:rsidRDefault="00A9127F" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ Monthly (at least 1x/mo</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:t>nth</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7DB92126" w14:textId="74558443" w:rsidR="12660AAB" w:rsidRDefault="12660AAB" w:rsidP="12660AAB">
+    <w:p w14:paraId="7DB92126" w14:textId="74558443" w:rsidR="12660AAB" w:rsidRPr="007E6A95" w:rsidRDefault="12660AAB" w:rsidP="12660AAB">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73605825" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
+    <w:p w14:paraId="73605825" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:lastRenderedPageBreak/>
         <w:t>How is job support typically provided?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34090DCD" w14:textId="6936B8E7" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="0070425F">
+    <w:p w14:paraId="34090DCD" w14:textId="6936B8E7" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10530" w:type="dxa"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5310"/>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w14:paraId="58C00E99" w14:textId="383C6F45" w:rsidTr="00C313C1">
+      <w:tr w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w14:paraId="58C00E99" w14:textId="383C6F45" w:rsidTr="00C313C1">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74A32074" w14:textId="3E22D088" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="74A32074" w14:textId="3E22D088" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___ In</w:t>
             </w:r>
-            <w:r w:rsidR="00FA2B92" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00FA2B92" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">erson </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="018587E1" w14:textId="11FC0EC2" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="018587E1" w14:textId="11FC0EC2" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Combination of in</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>person and remote</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w14:paraId="58D9972A" w14:textId="77777777" w:rsidTr="00C313C1">
+      <w:tr w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w14:paraId="58D9972A" w14:textId="77777777" w:rsidTr="00C313C1">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44446C56" w14:textId="1384EDE7" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="44446C56" w14:textId="1384EDE7" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Remote </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly (</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>video, phone, email</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7933F20B" w14:textId="03E07827" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
+          <w:p w14:paraId="7933F20B" w14:textId="03E07827" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No support provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D226394" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+    <w:p w14:paraId="7D226394" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11AEE742" w14:textId="67D4137C" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
+    <w:p w14:paraId="11AEE742" w14:textId="67D4137C" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How is</w:t>
       </w:r>
-      <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> employer consultation provided by </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
         <w:t>staff</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> to help you to keep your job</w:t>
       </w:r>
-      <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319BF724" w14:textId="0F5D5383" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+    <w:p w14:paraId="319BF724" w14:textId="0F5D5383" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="2975"/>
         <w:gridCol w:w="4940"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w14:paraId="3BD54437" w14:textId="77777777" w:rsidTr="00C313C1">
+      <w:tr w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w14:paraId="3BD54437" w14:textId="77777777" w:rsidTr="00C313C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74582F80" w14:textId="1396E253" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+          <w:p w14:paraId="74582F80" w14:textId="1396E253" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="00C313C1" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00C313C1" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="00C313C1" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00C313C1" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">None        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76234931" w14:textId="50D64B2A" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+          <w:p w14:paraId="76234931" w14:textId="50D64B2A" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="00C313C1" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00C313C1" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ </w:t>
             </w:r>
-            <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
               <w:t>In</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
               <w:t>erson</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4940" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BBDB34" w14:textId="6B79E290" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+          <w:p w14:paraId="42BBDB34" w14:textId="6B79E290" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="00C313C1" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00C313C1" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ Remote (</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>video, phone, email</w:t>
             </w:r>
-            <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="540900B8" w14:textId="77777777" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+    <w:p w14:paraId="540900B8" w14:textId="77777777" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4006A81B" w14:textId="68183B90" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
+    <w:p w14:paraId="4006A81B" w14:textId="68183B90" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">How do you typically get to your job? </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> an </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> answer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C96F27A" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="6C96F27A" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="3420"/>
         <w:gridCol w:w="3235"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w14:paraId="3E3CD76E" w14:textId="77777777" w:rsidTr="00FA28B0">
+      <w:tr w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w14:paraId="3E3CD76E" w14:textId="77777777" w:rsidTr="00FA28B0">
         <w:trPr>
           <w:trHeight w:val="1062"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="231086D7" w14:textId="29FFD3E5" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="006B74AC">
+          <w:p w14:paraId="231086D7" w14:textId="29FFD3E5" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="431" w:hanging="431"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">On </w:t>
             </w:r>
-            <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">my </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>own (drives car, walk</w:t>
             </w:r>
-            <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>, bike</w:t>
             </w:r>
-            <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
               <w:t>s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C11BAB3" w14:textId="7E669C2B" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4C11BAB3" w14:textId="7E669C2B" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Public bus (RIPTA)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73474F45" w14:textId="1AC85DCA" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="73474F45" w14:textId="1AC85DCA" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00082241">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">RIDE (ADA </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0" w:rsidRPr="00082241">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>paratransit</w:t>
             </w:r>
-            <w:r w:rsidRPr="00082241">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4444C298" w14:textId="162FC385" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
+          <w:p w14:paraId="4444C298" w14:textId="162FC385" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="437" w:hanging="437"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">On </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">emand </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ervice (i.e., Taxi, Uber, Lyft) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B919713" w14:textId="1795138A" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4B919713" w14:textId="1795138A" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Private ambulance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11B8F4C4" w14:textId="59256DF6" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="11B8F4C4" w14:textId="59256DF6" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Agency/</w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>taff provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27456B8A" w14:textId="41AF18F0" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="006B74AC">
+          <w:p w14:paraId="27456B8A" w14:textId="41AF18F0" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="432" w:hanging="432"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Family member, relative, friend, neighbor, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D3B5105" w14:textId="7A2EEC3C" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2D3B5105" w14:textId="7A2EEC3C" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Co-worker/</w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>arpool</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F92CFDA" w14:textId="310A4F53" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="7F92CFDA" w14:textId="310A4F53" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ NA (works at home)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A0D0506" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+    <w:p w14:paraId="7A0D0506" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0244BD7D" w14:textId="7F583D87" w:rsidR="00E9761B" w:rsidRPr="00C66C80" w:rsidRDefault="00555337" w:rsidP="009133AC">
+    <w:p w14:paraId="0244BD7D" w14:textId="7F583D87" w:rsidR="00E9761B" w:rsidRPr="007E6A95" w:rsidRDefault="00555337" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk115274198"/>
-      <w:r w:rsidRPr="00C66C80">
+      <w:bookmarkStart w:id="6" w:name="_Hlk115274198"/>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>What technology do you use to support your job?</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">ut an </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> next to all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CDEC22F" w14:textId="77777777" w:rsidR="0030347B" w:rsidRPr="00C66C80" w:rsidRDefault="0030347B" w:rsidP="0030347B">
+    <w:p w14:paraId="0CDEC22F" w14:textId="77777777" w:rsidR="0030347B" w:rsidRPr="007E6A95" w:rsidRDefault="0030347B" w:rsidP="0030347B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="452CCAAC" w14:textId="2A7BEAA1" w:rsidR="00106C10" w:rsidRPr="009133AC" w:rsidRDefault="004F48F0" w:rsidP="000A035D">
+    <w:p w14:paraId="452CCAAC" w14:textId="2A7BEAA1" w:rsidR="00106C10" w:rsidRPr="007E6A95" w:rsidRDefault="004F48F0" w:rsidP="000A035D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidR="00106C10" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00106C10" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> IS NOT equipment used to complete your job, such as a cash register, copy machine, or inventory scanner. This is technology that you own or your employer provides to help you to learn, do, or keep you</w:t>
       </w:r>
-      <w:r w:rsidR="00487D41" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00106C10" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00106C10" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> job (e.g., a check list on your cell phone, a device that reads text or helps you to communicate, a smart speaker that reminds you when to catch your ride to work). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1304F436" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="1304F436" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2795"/>
+        <w:gridCol w:w="3515"/>
         <w:gridCol w:w="3690"/>
-        <w:gridCol w:w="4050"/>
+        <w:gridCol w:w="3330"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C43D0" w:rsidRPr="00C66C80" w14:paraId="1ACFDC0B" w14:textId="77777777" w:rsidTr="00DE1A55">
+      <w:tr w:rsidR="003C43D0" w:rsidRPr="007E6A95" w14:paraId="1ACFDC0B" w14:textId="77777777" w:rsidTr="009706C5">
         <w:trPr>
-          <w:trHeight w:val="1287"/>
+          <w:trHeight w:val="1539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2795" w:type="dxa"/>
+            <w:tcW w:w="3515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1D3E50" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00A04A5D">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="6F1D3E50" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="_Hlk130475382"/>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ None </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33DEF1AB" w14:textId="74C72C6A" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00A04A5D">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="33DEF1AB" w14:textId="74C72C6A" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Cell </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>hone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AE9EF23" w14:textId="4F2F30EE" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00A04A5D">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0AE9EF23" w14:textId="4F2F30EE" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="00A04A5D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Computer or </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>aptop</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32CA18CB" w14:textId="4B6990AA" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="003C43D0">
+          <w:p w14:paraId="62DCF291" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="003C43D0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Tablet (e.g., iPad, Amazon Fire)</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="32CA18CB" w14:textId="5EC26657" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="435" w:hanging="435"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02410B0F" w14:textId="04428353" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00C542BB">
+          <w:p w14:paraId="6A6CB72E" w14:textId="7BE9EA56" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="009706C5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Smart </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
-[...6 lines deleted...]
-          <w:p w14:paraId="6F3D4DA7" w14:textId="349E7082" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00C542BB">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">atch (e.g., Apple, Samsung galaxy, Fitbit Sense) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F14E767" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">___ Smart speaker (e.g., Amazon Echo, Google Nest) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487C5325" w14:textId="73C545E9" w:rsidR="00CB5856" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="00CB5856">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="430" w:hanging="450"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>___ Smart pen or stylus (e.g., Apple Pencil)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F3D4DA7" w14:textId="68902CDB" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="00CB5856">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="436" w:hanging="436"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A912E75" w14:textId="498756D6" w:rsidR="00DE1A55" w:rsidRPr="00C66C80" w:rsidRDefault="00DE1A55" w:rsidP="00103F60">
+          <w:p w14:paraId="55189CB9" w14:textId="57DA497C" w:rsidR="00CB5856" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="009706C5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
-              <w:rPr>
-[...33 lines deleted...]
-            <w:r w:rsidR="00BC5A28" w:rsidRPr="008F5FBF">
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___ Smart cane (e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>WeWalk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, Can Go)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="213AC8B0" w14:textId="33AB7E4A" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="435" w:hanging="435"/>
               <w:rPr>
                 <w:lang w:val="es-419"/>
               </w:rPr>
-              <w:t>e.g.,</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="7A3FB6F7" w14:textId="01CF3ED3" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00103F60">
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___ Portable media </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t>player</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t>., MP3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6731D9AF" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="450"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...14 lines deleted...]
-              <w:t>___ Other: ________________</w:t>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">___ Communication aid (e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Dynavox</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="245CE527" w14:textId="0DF0D8AD" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="003C43D0">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ Other: _______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:tbl>
-    <w:p w14:paraId="1E472E63" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="0069337D">
+    <w:p w14:paraId="1E472E63" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="0069337D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+          <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C12D2C6" w14:textId="5FD7535C" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
+    <w:p w14:paraId="4C12D2C6" w14:textId="5FD7535C" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How long have you worked at your job?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A5E8AE" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="62A5E8AE" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3965"/>
         <w:gridCol w:w="4140"/>
         <w:gridCol w:w="2330"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B3F93" w:rsidRPr="00C66C80" w14:paraId="0FCFC3B5" w14:textId="5B2004D3" w:rsidTr="00FA28B0">
+      <w:tr w:rsidR="006B3F93" w:rsidRPr="007E6A95" w14:paraId="0FCFC3B5" w14:textId="5B2004D3" w:rsidTr="00FA28B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58AB506F" w14:textId="1B7C22B6" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="58AB506F" w14:textId="1B7C22B6" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>less than 1 month</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F399228" w14:textId="2CD0E352" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="3F399228" w14:textId="2CD0E352" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
-[...5 lines deleted...]
-            <w:r w:rsidR="00920A4A" w:rsidRPr="00BF1CD3">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">1 month or </w:t>
+            </w:r>
+            <w:r w:rsidR="00920A4A" w:rsidRPr="007E6A95">
               <w:t>less</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF1CD3">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> than 3 mo</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>nths</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51D5B31A" w14:textId="72AADA95" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="00FA28B0">
+          <w:p w14:paraId="51D5B31A" w14:textId="72AADA95" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="00FA28B0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>3 mo</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>nths</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 6 m</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>onths</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B63C7A6" w14:textId="3B054961" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="3B63C7A6" w14:textId="3B054961" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ 6 mo</w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>nths</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 12 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>months</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E44D8A5" w14:textId="7B3ED47C" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0E44D8A5" w14:textId="7B3ED47C" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>year</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 2 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>year</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AA1E4B4" w14:textId="3968A8C7" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="5AA1E4B4" w14:textId="3968A8C7" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 5 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0024D3C9" w14:textId="1828D9D6" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="00FA28B0">
+          <w:p w14:paraId="0024D3C9" w14:textId="1828D9D6" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="00FA28B0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="450"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>year</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 10 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7665ED16" w14:textId="3AC64635" w:rsidR="006B3F93" w:rsidRPr="00C66C80" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="7665ED16" w14:textId="3AC64635" w:rsidR="006B3F93" w:rsidRPr="007E6A95" w:rsidRDefault="006B3F93" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ 10 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>year</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38789BE5" w14:textId="06017F94" w:rsidR="00AF1737" w:rsidRPr="00C66C80" w:rsidRDefault="00AF1737" w:rsidP="001E6CF9">
+    <w:p w14:paraId="38789BE5" w14:textId="06017F94" w:rsidR="00AF1737" w:rsidRPr="007E6A95" w:rsidRDefault="00AF1737" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F8BD115" w14:textId="5033B191" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
+    <w:p w14:paraId="2F8BD115" w14:textId="5033B191" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>Which</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">of the following employer benefits do you receive? </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Put an </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
-      <w:r w:rsidR="00467EF2" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00467EF2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>next to</w:t>
       </w:r>
-      <w:r w:rsidR="001E6CF9" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="001E6CF9" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>all that apply.</w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A2FDBAB" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="6A2FDBAB" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4320"/>
         <w:gridCol w:w="3065"/>
         <w:gridCol w:w="3050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w14:paraId="520B8F25" w14:textId="77777777" w:rsidTr="00C313C1">
+      <w:tr w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w14:paraId="520B8F25" w14:textId="77777777" w:rsidTr="00C313C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A9938D" w14:textId="58097579" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="35A9938D" w14:textId="58097579" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Employer</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ffered </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>h</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ea</w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">th </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>nsurance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="363FC236" w14:textId="51C6DBDE" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="003A5637" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="363FC236" w14:textId="51C6DBDE" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="003A5637" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ </w:t>
             </w:r>
-            <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Sick </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidR="00B21E9B" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
               <w:t>eave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFB20AC" w14:textId="3C06ABC3" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0DFB20AC" w14:textId="3C06ABC3" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Personal </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ays</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="470A5281" w14:textId="5940A145" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="470A5281" w14:textId="5940A145" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Vacation </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E30B35C" w14:textId="0837C1EC" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0E30B35C" w14:textId="0837C1EC" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Retirement </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>lan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="720C043D" w14:textId="64BA4468" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="720C043D" w14:textId="64BA4468" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>No benefits offered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51B3F6E1" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
+    <w:p w14:paraId="51B3F6E1" w14:textId="77777777" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0696282E" w14:textId="03F84370" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
+    <w:p w14:paraId="0696282E" w14:textId="03F84370" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">What is your hourly WAGE for your </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>ob? _______________</w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="009133AC">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Minimum wage is $</w:t>
       </w:r>
-      <w:r w:rsidR="000732D2" w:rsidRPr="009133AC">
+      <w:r w:rsidR="000732D2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004004E6">
+      <w:r w:rsidR="004004E6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="000732D2" w:rsidRPr="009133AC">
+      <w:r w:rsidR="000732D2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="009133AC">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CD5713" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="54CD5713" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cs="Helvetica"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="624E5252" w14:textId="1D6C4BE2" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="009133AC">
+    <w:p w14:paraId="57BA24B1" w14:textId="5BB76154" w:rsidR="00964A60" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="009706C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve">In the Employment </w:t>
+      </w:r>
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
+        <w:t>hart</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
+        <w:t>, enter the hours</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> you work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21E9B" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> at your job </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve">between </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">April 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apr </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
+        <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BA24B1" w14:textId="1B1E8BBF" w:rsidR="00964A60" w:rsidRPr="00C66C80" w:rsidRDefault="00964A60" w:rsidP="001E6CF9">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+    <w:p w14:paraId="7A09635A" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EA7A287" w14:textId="7938FC86" w:rsidR="00A8446D" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="00C313C1">
+    <w:p w14:paraId="4EA7A287" w14:textId="7938FC86" w:rsidR="00A8446D" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="00C313C1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="270" w:firstLine="90"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Employment </w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Chart</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">If completing the survey online, only the </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Total Hours </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>are entered.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10643" w:type="dxa"/>
         <w:tblInd w:w="265" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="969"/>
         <w:gridCol w:w="996"/>
         <w:gridCol w:w="1053"/>
         <w:gridCol w:w="1371"/>
         <w:gridCol w:w="1146"/>
         <w:gridCol w:w="938"/>
         <w:gridCol w:w="1168"/>
         <w:gridCol w:w="1164"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F11803" w:rsidRPr="00C66C80" w14:paraId="347FD7E2" w14:textId="77777777" w:rsidTr="00B940E8">
+      <w:tr w:rsidR="00F11803" w:rsidRPr="007E6A95" w14:paraId="347FD7E2" w14:textId="77777777" w:rsidTr="00B940E8">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACA446B" w14:textId="5BEC324E" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2ACA446B" w14:textId="5BEC324E" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CAF8900" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2CAF8900" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Sunday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65278D74" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="65278D74" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="396A8DC8" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="396A8DC8" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47CE080C" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="47CE080C" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46179EC2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="46179EC2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Thursday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13324F9F" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="13324F9F" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Friday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C2543C2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0C2543C2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Saturday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CA51769" w14:textId="33FFC775" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0CA51769" w14:textId="33FFC775" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Weekly </w:t>
             </w:r>
-            <w:r w:rsidR="00833CC7" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00833CC7" w:rsidRPr="00C66C80" w14:paraId="0ED1E9C4" w14:textId="77777777" w:rsidTr="00B940E8">
+      <w:tr w:rsidR="00833CC7" w:rsidRPr="007E6A95" w14:paraId="0ED1E9C4" w14:textId="77777777" w:rsidTr="00B940E8">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="54ABA37C" w14:textId="0E5B6AC7" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+          <w:p w14:paraId="54ABA37C" w14:textId="0E5B6AC7" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="57ABB82B" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+          <w:p w14:paraId="57ABB82B" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="71C52794" w14:textId="3BAE76D0" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="71C52794" w14:textId="3BAE76D0" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="338C506D" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+          <w:p w14:paraId="338C506D" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="28F64296" w14:textId="353BA03D" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="28F64296" w14:textId="353BA03D" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6537EE" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0A6537EE" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="681F6B38" w14:textId="7693A27A" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+          <w:p w14:paraId="681F6B38" w14:textId="7693A27A" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1861214E" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1861214E" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="61477EA2" w14:textId="654767D6" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="61477EA2" w14:textId="654767D6" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F11803" w:rsidRPr="00C66C80" w14:paraId="07C5E034" w14:textId="77777777" w:rsidTr="00B940E8">
+      <w:tr w:rsidR="00F11803" w:rsidRPr="007E6A95" w14:paraId="07C5E034" w14:textId="77777777" w:rsidTr="00B940E8">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2789D08B" w14:textId="2CCDA456" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="004004E6" w:rsidP="001E6CF9">
-[...4 lines deleted...]
-              <w:t>Sept 28 - Oct 4</w:t>
+          <w:p w14:paraId="2789D08B" w14:textId="67B728A8" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Apr 5 - Apr 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D123D5C" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6D123D5C" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FC8DC98" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6FC8DC98" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07C39BE6" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="07C39BE6" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76407096" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="76407096" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="212C26E0" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="212C26E0" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35DC26EF" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="35DC26EF" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59CE6435" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="59CE6435" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DE726BC" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5DE726BC" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F11803" w:rsidRPr="00C66C80" w14:paraId="7CD5E053" w14:textId="77777777" w:rsidTr="00B940E8">
+      <w:tr w:rsidR="00F11803" w:rsidRPr="007E6A95" w14:paraId="7CD5E053" w14:textId="77777777" w:rsidTr="00B940E8">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D36DF91" w14:textId="34793478" w:rsidR="00114BA6" w:rsidRPr="00C66C80" w:rsidRDefault="004004E6" w:rsidP="001E6CF9">
-[...4 lines deleted...]
-              <w:t>Oct 5 - Oct 11</w:t>
+          <w:p w14:paraId="4D36DF91" w14:textId="75F233B9" w:rsidR="00114BA6" w:rsidRPr="007E6A95" w:rsidRDefault="00CB5856" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Apr 12 - Apr 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D2B8BC0" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4D2B8BC0" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A9D28EF" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1A9D28EF" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A3806AF" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1A3806AF" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72652157" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="72652157" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CBD0888" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2CBD0888" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="938" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AFD220B" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6AFD220B" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1168" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C0FFBA2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0C0FFBA2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C351E3D" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5C351E3D" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F11803" w:rsidRPr="00C66C80" w14:paraId="7E3BEC7B" w14:textId="77777777" w:rsidTr="00B940E8">
+      <w:tr w:rsidR="00F11803" w:rsidRPr="007E6A95" w14:paraId="7E3BEC7B" w14:textId="77777777" w:rsidTr="00B940E8">
         <w:trPr>
           <w:trHeight w:val="297"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="340BCC03" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="340BCC03" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="439E4C4E" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="439E4C4E" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2049" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AE23589" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2AE23589" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="432CA382" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="432CA382" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22898ACB" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="22898ACB" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2106" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="119E5C0D" w14:textId="749A6993" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="119E5C0D" w14:textId="749A6993" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>otal</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> H</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1164" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="033E0B16" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="033E0B16" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="49398E87" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="00C66C80" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
+    <w:p w14:paraId="49398E87" w14:textId="77777777" w:rsidR="00833CC7" w:rsidRPr="007E6A95" w:rsidRDefault="00833CC7" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79297414" w14:textId="66ABF2ED" w:rsidR="0030347B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
+    <w:p w14:paraId="79297414" w14:textId="0F1C7069" w:rsidR="0030347B" w:rsidRPr="007E6A95" w:rsidRDefault="00B21E9B" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">If you </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">had </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00BF1CD3">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">no </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF1CD3">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">work hours </w:t>
       </w:r>
-      <w:r w:rsidR="00833CC7" w:rsidRPr="00BF1CD3">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00833CC7" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve">between </w:t>
+      </w:r>
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>, what was the primary reason?</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB1BD73" w14:textId="61DD193E" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="0030347B" w:rsidP="0030347B">
+    <w:p w14:paraId="5FB1BD73" w14:textId="61DD193E" w:rsidR="00B21E9B" w:rsidRPr="007E6A95" w:rsidRDefault="0030347B" w:rsidP="0030347B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> answer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1E55D5" w14:textId="77777777" w:rsidR="00487D41" w:rsidRPr="00C66C80" w:rsidRDefault="00487D41" w:rsidP="0030347B">
+    <w:p w14:paraId="7A1E55D5" w14:textId="77777777" w:rsidR="00487D41" w:rsidRPr="007E6A95" w:rsidRDefault="00487D41" w:rsidP="0030347B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5315"/>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="1880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00487D41" w:rsidRPr="00C66C80" w14:paraId="55ACD10F" w14:textId="77777777" w:rsidTr="00C11331">
+      <w:tr w:rsidR="00487D41" w:rsidRPr="007E6A95" w14:paraId="55ACD10F" w14:textId="77777777" w:rsidTr="00C11331">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C451F8" w14:textId="7D3FBE2B" w:rsidR="00C11331" w:rsidRDefault="00C11331" w:rsidP="009E6660">
+          <w:p w14:paraId="07C451F8" w14:textId="7D3FBE2B" w:rsidR="00C11331" w:rsidRPr="007E6A95" w:rsidRDefault="00C11331" w:rsidP="009E6660">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="432" w:hanging="432"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Employed but no work hours assigned</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4033C52E" w14:textId="23BC726F" w:rsidR="00487D41" w:rsidRPr="00C66C80" w:rsidRDefault="00487D41" w:rsidP="009E6660">
+          <w:p w14:paraId="4033C52E" w14:textId="23BC726F" w:rsidR="00487D41" w:rsidRPr="007E6A95" w:rsidRDefault="00487D41" w:rsidP="009E6660">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="432" w:hanging="432"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Planned </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ime </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ff (vacation or personal leave) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D205B3E" w14:textId="4AB86551" w:rsidR="00487D41" w:rsidRPr="00C66C80" w:rsidRDefault="00487D41" w:rsidP="009E6660">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1D205B3E" w14:textId="4AB86551" w:rsidR="00487D41" w:rsidRPr="007E6A95" w:rsidRDefault="00487D41" w:rsidP="009E6660">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Sick </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>eave/</w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>h</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ealth </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ssues</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D5911B7" w14:textId="5CE74D87" w:rsidR="00487D41" w:rsidRPr="00C66C80" w:rsidRDefault="00487D41" w:rsidP="009E6660">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="7D5911B7" w14:textId="5CE74D87" w:rsidR="00487D41" w:rsidRPr="007E6A95" w:rsidRDefault="00487D41" w:rsidP="009E6660">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Lack of </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>j</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ob </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>upports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D09A286" w14:textId="77777777" w:rsidR="00487D41" w:rsidRPr="00C66C80" w:rsidRDefault="00487D41" w:rsidP="009E6660">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="5D09A286" w14:textId="77777777" w:rsidR="00487D41" w:rsidRPr="007E6A95" w:rsidRDefault="00487D41" w:rsidP="009E6660">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="772A03DE" w14:textId="21E351E3" w:rsidR="00B21E9B" w:rsidRPr="00C66C80" w:rsidRDefault="00B21E9B" w:rsidP="001E6CF9">
-[...8 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-239"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C4875" w:rsidRPr="00C66C80" w14:paraId="226018F5" w14:textId="77777777" w:rsidTr="007C4875">
+      <w:tr w:rsidR="007C4875" w:rsidRPr="007E6A95" w14:paraId="226018F5" w14:textId="77777777" w:rsidTr="007C4875">
         <w:trPr>
           <w:trHeight w:val="647"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
-          <w:p w14:paraId="5149D2A9" w14:textId="77777777" w:rsidR="007C4875" w:rsidRPr="00C66C80" w:rsidRDefault="007C4875" w:rsidP="007C4875">
+          <w:p w14:paraId="5149D2A9" w14:textId="77777777" w:rsidR="007C4875" w:rsidRPr="007E6A95" w:rsidRDefault="007C4875" w:rsidP="007C4875">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
+              <w:lastRenderedPageBreak/>
               <w:t>Section: Self-Employed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18236ED8" w14:textId="1D9CE673" w:rsidR="007C4875" w:rsidRPr="00C66C80" w:rsidRDefault="007C4875" w:rsidP="007C4875">
+          <w:p w14:paraId="18236ED8" w14:textId="43B8D440" w:rsidR="007C4875" w:rsidRPr="007E6A95" w:rsidRDefault="007C4875" w:rsidP="007C4875">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Answer these questions if you were self-employed between </w:t>
             </w:r>
-            <w:r w:rsidR="00BD1498">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>February 1 - April 30</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1498" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F872CD2" w14:textId="40931130" w:rsidR="00D36F61" w:rsidRPr="00C66C80" w:rsidRDefault="00D36F61" w:rsidP="000B4607">
+    <w:p w14:paraId="7F872CD2" w14:textId="40931130" w:rsidR="00D36F61" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="000B4607">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>What is the title of your self-employed job? _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBCEB95" w14:textId="3A9C8FFD" w:rsidR="00D36F61" w:rsidRPr="009133AC" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
+    <w:p w14:paraId="4CBCEB95" w14:textId="3A9C8FFD" w:rsidR="00D36F61" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Select a job title from </w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="009133AC">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>LIST</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00487D41" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> that most closely matches what you do at work or write in a title.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417A8706" w14:textId="77777777" w:rsidR="00D36F61" w:rsidRPr="00C66C80" w:rsidRDefault="00D36F61" w:rsidP="001E6CF9">
+    <w:p w14:paraId="417A8706" w14:textId="77777777" w:rsidR="00D36F61" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E5A3011" w14:textId="09D8A57F" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
+    <w:p w14:paraId="0E5A3011" w14:textId="09D8A57F" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How long have you been self-employed?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="4050"/>
         <w:gridCol w:w="2790"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C4749C" w:rsidRPr="00C66C80" w14:paraId="4D9911DD" w14:textId="3C6DF3C4" w:rsidTr="00FA28B0">
+      <w:tr w:rsidR="00C4749C" w:rsidRPr="007E6A95" w14:paraId="4D9911DD" w14:textId="3C6DF3C4" w:rsidTr="00FA28B0">
         <w:trPr>
           <w:trHeight w:val="756"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50FC2CB1" w14:textId="7E1DA8BD" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="50FC2CB1" w14:textId="7E1DA8BD" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>less than 1 month</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="754B5C70" w14:textId="5972E3D9" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="754B5C70" w14:textId="5972E3D9" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
-[...5 lines deleted...]
-            <w:r w:rsidR="00920A4A" w:rsidRPr="00BF1CD3">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">1 month or </w:t>
+            </w:r>
+            <w:r w:rsidR="00920A4A" w:rsidRPr="007E6A95">
               <w:t>less</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF1CD3">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> than 3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
+              <w:t>months</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFC20DA" w14:textId="43B4A13B" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>months</w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 6 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2241EC31" w14:textId="190428A8" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2241EC31" w14:textId="190428A8" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ 6 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>months</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 12 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>months</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F8528DB" w14:textId="2C43A3BB" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2F8528DB" w14:textId="2C43A3BB" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>year</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> or less than 2 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6354F71D" w14:textId="16AD1A89" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="6354F71D" w14:textId="16AD1A89" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">years </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">or less than 5 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="616E0368" w14:textId="3DD82FAD" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="00FA28B0">
+          <w:p w14:paraId="616E0368" w14:textId="3DD82FAD" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="00FA28B0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">years </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">or less than 10 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t>years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="612D8BA8" w14:textId="757EE409" w:rsidR="00C4749C" w:rsidRPr="00C66C80" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="612D8BA8" w14:textId="757EE409" w:rsidR="00C4749C" w:rsidRPr="007E6A95" w:rsidRDefault="00C4749C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">_ 10 </w:t>
             </w:r>
-            <w:r w:rsidR="00FA28B0">
+            <w:r w:rsidR="00FA28B0" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">years </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27AF864B" w14:textId="77777777" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
+    <w:p w14:paraId="27AF864B" w14:textId="77777777" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5029D0D7" w14:textId="756B1272" w:rsidR="00D36F61" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="009133AC">
+    <w:p w14:paraId="5029D0D7" w14:textId="756B1272" w:rsidR="00D36F61" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">How often do you receive support while working </w:t>
       </w:r>
-      <w:r w:rsidR="00D36F61" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00D36F61" w:rsidRPr="007E6A95">
         <w:t>at your self-employed job?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002A5EE2" w14:textId="32D66366" w:rsidR="00CD2C65" w:rsidRPr="009133AC" w:rsidRDefault="004F48F0" w:rsidP="00EF1509">
+    <w:p w14:paraId="002A5EE2" w14:textId="32D66366" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="004F48F0" w:rsidP="00EF1509">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Examples of support: help to learn or do your job, person care, medical support</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10620" w:type="dxa"/>
         <w:tblInd w:w="180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3690"/>
         <w:gridCol w:w="3330"/>
         <w:gridCol w:w="3600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w14:paraId="4447CFD2" w14:textId="639F4F6C" w:rsidTr="00E11C49">
+      <w:tr w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w14:paraId="4447CFD2" w14:textId="639F4F6C" w:rsidTr="00E11C49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D0091B" w14:textId="059E262D" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="16D0091B" w14:textId="059E262D" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2377B6B6" w14:textId="6CAB0147" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00B12FBF" w:rsidP="003C43D0">
+          <w:p w14:paraId="2377B6B6" w14:textId="6CAB0147" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00B12FBF" w:rsidP="003C43D0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="-285" w:firstLine="285"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Daily (100% of the time)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A1A41D5" w14:textId="727F9940" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4A1A41D5" w14:textId="727F9940" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Daily (some)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E621836" w14:textId="7428562C" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="6E621836" w14:textId="7428562C" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Weekly (at least 1x/w</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:t>eek</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B6D15A" w14:textId="479D2F31" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="71B6D15A" w14:textId="479D2F31" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ Monthly (at least 1x/mo</w:t>
             </w:r>
-            <w:r w:rsidR="00E11C49">
+            <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
               <w:t>nth</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2D90113A" w14:textId="77777777" w:rsidR="004D1C94" w:rsidRPr="00C66C80" w:rsidRDefault="004D1C94" w:rsidP="001E6CF9">
+    <w:p w14:paraId="2D90113A" w14:textId="77777777" w:rsidR="004D1C94" w:rsidRPr="007E6A95" w:rsidRDefault="004D1C94" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:color w:val="auto"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BA25EFD" w14:textId="102D820D" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
+    <w:p w14:paraId="4BA25EFD" w14:textId="102D820D" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How is support typically provided?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10530" w:type="dxa"/>
         <w:tblInd w:w="180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5310"/>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w14:paraId="422AD886" w14:textId="77777777" w:rsidTr="003C43D0">
+      <w:tr w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w14:paraId="422AD886" w14:textId="77777777" w:rsidTr="003C43D0">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="527E90EB" w14:textId="38B058B1" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="527E90EB" w14:textId="38B058B1" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___ In</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">erson </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8A56A5" w14:textId="7D2612F1" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5C8A56A5" w14:textId="7D2612F1" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Combination of in</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>person and remote</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w14:paraId="0593C6C3" w14:textId="77777777" w:rsidTr="003C43D0">
+      <w:tr w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w14:paraId="0593C6C3" w14:textId="77777777" w:rsidTr="003C43D0">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C16BB1" w14:textId="2D7D1E33" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="00C16BB1" w14:textId="2D7D1E33" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Remote </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nly (</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>video, phone, email</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="174D2511" w14:textId="4E574AA1" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+          <w:p w14:paraId="174D2511" w14:textId="4E574AA1" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_ No support provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F698FA5" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4F698FA5" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E6E0405" w14:textId="679A387B" w:rsidR="00E9761B" w:rsidRPr="00C66C80" w:rsidRDefault="00E9761B" w:rsidP="009133AC">
+    <w:p w14:paraId="3E6E0405" w14:textId="679A387B" w:rsidR="00E9761B" w:rsidRPr="007E6A95" w:rsidRDefault="00E9761B" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>What technology do you use to support your job?</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> an </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">X </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">next to all that apply. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="300C4F17" w14:textId="77777777" w:rsidR="0030347B" w:rsidRPr="00C66C80" w:rsidRDefault="0030347B" w:rsidP="0030347B">
+    <w:p w14:paraId="300C4F17" w14:textId="77777777" w:rsidR="0030347B" w:rsidRPr="007E6A95" w:rsidRDefault="0030347B" w:rsidP="0030347B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7233FA8A" w14:textId="4F11CC2F" w:rsidR="004F48F0" w:rsidRPr="009133AC" w:rsidRDefault="004F48F0" w:rsidP="004F48F0">
+    <w:p w14:paraId="7233FA8A" w14:textId="4F11CC2F" w:rsidR="004F48F0" w:rsidRPr="007E6A95" w:rsidRDefault="004F48F0" w:rsidP="004F48F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>This IS NOT equipment used to complete your job, such as a cash register, copy machine, or inventory scanner. This is technology that you own or your employer provides to help you to learn, do, or keep you</w:t>
       </w:r>
-      <w:r w:rsidR="00487D41" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> job (e.g., a check list on your cell phone, a device that reads text or helps you to communicate, a smart speaker that reminds you when to catch your ride to work). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680E1894" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+    <w:p w14:paraId="680E1894" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3425"/>
         <w:gridCol w:w="3510"/>
         <w:gridCol w:w="3600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C43D0" w:rsidRPr="00C66C80" w14:paraId="185E974C" w14:textId="77777777" w:rsidTr="008F127A">
+      <w:tr w:rsidR="003C43D0" w:rsidRPr="007E6A95" w14:paraId="185E974C" w14:textId="77777777" w:rsidTr="008F127A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2094B862" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2094B862" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ None </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04724EF0" w14:textId="575F69CF" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="04724EF0" w14:textId="575F69CF" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Cell </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>hone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="304AFDAB" w14:textId="5F4D1C61" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="304AFDAB" w14:textId="5F4D1C61" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Computer or </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>aptop</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47F2509A" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
+          <w:p w14:paraId="00872322" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Tablet (e.g., iPad, Amazon Fire)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F2509A" w14:textId="62DDB37A" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="435" w:hanging="435"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">___ Smart </w:t>
+            </w:r>
+            <w:r w:rsidR="003804C9" w:rsidRPr="007E6A95">
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>en</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>or stylus (e.g., Apple Pencil)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="360B08BA" w14:textId="2D3BD4CA" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00682CEE">
+          <w:p w14:paraId="360B08BA" w14:textId="2D3BD4CA" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="00682CEE">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="450"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Smart </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">peaker (e.g., Amazon Echo, Google Nest) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="605A86CF" w14:textId="3C330F3E" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00682CEE">
+          <w:p w14:paraId="605A86CF" w14:textId="3C330F3E" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="00682CEE">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Smart </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">atch (e.g., Apple, Samsung galaxy, Fitbit Sense) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BF298BB" w14:textId="7B179BC7" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0BF298BB" w14:textId="7363E4FD" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="00BD6077">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="435" w:hanging="360"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">Smart </w:t>
+            </w:r>
+            <w:r w:rsidR="003804C9" w:rsidRPr="007E6A95">
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>ane</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>WeWalk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, Can Go)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3623D27E" w14:textId="73FA779A" w:rsidR="00DE1A55" w:rsidRPr="00C66C80" w:rsidRDefault="00DE1A55" w:rsidP="00395B37">
+          <w:p w14:paraId="3623D27E" w14:textId="73FA779A" w:rsidR="00DE1A55" w:rsidRPr="007E6A95" w:rsidRDefault="00DE1A55" w:rsidP="00395B37">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Portable </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t xml:space="preserve">edia </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
-              <w:t>layer (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC5A28" w:rsidRPr="008F5FBF">
+              <w:t>layer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-419"/>
               </w:rPr>
-              <w:t xml:space="preserve">e.g., </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>iPod, MP3)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68C432AB" w14:textId="38D3D86B" w:rsidR="003C43D0" w:rsidRPr="00C66C80" w:rsidRDefault="003C43D0" w:rsidP="00395B37">
+          <w:p w14:paraId="68C432AB" w14:textId="38D3D86B" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="00395B37">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___Communication </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">id (e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Dynavox</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D8AC80" w14:textId="77777777" w:rsidR="003C43D0" w:rsidRPr="007E6A95" w:rsidRDefault="003C43D0" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Other: ________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02788BFD" w14:textId="77777777" w:rsidR="00E9761B" w:rsidRPr="00C66C80" w:rsidRDefault="00E9761B" w:rsidP="00E9761B">
+    <w:p w14:paraId="02788BFD" w14:textId="77777777" w:rsidR="00E9761B" w:rsidRPr="007E6A95" w:rsidRDefault="00E9761B" w:rsidP="00E9761B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BB0B1D2" w14:textId="73D26258" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
+    <w:p w14:paraId="5BB0B1D2" w14:textId="11FEF7C8" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">What resources did you use to support your self-employed job between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>August 1 - October 31</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>February 1 - April 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D539C49" w14:textId="422AD50B" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
+    <w:p w14:paraId="2D539C49" w14:textId="422AD50B" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">Put an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidR="00467EF2" w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00467EF2" w:rsidRPr="007E6A95">
         <w:t>next to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> all that apply. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10801" w:type="dxa"/>
         <w:tblInd w:w="270" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3419"/>
         <w:gridCol w:w="4411"/>
         <w:gridCol w:w="2971"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0070425F" w:rsidRPr="00C66C80" w14:paraId="1036129F" w14:textId="77777777" w:rsidTr="00851468">
+      <w:tr w:rsidR="0070425F" w:rsidRPr="007E6A95" w14:paraId="1036129F" w14:textId="77777777" w:rsidTr="00851468">
         <w:trPr>
           <w:trHeight w:val="1043"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3419" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D9A4D2" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="0070425F">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="13D9A4D2" w14:textId="77777777" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="0070425F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ None</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0395029C" w14:textId="77471953" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="003C43D0">
+          <w:p w14:paraId="0395029C" w14:textId="77471953" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="003C43D0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="431" w:hanging="431"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Attended self-employment course or training (e.g., DD Council, </w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>SBA</w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> class).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4411" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0691D3B2" w14:textId="3C1D547C" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="00596FDA">
+          <w:p w14:paraId="0691D3B2" w14:textId="3C1D547C" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="00596FDA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="450"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Received </w:t>
             </w:r>
-            <w:r w:rsidR="00A55105">
+            <w:r w:rsidR="00A55105" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>upport from a business association/group (e.g., SCORE,</w:t>
             </w:r>
-            <w:r w:rsidR="00A10FE6">
+            <w:r w:rsidR="00A10FE6" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>SBA</w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>, Social Enterprise Greenhouse, Chamber of Commerce)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2971" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20CE4E4E" w14:textId="57D9F843" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="00A10FE6">
+          <w:p w14:paraId="20CE4E4E" w14:textId="57D9F843" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="00A10FE6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Approved </w:t>
             </w:r>
-            <w:r w:rsidR="00103F60">
+            <w:r w:rsidR="00103F60" w:rsidRPr="007E6A95">
               <w:t>(SSA)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> PASS Plan</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23730FE9" w14:textId="30DD119F" w:rsidR="0070425F" w:rsidRPr="00C66C80" w:rsidRDefault="0070425F" w:rsidP="006B74AC">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="23730FE9" w14:textId="30DD119F" w:rsidR="0070425F" w:rsidRPr="007E6A95" w:rsidRDefault="0070425F" w:rsidP="006B74AC">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Other: ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D93EAC7" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="7D93EAC7" w14:textId="77777777" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ED1DB81" w14:textId="78CB554F" w:rsidR="00CD2C65" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
+    <w:p w14:paraId="5ED1DB81" w14:textId="78CB554F" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">What is your </w:t>
       </w:r>
-      <w:r w:rsidR="009133AC">
+      <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
         <w:t>annual (12 month</w:t>
       </w:r>
-      <w:r w:rsidR="00E11C49">
+      <w:r w:rsidR="00E11C49" w:rsidRPr="007E6A95">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="009133AC">
+      <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
         <w:t>) gross income</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5A28">
+      <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> _________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D82A0FA" w14:textId="77777777" w:rsidR="009133AC" w:rsidRPr="009133AC" w:rsidRDefault="009133AC" w:rsidP="009133AC">
+    <w:p w14:paraId="1D82A0FA" w14:textId="77777777" w:rsidR="009133AC" w:rsidRPr="007E6A95" w:rsidRDefault="009133AC" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
+          <w:sz w:val="14"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="145333E6" w14:textId="4B577904" w:rsidR="00D36F61" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="009133AC">
+    <w:p w14:paraId="145333E6" w14:textId="6CC6CC9D" w:rsidR="00D36F61" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">In the Self-Employed </w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:t>Chart</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> enter the number of </w:t>
       </w:r>
-      <w:r w:rsidR="00596FDA">
+      <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
         <w:t>hours</w:t>
       </w:r>
-      <w:r w:rsidR="00D36F61" w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00D36F61" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>you</w:t>
       </w:r>
-      <w:r w:rsidR="00D36F61" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00D36F61" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> work</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidR="00D36F61" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00D36F61" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> at your self-employed job </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D36F61" w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36F61" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
-      <w:r w:rsidR="00A61842" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00A61842" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1424D1F6" w14:textId="5DCEB57C" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+    <w:p w14:paraId="1424D1F6" w14:textId="5DCEB57C" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="612E521F" w14:textId="1B7A9065" w:rsidR="00CD2C65" w:rsidRPr="009133AC" w:rsidRDefault="00964A60" w:rsidP="006B74AC">
+    <w:p w14:paraId="612E521F" w14:textId="1B7A9065" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00964A60" w:rsidP="006B74AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>Self-Employ</w:t>
       </w:r>
-      <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ed </w:t>
       </w:r>
-      <w:r w:rsidR="009F1C2A" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="009F1C2A" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>Chart</w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00A9127F" w:rsidRPr="009133AC">
+      <w:r w:rsidR="00A9127F" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">If completing the survey online, only the </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Total Hours </w:t>
       </w:r>
-      <w:r w:rsidR="006B74AC" w:rsidRPr="009133AC">
+      <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>are entered.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11160" w:type="dxa"/>
         <w:tblInd w:w="-95" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1711"/>
         <w:gridCol w:w="969"/>
         <w:gridCol w:w="996"/>
         <w:gridCol w:w="1053"/>
         <w:gridCol w:w="1371"/>
         <w:gridCol w:w="1190"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F48F0" w:rsidRPr="00C66C80" w14:paraId="6646FDD8" w14:textId="77777777" w:rsidTr="004F48F0">
+      <w:tr w:rsidR="004F48F0" w:rsidRPr="007E6A95" w14:paraId="6646FDD8" w14:textId="77777777" w:rsidTr="004F48F0">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B47FA4E" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6B47FA4E" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="435A61D5" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="435A61D5" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Sunday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D68025D" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="7D68025D" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2FAFC2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1A2FAFC2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="327676A0" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="327676A0" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05B1A71A" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="05B1A71A" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Thursday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B645528" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0B645528" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Friday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2323A8AA" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2323A8AA" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Saturday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0A4006" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2A0A4006" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Weekly Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F48F0" w:rsidRPr="00C66C80" w14:paraId="64674AF0" w14:textId="77777777" w:rsidTr="00DD0A42">
+      <w:tr w:rsidR="004F48F0" w:rsidRPr="007E6A95" w14:paraId="64674AF0" w14:textId="77777777" w:rsidTr="00DD0A42">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="52F152AA" w14:textId="3D9DA15E" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="00871FD6">
+          <w:p w14:paraId="52F152AA" w14:textId="3D9DA15E" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="00871FD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0EFD137C" w14:textId="656B2B8F" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0EFD137C" w14:textId="656B2B8F" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DD0A42" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00DD0A42" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE139B7" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1DE139B7" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="646FE7C3" w14:textId="5121CE15" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="646FE7C3" w14:textId="5121CE15" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="341B0C37" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="341B0C37" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB074CC" w14:textId="18EBEF8C" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0CB074CC" w14:textId="18EBEF8C" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="687D6F47" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="687D6F47" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2F22E756" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2F22E756" w14:textId="77777777" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6911A156" w14:textId="785A611B" w:rsidR="00871FD6" w:rsidRPr="00C66C80" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6911A156" w14:textId="785A611B" w:rsidR="00871FD6" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00DD0A42" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00DD0A42" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F48F0" w:rsidRPr="00C66C80" w14:paraId="6091AE06" w14:textId="77777777" w:rsidTr="004F49D9">
+      <w:tr w:rsidR="004F48F0" w:rsidRPr="007E6A95" w14:paraId="6091AE06" w14:textId="77777777" w:rsidTr="004F49D9">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C85353D" w14:textId="2085C9DD" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="004004E6" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4C85353D" w14:textId="1D6F44B8" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sept 28 - Oct 4</w:t>
+              <w:t>Apr</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 - Apr 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D5842F9" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2D5842F9" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E0E0DD2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2E0E0DD2" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C34F014" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6C34F014" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45EB1159" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="45EB1159" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66055454" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="66055454" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="758101EA" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="758101EA" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71336152" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="71336152" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B29759B" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5B29759B" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F48F0" w:rsidRPr="00C66C80" w14:paraId="007A3A5F" w14:textId="77777777" w:rsidTr="004F48F0">
+      <w:tr w:rsidR="004F48F0" w:rsidRPr="007E6A95" w14:paraId="007A3A5F" w14:textId="77777777" w:rsidTr="004F48F0">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FCDF98A" w14:textId="10C2C04B" w:rsidR="00F11803" w:rsidRPr="00951A4C" w:rsidRDefault="004004E6" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4FCDF98A" w14:textId="72EDD398" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Oct 5 - Oct 11</w:t>
+              <w:t>Apr</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12 - Apr 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BEB0969" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2BEB0969" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="996" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72D4D8A8" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="72D4D8A8" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1053" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A88AB3A" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6A88AB3A" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="181DB633" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="181DB633" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46E38C1B" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="46E38C1B" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2282CFE3" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2282CFE3" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F6DF668" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0F6DF668" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0892BD71" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="0892BD71" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F11803" w:rsidRPr="00C66C80" w14:paraId="4807DC37" w14:textId="77777777" w:rsidTr="008C4A96">
+      <w:tr w:rsidR="00F11803" w:rsidRPr="007E6A95" w14:paraId="4807DC37" w14:textId="77777777" w:rsidTr="008C4A96">
         <w:trPr>
           <w:trHeight w:val="342"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1711" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C1E0954" w14:textId="39A6F91B" w:rsidR="008C4A96" w:rsidRPr="00C66C80" w:rsidRDefault="008C4A96" w:rsidP="001E6CF9">
+          <w:p w14:paraId="6C1E0954" w14:textId="39A6F91B" w:rsidR="008C4A96" w:rsidRPr="007E6A95" w:rsidRDefault="008C4A96" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5758CBE8" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5758CBE8" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2049" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04937A59" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="04937A59" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28C94D80" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="28C94D80" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DAEDE92" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="4DAEDE92" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="489D7449" w14:textId="1C9D6123" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="489D7449" w14:textId="1C9D6123" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>otal</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> H</w:t>
             </w:r>
-            <w:r w:rsidR="00596FDA">
+            <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5B82E7EA" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="00C66C80" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
+          <w:p w14:paraId="5B82E7EA" w14:textId="77777777" w:rsidR="00F11803" w:rsidRPr="007E6A95" w:rsidRDefault="00F11803" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="300D47BA" w14:textId="77777777" w:rsidR="00D36F61" w:rsidRPr="00C66C80" w:rsidRDefault="00D36F61" w:rsidP="001E6CF9">
+    <w:p w14:paraId="300D47BA" w14:textId="77777777" w:rsidR="00D36F61" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="447BE8E8" w14:textId="71B68F6A" w:rsidR="00D36F61" w:rsidRPr="00C66C80" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
+    <w:p w14:paraId="447BE8E8" w14:textId="41628314" w:rsidR="00D36F61" w:rsidRPr="007E6A95" w:rsidRDefault="00D36F61" w:rsidP="009133AC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">If you worked no hours at your self-employed job from </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>, what was the primary reason?</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> an </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to </w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="0030347B" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="0030347B" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> answer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BAEF7A7" w14:textId="77777777" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4E11C283" w14:textId="4033F26A" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3785"/>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="2960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000519B2" w:rsidRPr="00C66C80" w14:paraId="6B594B03" w14:textId="77777777" w:rsidTr="008C4A96">
+      <w:tr w:rsidR="009706C5" w:rsidRPr="007E6A95" w14:paraId="3B8B8679" w14:textId="77777777" w:rsidTr="009706C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF1F15C" w14:textId="102D5A05" w:rsidR="00EF1509" w:rsidRPr="00C66C80" w:rsidRDefault="00EF1509" w:rsidP="000C3FF5">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="43FB2E0E" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="_Hlk146620550"/>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Business is commission-based</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36E33B52" w14:textId="15D86623" w:rsidR="00EF1509" w:rsidRPr="00C66C80" w:rsidRDefault="00EF1509" w:rsidP="000C3FF5">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="1622B045" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Business is seasonal</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="611ECBD0" w14:textId="082BEC73" w:rsidR="000519B2" w:rsidRPr="00C66C80" w:rsidRDefault="000519B2" w:rsidP="0039652D">
+          <w:p w14:paraId="4BD11118" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE77964" w14:textId="499C375D" w:rsidR="000C3FF5" w:rsidRPr="00C66C80" w:rsidRDefault="000519B2" w:rsidP="000C3FF5">
-[...40 lines deleted...]
-          <w:p w14:paraId="181346E3" w14:textId="5378E000" w:rsidR="00DD1216" w:rsidRPr="00C66C80" w:rsidRDefault="0039652D" w:rsidP="008C4A96">
+          <w:p w14:paraId="2E89B13E" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ Sick leave/health issues</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73616419" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...12 lines deleted...]
-              <w:t>ff (vacation or personal leave)</w:t>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ Planned time off (vacation or personal leave)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56FCE0AF" w14:textId="4EB0886C" w:rsidR="0039652D" w:rsidRPr="00C66C80" w:rsidRDefault="0039652D" w:rsidP="001E6CF9">
-[...36 lines deleted...]
-              <w:t>Other</w:t>
+          <w:p w14:paraId="7A4A0558" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ Lack of job supports</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04BC0153" w14:textId="77777777" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="009706C5">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="8"/>
     </w:tbl>
+    <w:p w14:paraId="6BAEF7A7" w14:textId="77777777" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-95" w:tblpY="1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10774"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w14:paraId="2F6F33E8" w14:textId="77777777" w:rsidTr="2A2D9BB8">
+      <w:tr w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w14:paraId="2F6F33E8" w14:textId="77777777" w:rsidTr="2A2D9BB8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10774" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="7"/>
-          <w:p w14:paraId="0EC172F5" w14:textId="32EC959C" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="007100E4" w:rsidP="006B74AC">
+          <w:p w14:paraId="0EC172F5" w14:textId="32EC959C" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="007100E4" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section: </w:t>
             </w:r>
-            <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
               <w:t>Community Activity</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48599328" w14:textId="1909DA49" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
+          <w:p w14:paraId="48599328" w14:textId="78E40FA5" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Answer these questions if you participated in social, recreational, educational or other unpaid activities </w:t>
             </w:r>
-            <w:r w:rsidR="009053CB" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="009053CB" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">in a community or public place </w:t>
             </w:r>
-            <w:r w:rsidR="00BC5A28" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>between</w:t>
             </w:r>
-            <w:r w:rsidR="00BC5A28">
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BD1498">
-[...2 lines deleted...]
-            <w:r w:rsidR="00BF2A71">
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:t>February 1 - April 30</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD1498" w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5856" w:rsidRPr="007E6A95">
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2A71" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4452E015" w14:textId="479ECA2B" w:rsidR="00CD2C65" w:rsidRPr="00C66C80" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4452E015" w14:textId="479ECA2B" w:rsidR="00CD2C65" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31BEB242" w14:textId="77777777" w:rsidR="00BC0290" w:rsidRPr="00C66C80" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
+    <w:p w14:paraId="31BEB242" w14:textId="77777777" w:rsidR="00BC0290" w:rsidRPr="007E6A95" w:rsidRDefault="00BC0290" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk146620666"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk146620666"/>
     </w:p>
-    <w:p w14:paraId="26F2D4E3" w14:textId="77777777" w:rsidR="00A55105" w:rsidRDefault="00164A61" w:rsidP="439CA6E3">
+    <w:p w14:paraId="26F2D4E3" w14:textId="77777777" w:rsidR="00A55105" w:rsidRPr="007E6A95" w:rsidRDefault="00164A61" w:rsidP="439CA6E3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk194923238"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="439CA6E3">
+      <w:bookmarkStart w:id="10" w:name="_Hlk194923238"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">This question has 4 parts. Complete all 4 questions for each activity that you participated in from </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA2AAFA" w14:textId="4FC44A97" w:rsidR="00164A61" w:rsidRPr="00C66C80" w:rsidRDefault="00BD1498" w:rsidP="00A55105">
+    <w:p w14:paraId="5AA2AAFA" w14:textId="1712F940" w:rsidR="00164A61" w:rsidRPr="007E6A95" w:rsidRDefault="005650EF" w:rsidP="00A55105">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00164A61" w:rsidRPr="439CA6E3">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00164A61" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the community. </w:t>
       </w:r>
-      <w:r w:rsidR="00164A61" w:rsidRPr="439CA6E3">
+      <w:r w:rsidR="00164A61" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Do not </w:t>
       </w:r>
-      <w:r w:rsidR="6BFBEF20" w:rsidRPr="439CA6E3">
+      <w:r w:rsidR="6BFBEF20" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:r w:rsidR="00164A61" w:rsidRPr="439CA6E3">
+      <w:r w:rsidR="00164A61" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities taking place at home!</w:t>
       </w:r>
-      <w:r w:rsidR="00164A61" w:rsidRPr="439CA6E3">
+      <w:r w:rsidR="00164A61" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Include activities taking place in the evening or on the weekend if the activity is part of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00164A61" w:rsidRPr="00D91CC5">
+        <w:t xml:space="preserve"> Include activities taking place in the evening or on the weekend if the activity is part of your </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4A96" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">your </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C4A96" w:rsidRPr="00D91CC5">
+        <w:t>plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00164A61" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>plan</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D862E16" w14:textId="0E2AA467" w:rsidR="00164A61" w:rsidRDefault="00164A61" w:rsidP="00E90AB7">
+    <w:p w14:paraId="2D862E16" w14:textId="0E2AA467" w:rsidR="00164A61" w:rsidRPr="007E6A95" w:rsidRDefault="00164A61" w:rsidP="00E90AB7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:ind w:right="-90"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>For each activity, tell us how many hours you participated in the activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6025797B" w14:textId="5F97E944" w:rsidR="00164A61" w:rsidRDefault="00164A61" w:rsidP="439CA6E3">
+    <w:p w14:paraId="6025797B" w14:textId="5F97E944" w:rsidR="00164A61" w:rsidRPr="007E6A95" w:rsidRDefault="00164A61" w:rsidP="439CA6E3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:ind w:right="-90"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="439CA6E3">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">For each activity, tell us the number of times you </w:t>
       </w:r>
-      <w:r w:rsidR="5E8107A2" w:rsidRPr="439CA6E3">
+      <w:r w:rsidR="5E8107A2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>participated in</w:t>
       </w:r>
-      <w:r w:rsidRPr="439CA6E3">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> the activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A25C8C" w14:textId="1AC52F90" w:rsidR="00164A61" w:rsidRPr="00C66C80" w:rsidRDefault="00164A61" w:rsidP="00E90AB7">
+    <w:p w14:paraId="71A25C8C" w14:textId="1AC52F90" w:rsidR="00164A61" w:rsidRPr="007E6A95" w:rsidRDefault="00164A61" w:rsidP="00E90AB7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>For each activity, t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>For each activity, tell us if you participated on your own or with other</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE06E1" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">ell us </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>if you participated on your own or with other</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AE06E1">
+        <w:t>. If you participated with others, tell us who participated in the activities with you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC54B1C" w14:textId="0C5059F1" w:rsidR="00164A61" w:rsidRPr="007E6A95" w:rsidRDefault="00164A61" w:rsidP="00E90AB7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="47"/>
+        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">. If you participated with others, tell us </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t xml:space="preserve">For each activity, tell us which answer best describes who else </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE06E1" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>who participated in the activities with you</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">mostly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>attended these activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC54B1C" w14:textId="0C5059F1" w:rsidR="00164A61" w:rsidRDefault="00164A61" w:rsidP="00E90AB7">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="1F19FE6F" w14:textId="4342B790" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00E90AB7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3DAB3CCE" w14:textId="1B40CC6F" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00E90AB7">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>For each activity, t</w:t>
-[...70 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="1FEF7B05" w14:textId="0464258C" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="1FEF7B05" w14:textId="0464258C" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2658"/>
         <w:gridCol w:w="2590"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="1DF176BA" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="1DF176BA" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10430" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1000A481" w14:textId="612A5D52" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="1000A481" w14:textId="612A5D52" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="_Hlk194923337"/>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:bookmarkStart w:id="11" w:name="_Hlk194923337"/>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Art, leisure, recreation</w:t>
             </w:r>
-            <w:r w:rsidRPr="005516B5">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00D91CC5">
+            <w:r w:rsidR="00D91CC5" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="005516B5">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>xamples: movies, dining out, sightseeing, crafting class)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03B3A5EF" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="03B3A5EF" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="67889002" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="67889002" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53647A30" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="53647A30" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B05B41" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="50B05B41" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="18A9A1F6" w14:textId="255A61BF" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18A9A1F6" w14:textId="4E8848E7" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB70993" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="3EB70993" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="0EF71084" w14:textId="7641B939" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EF71084" w14:textId="7E6D634C" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/12 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37414FB3" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="37414FB3" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Total Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F9B6542" w14:textId="1D1C77BA" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="5F9B6542" w14:textId="0B342A11" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="1412AFEB" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="1412AFEB" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D09804E" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many hours did you participate in these activities?</w:t>
+          <w:p w14:paraId="7D09804E" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. How many hours did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="708C1988" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="708C1988" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="49BC7782" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="49BC7782" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E418EDD" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="5E418EDD" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="027644EB" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="027644EB" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF398F9" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many times did you participate in these activities?</w:t>
+          <w:p w14:paraId="2BF398F9" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. How many times did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6FA912" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="004004E6" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="7B6FA912" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05B61965" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="05B61965" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 time   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35F8E2ED" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="35F8E2ED" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 4 times    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28267085" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="28267085" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">5 to 9 times     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65B770A9" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="65B770A9" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">10 to 14 times   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4969F523" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="4969F523" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15 or more times</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="614B6F1B" w14:textId="7E7F79C6" w:rsidR="00E90AB7" w:rsidRPr="00CB772F" w:rsidRDefault="00E90AB7" w:rsidP="00CB772F">
+          <w:p w14:paraId="614B6F1B" w14:textId="7E7F79C6" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5182" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="25F23A39" w14:textId="4BED42A0" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="25F23A39" w14:textId="4BED42A0" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Example:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> If you went bowling 2 </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>nights</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">, to ceramics class </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>2 days</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> visited the library 3 times,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> the total equals 7. The correct answer is 5 to 9 times. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58B06742" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="58B06742" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="060438EC" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="060438EC" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3E9B1B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>Did you participate on your own or with others</w:t>
+          <w:p w14:paraId="0E3E9B1B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. Did you participate on your own or with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="304CF5A6" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="304CF5A6" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12D102FA" w14:textId="0144325E" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="439CA6E3">
+          <w:p w14:paraId="12D102FA" w14:textId="0144325E" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="439CA6E3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended all </w:t>
             </w:r>
-            <w:r w:rsidR="5CBCC769" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="5CBCC769" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>the activities</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> on my own. (Skip to </w:t>
             </w:r>
-            <w:r w:rsidR="003F3138" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="003F3138" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Question</w:t>
             </w:r>
-            <w:r w:rsidR="003F3138" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="003F3138" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003F3138" w:rsidRPr="439CA6E3">
+            <w:r w:rsidR="003F3138" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="776BE2B8" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="776BE2B8" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended some or all activities with other people. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00E5AC00" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="00E5AC00" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="343000CA" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="343000CA" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B085CB2" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="6B085CB2" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AD90F62" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="3AD90F62" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>In the box below, tell us who participated with you. Check all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="2477DACC" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="2477DACC" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="309B0539" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="309B0539" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46242C41" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="46242C41" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more family members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74C29D91" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="74C29D91" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6923A95A" w14:textId="0C1C71D2" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="6923A95A" w14:textId="0C1C71D2" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 or </w:t>
             </w:r>
-            <w:r w:rsidR="00A55105" w:rsidRPr="00A55105">
+            <w:r w:rsidR="00A55105" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>more</w:t>
             </w:r>
-            <w:r w:rsidR="00A55105">
+            <w:r w:rsidR="00A55105" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>community members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1824CE45" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="1824CE45" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5709E81C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="5709E81C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 to 2 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="321A591B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="321A591B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3 to 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37D93FF8" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="37D93FF8" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>More than 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="2FB9B70B" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="2FB9B70B" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25118573" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>What best describes who else attended these activities</w:t>
+          <w:p w14:paraId="25118573" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. What best describes who else attended these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="028BE5E1" w14:textId="77777777" w:rsidR="004B7DC8" w:rsidRDefault="00E90AB7" w:rsidP="004B7DC8">
+          <w:p w14:paraId="028BE5E1" w14:textId="77777777" w:rsidR="004B7DC8" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="004B7DC8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mostly people with disabilities attended these activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DA1B56C" w14:textId="4162B378" w:rsidR="00E90AB7" w:rsidRPr="004B7DC8" w:rsidRDefault="00E90AB7" w:rsidP="004B7DC8">
+          <w:p w14:paraId="2DA1B56C" w14:textId="4162B378" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="004B7DC8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Mostly people from the community or the public attended these activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:tbl>
-    <w:p w14:paraId="11012C73" w14:textId="28BADBC4" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="11012C73" w14:textId="28BADBC4" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="238DB78F" w14:textId="169E7279" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="238DB78F" w14:textId="169E7279" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="579A547D" w14:textId="56A812A8" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="579A547D" w14:textId="56A812A8" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08E0894E" w14:textId="026FA37B" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="08E0894E" w14:textId="026FA37B" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FDF557E" w14:textId="6DD41FC3" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="0FDF557E" w14:textId="6DD41FC3" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DD35B85" w14:textId="1C319194" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="7DD35B85" w14:textId="1C319194" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34AA9CA1" w14:textId="3AF899BE" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="34AA9CA1" w14:textId="3AF899BE" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E2EE829" w14:textId="269A6B79" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="6E2EE829" w14:textId="269A6B79" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D19B663" w14:textId="2C529B7A" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="0D19B663" w14:textId="2C529B7A" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78235429" w14:textId="13B71AE1" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="78235429" w14:textId="13B71AE1" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="728EE621" w14:textId="209BADC0" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="728EE621" w14:textId="209BADC0" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F657046" w14:textId="73BCC80A" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="0F657046" w14:textId="73BCC80A" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C532118" w14:textId="4DC06A6C" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="2C532118" w14:textId="4DC06A6C" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69BF8766" w14:textId="4C22D268" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="69BF8766" w14:textId="4C22D268" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EEEC049" w14:textId="5853AEEC" w:rsidR="00DD1216" w:rsidRDefault="00DD1216" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="6EEEC049" w14:textId="5853AEEC" w:rsidR="00DD1216" w:rsidRPr="007E6A95" w:rsidRDefault="00DD1216" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D6A7E0F" w14:textId="77777777" w:rsidR="00DD1216" w:rsidRDefault="00DD1216" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="1D6A7E0F" w14:textId="77777777" w:rsidR="00DD1216" w:rsidRPr="007E6A95" w:rsidRDefault="00DD1216" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75C04520" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="75C04520" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2658"/>
         <w:gridCol w:w="2590"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE06E1" w14:paraId="799F4F3C" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w14:paraId="799F4F3C" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10430" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="17AD97A5" w14:textId="437678F8" w:rsidR="00AE06E1" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
+          <w:p w14:paraId="17AD97A5" w14:textId="437678F8" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Hlk193377617"/>
-            <w:r>
+            <w:bookmarkStart w:id="12" w:name="_Hlk193377617"/>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Health &amp; fitness </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BB20E5">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00D91CC5">
+            <w:r w:rsidR="00D91CC5" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>xamples:</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> exercise class, wellness session, daily walk)</w:t>
+              <w:t>xamples: exercise class, wellness session, daily walk)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE06E1" w14:paraId="00A716A6" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w14:paraId="00A716A6" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FAF96C6" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
+          <w:p w14:paraId="6FAF96C6" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABD24CD" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+          <w:p w14:paraId="5ABD24CD" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="3E380C03" w14:textId="463D5609" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E380C03" w14:textId="071CB965" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="316BA8B1" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+          <w:p w14:paraId="316BA8B1" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="0731A017" w14:textId="3F4513F9" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0731A017" w14:textId="45532CF6" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/12 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A2F9C9C" w14:textId="4F97E217" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+          <w:p w14:paraId="3A2F9C9C" w14:textId="4F97E217" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Total Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15D75365" w14:textId="7A3B7400" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+          <w:p w14:paraId="15D75365" w14:textId="0CA63196" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE06E1" w14:paraId="5F21D448" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w14:paraId="5F21D448" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="251C8053" w14:textId="3A162BCE" w:rsidR="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E90AB7">
+          <w:p w14:paraId="251C8053" w14:textId="3A162BCE" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="00AE06E1" w:rsidRPr="00E90AB7">
-[...17 lines deleted...]
-              <w:t>How many hours did you participate in these activities?</w:t>
+            <w:r w:rsidR="00AE06E1" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> How many hours did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5173B576" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
+          <w:p w14:paraId="5173B576" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F0555E1" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
+          <w:p w14:paraId="5F0555E1" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABC915F" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
+          <w:p w14:paraId="6ABC915F" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE06E1" w14:paraId="4686F82E" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w14:paraId="4686F82E" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD9C824" w14:textId="1FAFB2FC" w:rsidR="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2FD9C824" w14:textId="1FAFB2FC" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidR="00AE06E1" w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00AE06E1" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>How many times did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="090B86AC" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="004004E6" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="090B86AC" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A3A2976" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="1A3A2976" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 time   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44555774" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="44555774" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 4 times    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1908D0D7" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="1908D0D7" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">5 to 9 times     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02407777" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="00AE06E1" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="02407777" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">10 to 14 times   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E33BBE9" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
+          <w:p w14:paraId="7E33BBE9" w14:textId="77777777" w:rsidR="00CB772F" w:rsidRPr="007E6A95" w:rsidRDefault="00CB772F" w:rsidP="00CB772F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15 or more times</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50DFDBD4" w14:textId="7A64D34F" w:rsidR="00AE06E1" w:rsidRPr="001C155F" w:rsidRDefault="00AE06E1" w:rsidP="001C155F">
+          <w:p w14:paraId="50DFDBD4" w14:textId="7A64D34F" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5182" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="42599282" w14:textId="741881CE" w:rsidR="00AE06E1" w:rsidRPr="00E90AB7" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+          <w:p w14:paraId="42599282" w14:textId="741881CE" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Example:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E90AB7">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> If you went </w:t>
             </w:r>
-            <w:r w:rsidR="00E90AB7" w:rsidRPr="00E90AB7">
+            <w:r w:rsidR="00E90AB7" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">to an exercise class 3 </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>days</w:t>
             </w:r>
-            <w:r w:rsidR="00E90AB7" w:rsidRPr="00E90AB7">
+            <w:r w:rsidR="00E90AB7" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> and took a walk 1 </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>night after dinner</w:t>
             </w:r>
-            <w:r w:rsidR="00E90AB7" w:rsidRPr="00E90AB7">
+            <w:r w:rsidR="00E90AB7" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E90AB7">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">The total is 4. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E90AB7">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">The correct answer </w:t>
             </w:r>
-            <w:r w:rsidR="00E90AB7" w:rsidRPr="00E90AB7">
+            <w:r w:rsidR="00E90AB7" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>2 to 4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E90AB7">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> times. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42BC2291" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
+          <w:p w14:paraId="42BC2291" w14:textId="77777777" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00FA3FB9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="5CB24C02" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="5CB24C02" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42EBDEF1" w14:textId="336C7398" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>Did you participate on your own or with others</w:t>
+          <w:p w14:paraId="42EBDEF1" w14:textId="336C7398" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. Did you participate on your own or with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="346DDF87" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="346DDF87" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7624FC9B" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7624FC9B" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>I attended all the activities on my own. (Skip to Question</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03FBB9DA" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="03FBB9DA" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended some or all activities with other people. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4800AB23" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4800AB23" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="14B71BEE" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="14B71BEE" w14:textId="77777777" w:rsidTr="001C155F">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F1AD0F4" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="3F1AD0F4" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C73775E" w14:textId="2BAEF8D1" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="1C73775E" w14:textId="2BAEF8D1" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>In the box below, tell us who participated with you. Check all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="2B2C0509" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="2B2C0509" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FB73793" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4FB73793" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F5ED954" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4F5ED954" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more family members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="205E0874" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="205E0874" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E1F77B4" w14:textId="05FB413B" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="3E1F77B4" w14:textId="05FB413B" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00A55105">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1 or more</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>community members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="705586F8" w14:textId="527719A4" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="705586F8" w14:textId="527719A4" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A575FEC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="1A575FEC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 to 2 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F632691" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="2F632691" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3 to 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E011915" w14:textId="107C697D" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="1E011915" w14:textId="107C697D" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>More than 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="2E231179" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="2E231179" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C786D80" w14:textId="1D05EBC0" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>What best describes who else attended these activities</w:t>
+          <w:p w14:paraId="6C786D80" w14:textId="1D05EBC0" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. What best describes who else attended these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74913C8D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="74913C8D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mostly people with disabilities attended these activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2103E98A" w14:textId="1ED5364F" w:rsidR="001C155F" w:rsidRPr="004B7DC8" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="2103E98A" w14:textId="1ED5364F" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Mostly people from the community or the public attended these activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:tbl>
-    <w:p w14:paraId="692E6A57" w14:textId="34B27ABA" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00E90AB7">
+    <w:p w14:paraId="692E6A57" w14:textId="34B27ABA" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00E90AB7">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E1AF35C" w14:textId="72A1B2F9" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="3E1AF35C" w14:textId="72A1B2F9" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="448AD82A" w14:textId="77777777" w:rsidR="00AC11AE" w:rsidRDefault="00AC11AE" w:rsidP="00FA3FB9">
+    <w:p w14:paraId="448AD82A" w14:textId="77777777" w:rsidR="00AC11AE" w:rsidRPr="007E6A95" w:rsidRDefault="00AC11AE" w:rsidP="00FA3FB9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2658"/>
         <w:gridCol w:w="2590"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="0F40E4C0" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="0F40E4C0" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10430" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB1E23C" w14:textId="32939322" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="3CB1E23C" w14:textId="32939322" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Hlk193378029"/>
-            <w:r>
+            <w:bookmarkStart w:id="13" w:name="_Hlk193378029"/>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Adult education or training </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BB20E5">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(for personal enrichment not employment)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="35512EEA" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="35512EEA" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47946221" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="47946221" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="228577AA" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="228577AA" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="754C68E8" w14:textId="03BE7D60" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="754C68E8" w14:textId="70A6C873" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0F61764F" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="0F61764F" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="29046913" w14:textId="45232E5E" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29046913" w14:textId="0BA69FB2" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/12 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293FD678" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="293FD678" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Total Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="111387E6" w14:textId="1EB263F2" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="111387E6" w14:textId="69014473" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="40B6064D" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="40B6064D" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06818EDE" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many hours did you participate in these activities?</w:t>
+          <w:p w14:paraId="06818EDE" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. How many hours did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3352958B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="3352958B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="023FC67F" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="023FC67F" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63AEB72C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="63AEB72C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="76761403" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="76761403" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="221C975C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many times did you participate in these activities?</w:t>
+          <w:p w14:paraId="221C975C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. How many times did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7B6CB1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4A7B6CB1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C05A67A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7C05A67A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 time   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FD090E6" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7FD090E6" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 4 times    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F53CE0C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7F53CE0C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">5 to 9 times     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D14A45C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4D14A45C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">10 to 14 times   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BF23CF5" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="2BF23CF5" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15 or more times</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45D8C963" w14:textId="06AA3337" w:rsidR="00E90AB7" w:rsidRPr="001C155F" w:rsidRDefault="00E90AB7" w:rsidP="001C155F">
+          <w:p w14:paraId="45D8C963" w14:textId="06AA3337" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5182" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="28B2A4C5" w14:textId="1E26401E" w:rsidR="00E90AB7" w:rsidRPr="00931B69" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="28B2A4C5" w14:textId="1E26401E" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Example:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931B69">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> If </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>you went to</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931B69">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> cooking class </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 mornings and to a technology workshop 1 day. The total is 3. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931B69">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">The correct answer is </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931B69">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931B69">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> times. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6867F02E" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="6867F02E" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="02E2A73F" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="02E2A73F" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEAA83C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>Did you participate on your own or with others</w:t>
+          <w:p w14:paraId="2AEAA83C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. Did you participate on your own or with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="126BEA33" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="126BEA33" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="510450B6" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="510450B6" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>I attended all the activities on my own. (Skip to Question</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D993A13" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="2D993A13" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended some or all activities with other people. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68684317" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="68684317" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="00687D89" w14:textId="77777777" w:rsidTr="00756BBF">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="00687D89" w14:textId="77777777" w:rsidTr="00756BBF">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C36BFDA" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4C36BFDA" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B6AEF3A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6B6AEF3A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>In the box below, tell us who participated with you. Check all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="276C559E" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="276C559E" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43A48ED1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="43A48ED1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B07BB8D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="1B07BB8D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more family members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12B2C700" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="12B2C700" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F88F602" w14:textId="3FBC222C" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6F88F602" w14:textId="3FBC222C" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...19 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1 or more</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>community members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74528E9A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="74528E9A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E35AF18" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="1E35AF18" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 to 2 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C8AFD05" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="0C8AFD05" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3 to 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B195F5D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4B195F5D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>More than 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="61F8489B" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="61F8489B" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="021D5848" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>What best describes who else attended these activities</w:t>
+          <w:p w14:paraId="021D5848" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. What best describes who else attended these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09D5A139" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="09D5A139" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mostly people with disabilities attended these activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ACD530F" w14:textId="4CF5B961" w:rsidR="001C155F" w:rsidRPr="004B7DC8" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6ACD530F" w14:textId="4CF5B961" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Mostly people from the community or the public attended these activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="12"/>
-    <w:p w14:paraId="4D745DF5" w14:textId="5DD18135" w:rsidR="00AE06E1" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="4D745DF5" w14:textId="5DD18135" w:rsidR="00AE06E1" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE06E1">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4956AB9D" w14:textId="1D028C51" w:rsidR="00931B69" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
+    <w:p w14:paraId="4956AB9D" w14:textId="1D028C51" w:rsidR="00931B69" w:rsidRPr="007E6A95" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05CDB095" w14:textId="3EFBFD99" w:rsidR="00931B69" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
+    <w:p w14:paraId="05CDB095" w14:textId="3EFBFD99" w:rsidR="00931B69" w:rsidRPr="007E6A95" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08099349" w14:textId="72641B1A" w:rsidR="00931B69" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
+    <w:p w14:paraId="08099349" w14:textId="72641B1A" w:rsidR="00931B69" w:rsidRPr="007E6A95" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0570AE82" w14:textId="77777777" w:rsidR="00931B69" w:rsidRPr="00AE06E1" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
+    <w:p w14:paraId="0570AE82" w14:textId="77777777" w:rsidR="00931B69" w:rsidRPr="007E6A95" w:rsidRDefault="00931B69" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4617F556" w14:textId="2AF6D655" w:rsidR="00FA3FB9" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
+    <w:p w14:paraId="4617F556" w14:textId="2AF6D655" w:rsidR="00FA3FB9" w:rsidRPr="007E6A95" w:rsidRDefault="00AE06E1" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE06E1">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE06E1">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2658"/>
         <w:gridCol w:w="2590"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="3185AFB4" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="3185AFB4" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10430" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4483EA" w14:textId="5A8F91FB" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00931B69" w:rsidP="00385425">
+          <w:p w14:paraId="7A4483EA" w14:textId="5A8F91FB" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00931B69" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Soft skills / employment related</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00931B69">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00D91CC5">
+            <w:r w:rsidR="00D91CC5" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00931B69">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>xamples: Job club meeting, resume workshop)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="3DF314E8" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="3DF314E8" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70B2646E" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="70B2646E" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06C3BA37" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="06C3BA37" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="1DCB72F9" w14:textId="164D0388" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DCB72F9" w14:textId="1AF337E2" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="21068DA1" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="21068DA1" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="137424CB" w14:textId="55017A8F" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="137424CB" w14:textId="24292E50" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/12 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69B44846" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="69B44846" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Total Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44459F0A" w14:textId="609C3C0D" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="44459F0A" w14:textId="7F1B4AC5" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="433BC779" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="433BC779" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3175CCB1" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many hours did you participate in these activities?</w:t>
+          <w:p w14:paraId="3175CCB1" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. How many hours did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3A75ED" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="0F3A75ED" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="50CAAD7C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="50CAAD7C" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6E4438" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="0A6E4438" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="3909679B" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="3909679B" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67605076" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many times did you participate in these activities?</w:t>
+          <w:p w14:paraId="67605076" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. How many times did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70B2D72B" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="70B2D72B" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="17F57752" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="17F57752" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 time   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EEF5171" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="3EEF5171" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 4 times    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E142EEB" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7E142EEB" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">5 to 9 times     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6758E986" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6758E986" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">10 to 14 times   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5903B922" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="5903B922" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15 or more times</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="083ABA73" w14:textId="07194D30" w:rsidR="00E90AB7" w:rsidRPr="001C155F" w:rsidRDefault="00E90AB7" w:rsidP="001C155F">
+          <w:p w14:paraId="083ABA73" w14:textId="07194D30" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5182" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="500F908A" w14:textId="259C5C07" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="500F908A" w14:textId="259C5C07" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Example:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> If you </w:t>
             </w:r>
-            <w:r w:rsidR="00931B69">
+            <w:r w:rsidR="00931B69" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">attended job club 1 afternoon and attended a </w:t>
             </w:r>
-            <w:r w:rsidR="005516B5">
+            <w:r w:rsidR="005516B5" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>resume writing</w:t>
             </w:r>
-            <w:r w:rsidR="00FA133C">
+            <w:r w:rsidR="00FA133C" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> session at the library 2 mornings,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> the total equals </w:t>
             </w:r>
-            <w:r w:rsidR="00FA133C">
+            <w:r w:rsidR="00FA133C" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">. The correct answer is </w:t>
             </w:r>
-            <w:r w:rsidR="00FA133C">
+            <w:r w:rsidR="00FA133C" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
-            <w:r w:rsidR="00FA133C">
+            <w:r w:rsidR="00FA133C" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> times. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0028D1E8" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="0028D1E8" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="0752CA10" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="0752CA10" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38D8733C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>Did you participate on your own or with others</w:t>
+          <w:p w14:paraId="38D8733C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. Did you participate on your own or with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="2D63F811" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="2D63F811" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F307F5C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6F307F5C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>I attended all the activities on my own. (Skip to Question</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3292EECC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="3292EECC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended some or all activities with other people. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5279021C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="5279021C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="300F5C9C" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="300F5C9C" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1E6BC8" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="0E1E6BC8" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40199253" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="40199253" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>In the box below, tell us who participated with you. Check all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="03A00286" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="03A00286" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58609A12" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="58609A12" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D0396BC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="0D0396BC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more family members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DBA56E1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="5DBA56E1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50A3D280" w14:textId="1A298527" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="50A3D280" w14:textId="1A298527" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...40 lines deleted...]
-          <w:p w14:paraId="37CF4D65" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1 or more community members</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CF4D65" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26D8EDD1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="26D8EDD1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 to 2 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B282165" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6B282165" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3 to 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D9621EA" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7D9621EA" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>More than 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="66C0B56C" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="66C0B56C" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8D938A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>What best describes who else attended these activities</w:t>
+          <w:p w14:paraId="2C8D938A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. What best describes who else attended these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CE9CC57" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="3CE9CC57" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mostly people with disabilities attended these activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DAF3CEB" w14:textId="15DC3BAB" w:rsidR="001C155F" w:rsidRPr="004B7DC8" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="1DAF3CEB" w14:textId="15DC3BAB" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Mostly people from the community or the public attended these activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A894069" w14:textId="724FCF0C" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
+    <w:p w14:paraId="5A894069" w14:textId="724FCF0C" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FCC8873" w14:textId="349B64D1" w:rsidR="00E90AB7" w:rsidRPr="001C155F" w:rsidRDefault="00E90AB7" w:rsidP="00FA133C">
+    <w:p w14:paraId="0FCC8873" w14:textId="349B64D1" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00FA133C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="487772E0" w14:textId="297EEA1F" w:rsidR="00E90AB7" w:rsidRPr="001C155F" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
+    <w:p w14:paraId="487772E0" w14:textId="297EEA1F" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04E86C93" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
+    <w:p w14:paraId="04E86C93" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2658"/>
         <w:gridCol w:w="2590"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="04F3A0AE" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="04F3A0AE" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10430" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="2EEAE8D9" w14:textId="023EA8FB" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00FA133C" w:rsidP="00385425">
+          <w:p w14:paraId="2EEAE8D9" w14:textId="023EA8FB" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00FA133C" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Activities of daily living</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA133C">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00D91CC5">
+            <w:r w:rsidR="00D91CC5" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA133C">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>xamples: shopping, visiting the bank)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="2538BA8E" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="2538BA8E" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1167F081" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="1167F081" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B824EAB" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="5B824EAB" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="3110CCBD" w14:textId="7AF0223A" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3110CCBD" w14:textId="2A328CC1" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6C8B4799" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="6C8B4799" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="3646A9BA" w14:textId="6C9F5B4C" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3646A9BA" w14:textId="3B0E8799" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/12 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEA02D6" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="4FEA02D6" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Total Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F7BA368" w14:textId="1A6B0AD9" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="5F7BA368" w14:textId="73B14822" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="467E7F51" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="467E7F51" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C599109" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many hours did you participate in these activities?</w:t>
+          <w:p w14:paraId="0C599109" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. How many hours did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="631DC9A1" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="631DC9A1" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="08CD0AA5" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="08CD0AA5" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1E17A9" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="3D1E17A9" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="695BEDB5" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="695BEDB5" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE726DB" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many times did you participate in these activities?</w:t>
+          <w:p w14:paraId="7DE726DB" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. How many times did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44DB366A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="44DB366A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28C34B10" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="28C34B10" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 time   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67237462" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="67237462" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 4 times    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5634D00E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="5634D00E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">5 to 9 times     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="431E9DF9" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="431E9DF9" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">10 to 14 times   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="089F4116" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="089F4116" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15 or more times</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43FE6421" w14:textId="7EE22610" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="001C155F">
+          <w:p w14:paraId="43FE6421" w14:textId="7EE22610" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5182" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="11542B38" w14:textId="5812CDD7" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="11542B38" w14:textId="5812CDD7" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Example:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FA133C">
+            <w:r w:rsidR="00FA133C" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>If you went shopping for groceries or clothes 3 times, picked up a prescription at the pharmacy 1 tim</w:t>
             </w:r>
-            <w:r w:rsidR="005516B5">
+            <w:r w:rsidR="005516B5" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidR="00FA133C">
+            <w:r w:rsidR="00FA133C" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> and went to the bank 2 afternoon to cash a check,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> the total equals </w:t>
             </w:r>
-            <w:r w:rsidR="00FA133C">
+            <w:r w:rsidR="00FA133C" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">. The correct answer is 5 to 9 times. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="650AC607" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="650AC607" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="2AF7E21C" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="2AF7E21C" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06BB1991" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>Did you participate on your own or with others</w:t>
+          <w:p w14:paraId="06BB1991" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. Did you participate on your own or with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="700BA6AC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="700BA6AC" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A05FA3E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="0A05FA3E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>I attended all the activities on my own. (Skip to Question</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="225DC36A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="225DC36A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended some or all activities with other people. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="445C7B6D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="445C7B6D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="0AB76DBB" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="0AB76DBB" w14:textId="77777777" w:rsidTr="001C155F">
         <w:trPr>
           <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02AA1A07" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="02AA1A07" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52B52774" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="52B52774" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>In the box below, tell us who participated with you. Check all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="2D871BF5" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="2D871BF5" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39F94838" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="39F94838" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B546968" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="2B546968" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more family members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="605C852F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="605C852F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="586E4413" w14:textId="569D13AE" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="586E4413" w14:textId="569D13AE" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...30 lines deleted...]
-          <w:p w14:paraId="19366B3D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1 or more community members</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19366B3D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57BCD0EF" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="57BCD0EF" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 to 2 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01A84F7F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="01A84F7F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3 to 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30FE797A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="30FE797A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>More than 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="5A07A4F2" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="5A07A4F2" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="334854CB" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>What best describes who else attended these activities</w:t>
+          <w:p w14:paraId="334854CB" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. What best describes who else attended these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55A40AA4" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="55A40AA4" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mostly people with disabilities attended these activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39004298" w14:textId="718D5287" w:rsidR="001C155F" w:rsidRPr="004B7DC8" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="39004298" w14:textId="718D5287" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Mostly people from the community or the public attended these activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="317D7182" w14:textId="1972D5A0" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00A55105">
+    <w:p w14:paraId="317D7182" w14:textId="1972D5A0" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00A55105">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B734DBB" w14:textId="7179E249" w:rsidR="00DD1216" w:rsidRPr="001C155F" w:rsidRDefault="00DD1216" w:rsidP="00A55105">
+    <w:p w14:paraId="5B734DBB" w14:textId="7179E249" w:rsidR="00DD1216" w:rsidRPr="007E6A95" w:rsidRDefault="00DD1216" w:rsidP="00A55105">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BEB052D" w14:textId="77777777" w:rsidR="00DD1216" w:rsidRDefault="00DD1216" w:rsidP="00A55105">
+    <w:p w14:paraId="6BEB052D" w14:textId="77777777" w:rsidR="00DD1216" w:rsidRPr="007E6A95" w:rsidRDefault="00DD1216" w:rsidP="00A55105">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2658"/>
         <w:gridCol w:w="2590"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="2C54398D" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="2C54398D" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10430" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="24BAC640" w14:textId="4A7ED2AA" w:rsidR="00E90AB7" w:rsidRPr="00AE06E1" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="24BAC640" w14:textId="4A7ED2AA" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Volunteering</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="2987412E" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="2987412E" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3630A7D2" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="3630A7D2" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03A2F5B7" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="03A2F5B7" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="1DB91977" w14:textId="55680AD5" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB91977" w14:textId="0F1E9390" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6112B59B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="6112B59B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="25CDF12C" w14:textId="63192923" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CDF12C" w14:textId="16C21608" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/12 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A9F41B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="68A9F41B" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Total Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B06A8D1" w14:textId="6BC7146B" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="5B06A8D1" w14:textId="0E00978B" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E90AB7" w14:paraId="2C4399DD" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w14:paraId="2C4399DD" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44DC40BA" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many hours did you participate in these activities?</w:t>
+          <w:p w14:paraId="44DC40BA" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. How many hours did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50ABF031" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="50ABF031" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2A72B9" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="6F2A72B9" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8004C3" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
+          <w:p w14:paraId="4A8004C3" w14:textId="77777777" w:rsidR="00E90AB7" w:rsidRPr="007E6A95" w:rsidRDefault="00E90AB7" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="48D4E157" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="48D4E157" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="387271C7" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>How many times did you participate in these activities?</w:t>
+          <w:p w14:paraId="387271C7" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. How many times did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05A265A3" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="05A265A3" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4221C3AE" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4221C3AE" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 time   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="245CBD29" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="245CBD29" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 4 times    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14D1844C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="14D1844C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">5 to 9 times     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44CD0624" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="44CD0624" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">10 to 14 times   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08716534" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="08716534" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15 or more times</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10FEB6C8" w14:textId="12709F77" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="10FEB6C8" w14:textId="12709F77" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5182" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="16B6D7FF" w14:textId="3B14FD5D" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="16B6D7FF" w14:textId="3B14FD5D" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Example:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
-[...50 lines deleted...]
-          <w:p w14:paraId="7F891418" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> If you volunteered at the animal shelter 1 Saturday morning, the total is 1. The correct answer is 1 time. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F891418" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="6DE4E5B4" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="6DE4E5B4" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29D5B3ED" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>Did you participate on your own or with others</w:t>
+          <w:p w14:paraId="29D5B3ED" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. Did you participate on your own or with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="734C1504" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="734C1504" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48CF3ABB" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="48CF3ABB" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>I attended all the activities on my own. (Skip to Question</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="510CF093" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="510CF093" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended some or all activities with other people. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C29E28B" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7C29E28B" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="5A2E6E87" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="5A2E6E87" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="014D2A4C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="014D2A4C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="085C5B7D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="085C5B7D" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>In the box below, tell us who participated with you. Check all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="79CA777B" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="79CA777B" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42530526" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="42530526" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05F96BB5" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="05F96BB5" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more family members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CA5BD9E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="4CA5BD9E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D683F74" w14:textId="2C537956" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="0D683F74" w14:textId="2C537956" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...19 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1 or more</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>community members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7356EB93" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7356EB93" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68986D92" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="68986D92" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 to 2 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AB06DF4" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="3AB06DF4" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3 to 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D770368" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="1D770368" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>More than 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="5B4C3EF8" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="5B4C3EF8" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6756AD8E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>What best describes who else attended these activities</w:t>
+          <w:p w14:paraId="6756AD8E" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. What best describes who else attended these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47B68769" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="47B68769" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mostly people with disabilities attended these activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F23CBBF" w14:textId="4C006F31" w:rsidR="001C155F" w:rsidRPr="004B7DC8" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="3F23CBBF" w14:textId="4C006F31" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Mostly people from the community or the public attended these activities.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="662BDE2F" w14:textId="234C94DF" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00A55105">
+    <w:p w14:paraId="662BDE2F" w14:textId="234C94DF" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00A55105">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BF7F06C" w14:textId="0EDA13F9" w:rsidR="00A55105" w:rsidRPr="001C155F" w:rsidRDefault="00A55105" w:rsidP="00A55105">
+    <w:p w14:paraId="4BF7F06C" w14:textId="0EDA13F9" w:rsidR="00A55105" w:rsidRPr="007E6A95" w:rsidRDefault="00A55105" w:rsidP="00A55105">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F3CF785" w14:textId="77777777" w:rsidR="00DD1216" w:rsidRDefault="00DD1216" w:rsidP="00A55105">
+    <w:p w14:paraId="5F3CF785" w14:textId="77777777" w:rsidR="00DD1216" w:rsidRPr="007E6A95" w:rsidRDefault="00DD1216" w:rsidP="00A55105">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2658"/>
         <w:gridCol w:w="2590"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="1904"/>
         <w:gridCol w:w="2591"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005516B5" w14:paraId="5DB01BBA" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="005516B5" w:rsidRPr="007E6A95" w14:paraId="5DB01BBA" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10430" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="739AE67C" w14:textId="4C3F2E3F" w:rsidR="005516B5" w:rsidRPr="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="739AE67C" w14:textId="4C3F2E3F" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">All other activities </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D91CC5">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">(optional). </w:t>
             </w:r>
-            <w:r w:rsidRPr="005516B5">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Use this section to report activities that do not fit into one of the above categories. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18891324" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="00AE06E1" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="18891324" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005516B5" w14:paraId="2C2CB096" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="005516B5" w:rsidRPr="007E6A95" w14:paraId="2C2CB096" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48248BA2" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="48248BA2" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0D9042" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="3D0D9042" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="4C63F59D" w14:textId="742FBAEF" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C63F59D" w14:textId="2DF03331" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="31D2665F" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="31D2665F" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...20 lines deleted...]
-          <w:p w14:paraId="6FAE1849" w14:textId="1B870886" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hours </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FAE1849" w14:textId="133AC646" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/12 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E69731" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="04E69731" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Total Hours</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D42F138" w14:textId="4949A08C" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="1D42F138" w14:textId="098F22C9" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="004004E6">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidR="00F80387" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4/5 - 4/18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005516B5" w14:paraId="4B2DCBBB" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="005516B5" w:rsidRPr="007E6A95" w14:paraId="4B2DCBBB" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="497F29A8" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many hours did you participate in these activities?</w:t>
+          <w:p w14:paraId="497F29A8" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. How many hours did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6DF098" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="2E6DF098" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4AB3B389" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="4AB3B389" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AFB7113" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="6AFB7113" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005516B5" w14:paraId="68B47650" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="005516B5" w:rsidRPr="007E6A95" w14:paraId="68B47650" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36ED9914" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
-[...28 lines deleted...]
-              <w:t>How many times did you participate in these activities?</w:t>
+          <w:p w14:paraId="36ED9914" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. How many times did you participate in these activities?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11ABE9B3" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="004004E6" w:rsidRDefault="004004E6" w:rsidP="004004E6">
+          <w:p w14:paraId="11ABE9B3" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="007E6A95" w:rsidRDefault="004004E6" w:rsidP="004004E6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54166D6E" w14:textId="471F2A70" w:rsidR="005516B5" w:rsidRPr="00AE06E1" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="54166D6E" w14:textId="471F2A70" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">1 time   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B70F4A4" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="00AE06E1" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="7B70F4A4" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 4 times    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3766360F" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="00AE06E1" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="3766360F" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">5 to 9 times     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6734A84D" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="00AE06E1" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="6734A84D" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">10 to 14 times   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A363053" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00385425">
+          <w:p w14:paraId="7A363053" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00385425">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>15 or more times</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A297D6B" w14:textId="0B3137CB" w:rsidR="004004E6" w:rsidRPr="004004E6" w:rsidRDefault="004004E6" w:rsidP="004004E6">
+          <w:p w14:paraId="6A297D6B" w14:textId="0B3137CB" w:rsidR="004004E6" w:rsidRPr="007E6A95" w:rsidRDefault="004004E6" w:rsidP="004004E6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5182" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC5F77D" w14:textId="77777777" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="005516B5">
+          <w:p w14:paraId="7FC5F77D" w14:textId="77777777" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="005516B5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="10D3AFE1" w14:textId="77777777" w:rsidTr="439CA6E3">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="10D3AFE1" w14:textId="77777777" w:rsidTr="439CA6E3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E2BB74C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>Did you participate on your own or with others</w:t>
+          <w:p w14:paraId="6E2BB74C" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3. Did you participate on your own or with others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5B6CB2" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6A5B6CB2" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5065D250" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="5065D250" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>I attended all the activities on my own. (Skip to Question</w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="439CA6E3">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>4.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D42253F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6D42253F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">I attended some or all activities with other people. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A510257" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7A510257" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="33E1DA99" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="33E1DA99" w14:textId="77777777" w:rsidTr="001C155F">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="240F1059" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="240F1059" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70F2F65A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="00AE06E1" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="70F2F65A" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>In the box below, tell us who participated with you. Check all that apply</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="66D7FB55" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="66D7FB55" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A8BFBD1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="7A8BFBD1" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3277" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="784B3DF9" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="784B3DF9" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="674871C4" w14:textId="13A69267" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="674871C4" w14:textId="13A69267" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more family members</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61415B52" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="61415B52" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 or more staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="235940F1" w14:textId="14EEAC16" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="235940F1" w14:textId="14EEAC16" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
-[...40 lines deleted...]
-          <w:p w14:paraId="321D2376" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1 or more community members</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321D2376" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77912CE5" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="77912CE5" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22E62B67" w14:textId="79958160" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="22E62B67" w14:textId="79958160" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1 to 2 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="731BD778" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="731BD778" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>3 to 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E261A9F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="0E261A9F" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>More than 5 other people with disabilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C155F" w14:paraId="33A5E2D5" w14:textId="77777777" w:rsidTr="001C155F">
+      <w:tr w:rsidR="001C155F" w:rsidRPr="007E6A95" w14:paraId="33A5E2D5" w14:textId="77777777" w:rsidTr="001C155F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2658" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D1E737" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
-[...28 lines deleted...]
-              <w:t>What best describes who else attended these activities</w:t>
+          <w:p w14:paraId="06D1E737" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>4. What best describes who else attended these activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7772" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FB39C83" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="5FB39C83" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0CD09D75" w14:textId="1774321F" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="0CD09D75" w14:textId="1774321F" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE06E1">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mostly people with disabilities attended these activities. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BED06A7" w14:textId="77777777" w:rsidR="001C155F" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="6BED06A7" w14:textId="77777777" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B7DC8">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Mostly people from the community or the public attended these activities.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38BC8778" w14:textId="088831D9" w:rsidR="001C155F" w:rsidRPr="004004E6" w:rsidRDefault="001C155F" w:rsidP="001C155F">
+          <w:p w14:paraId="38BC8778" w14:textId="088831D9" w:rsidR="001C155F" w:rsidRPr="007E6A95" w:rsidRDefault="001C155F" w:rsidP="001C155F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rStyle w:val="Emphasis"/>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="106173AD" w14:textId="386E574D" w:rsidR="005516B5" w:rsidRDefault="005516B5" w:rsidP="00AE06E1">
+    <w:p w14:paraId="106173AD" w14:textId="386E574D" w:rsidR="005516B5" w:rsidRPr="007E6A95" w:rsidRDefault="005516B5" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C17F3A5" w14:textId="3DEAF681" w:rsidR="008C4A96" w:rsidRDefault="008C4A96" w:rsidP="00AE06E1">
+    <w:p w14:paraId="7C17F3A5" w14:textId="3DEAF681" w:rsidR="008C4A96" w:rsidRPr="007E6A95" w:rsidRDefault="008C4A96" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79FF8C8D" w14:textId="77777777" w:rsidR="008C4A96" w:rsidRDefault="008C4A96" w:rsidP="00AE06E1">
+    <w:p w14:paraId="79FF8C8D" w14:textId="77777777" w:rsidR="008C4A96" w:rsidRPr="007E6A95" w:rsidRDefault="008C4A96" w:rsidP="00AE06E1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44F72017" w14:textId="63BA0138" w:rsidR="00A165AE" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="003B7AAE">
+    <w:p w14:paraId="44F72017" w14:textId="098E7433" w:rsidR="00A165AE" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="003B7AAE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:spacing w:after="240"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00281F59" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00281F59" w:rsidRPr="007E6A95">
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> you participated in no </w:t>
       </w:r>
-      <w:r w:rsidR="00E93EA3" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00E93EA3" w:rsidRPr="007E6A95">
         <w:t>community activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> from </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t>, what was the primary reason?</w:t>
       </w:r>
-      <w:r w:rsidR="00281F59" w:rsidRPr="00C66C80">
-[...2 lines deleted...]
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00281F59" w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> an </w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to </w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> answer.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="630" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4478"/>
         <w:gridCol w:w="5631"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A165AE" w:rsidRPr="00C66C80" w14:paraId="23F6019A" w14:textId="77777777" w:rsidTr="008C4A96">
+      <w:tr w:rsidR="00A165AE" w:rsidRPr="007E6A95" w14:paraId="23F6019A" w14:textId="77777777" w:rsidTr="008C4A96">
         <w:trPr>
           <w:trHeight w:val="461"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4478" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23A22655" w14:textId="1B11090B" w:rsidR="00A165AE" w:rsidRPr="00C66C80" w:rsidRDefault="00A165AE" w:rsidP="009E6660">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="23A22655" w14:textId="1B11090B" w:rsidR="00A165AE" w:rsidRPr="007E6A95" w:rsidRDefault="00A165AE" w:rsidP="009E6660">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Planned </w:t>
             </w:r>
-            <w:r w:rsidR="00FE1075">
+            <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ime </w:t>
             </w:r>
-            <w:r w:rsidR="00FE1075">
+            <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>f (vacation)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A51A50C" w14:textId="71C02C30" w:rsidR="00A165AE" w:rsidRDefault="00A165AE" w:rsidP="00A165AE">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2A51A50C" w14:textId="71C02C30" w:rsidR="00A165AE" w:rsidRPr="007E6A95" w:rsidRDefault="00A165AE" w:rsidP="00A165AE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Sick </w:t>
             </w:r>
-            <w:r w:rsidR="00FE1075">
+            <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>eave/</w:t>
             </w:r>
-            <w:r w:rsidR="00FE1075">
+            <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
               <w:t>h</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ealth </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ssues</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="746C349B" w14:textId="25744F1E" w:rsidR="009F519D" w:rsidRPr="00C66C80" w:rsidRDefault="009F519D" w:rsidP="00A165AE">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009F7731">
+          <w:p w14:paraId="746C349B" w14:textId="25744F1E" w:rsidR="009F519D" w:rsidRPr="007E6A95" w:rsidRDefault="009F519D" w:rsidP="00A165AE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Refused / cancelled activities</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EA54FBE" w14:textId="61D13D43" w:rsidR="00A165AE" w:rsidRPr="00C66C80" w:rsidRDefault="00A165AE" w:rsidP="00A165AE">
+          <w:p w14:paraId="1EA54FBE" w14:textId="61D13D43" w:rsidR="00A165AE" w:rsidRPr="007E6A95" w:rsidRDefault="00A165AE" w:rsidP="00A165AE">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5631" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="228ABC26" w14:textId="1CEF09DB" w:rsidR="00A165AE" w:rsidRPr="00C66C80" w:rsidRDefault="00A165AE" w:rsidP="009E6660">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="228ABC26" w14:textId="1CEF09DB" w:rsidR="00A165AE" w:rsidRPr="007E6A95" w:rsidRDefault="00A165AE" w:rsidP="009E6660">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Lack of </w:t>
             </w:r>
-            <w:r w:rsidR="00FE1075">
+            <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>upports</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2150A7F6" w14:textId="5887DD4D" w:rsidR="00A165AE" w:rsidRPr="00C66C80" w:rsidRDefault="00A165AE" w:rsidP="009E6660">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="2150A7F6" w14:textId="5887DD4D" w:rsidR="00A165AE" w:rsidRPr="007E6A95" w:rsidRDefault="00A165AE" w:rsidP="009E6660">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E21CA94" w14:textId="01657EAA" w:rsidR="006A60CF" w:rsidRDefault="006A60CF" w:rsidP="001E6CF9">
+    <w:p w14:paraId="4E21CA94" w14:textId="01657EAA" w:rsidR="006A60CF" w:rsidRPr="007E6A95" w:rsidRDefault="006A60CF" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BEBFB07" w14:textId="77777777" w:rsidR="006A60CF" w:rsidRPr="004B7DC8" w:rsidRDefault="006A60CF" w:rsidP="001E6CF9">
+    <w:p w14:paraId="7BEBFB07" w14:textId="77777777" w:rsidR="006A60CF" w:rsidRPr="007E6A95" w:rsidRDefault="006A60CF" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="555927E4" w14:textId="7F25370A" w:rsidR="0009586B" w:rsidRPr="004004E6" w:rsidRDefault="00CD2C65" w:rsidP="003B7AAE">
+    <w:p w14:paraId="555927E4" w14:textId="2F851DF5" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="00CD2C65" w:rsidP="003B7AAE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">If you entered hours of community activity between </w:t>
       </w:r>
-      <w:r w:rsidR="00BD1498">
+      <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>September 28 - October 11</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C66C80">
+        <w:t>April 5 - April 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">, where did those activities take place? Put an </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> next to all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BD7CEF" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="004004E6" w:rsidRDefault="004004E6" w:rsidP="004004E6">
+    <w:p w14:paraId="51BD7CEF" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="007E6A95" w:rsidRDefault="004004E6" w:rsidP="004004E6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10525" w:type="dxa"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2765"/>
         <w:gridCol w:w="3715"/>
         <w:gridCol w:w="4045"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0009586B" w:rsidRPr="00C66C80" w14:paraId="18A454FB" w14:textId="77777777" w:rsidTr="008C4A96">
+      <w:tr w:rsidR="0009586B" w:rsidRPr="007E6A95" w14:paraId="18A454FB" w14:textId="77777777" w:rsidTr="008C4A96">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB3834B" w14:textId="67D112C2" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="3EB3834B" w14:textId="67D112C2" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Public </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>v</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">enue </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78FE838A" w14:textId="01E32407" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="006B74AC">
+          <w:p w14:paraId="78FE838A" w14:textId="01E32407" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="431" w:hanging="431"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Member-based </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>rganization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3715" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCA9BED" w14:textId="4DA9663F" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4DCA9BED" w14:textId="4DA9663F" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">School / </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>t</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">raining </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>acility</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70CCA24B" w14:textId="638460A6" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
+          <w:p w14:paraId="70CCA24B" w14:textId="638460A6" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Business / </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">mployer  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57094B1A" w14:textId="77777777" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
+          <w:p w14:paraId="57094B1A" w14:textId="77777777" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4045" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2E46D7" w14:textId="5DB5B356" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="0F2E46D7" w14:textId="5DB5B356" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">Senior </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">enter / </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">acility </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A931BF5" w14:textId="013B85FE" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="006B74AC">
+          <w:p w14:paraId="1A931BF5" w14:textId="013B85FE" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="006B74AC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="429" w:hanging="429"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r w:rsidR="006B74AC">
+            <w:r w:rsidR="006B74AC" w:rsidRPr="007E6A95">
               <w:t>_</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>_ Virtual (with a community-based organization</w:t>
             </w:r>
-            <w:r w:rsidR="2E1651F1">
+            <w:r w:rsidR="2E1651F1" w:rsidRPr="007E6A95">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2470F6C4" w14:textId="7AD4FF45" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
+    <w:p w14:paraId="2470F6C4" w14:textId="7AD4FF45" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B53CEB" w14:textId="6D6EB1DE" w:rsidR="0009586B" w:rsidRDefault="0009586B" w:rsidP="003B7AAE">
+    <w:p w14:paraId="78B53CEB" w14:textId="6D6EB1DE" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="003B7AAE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How is support typically provided</w:t>
       </w:r>
-      <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> for your community activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AAA71B5" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="004004E6" w:rsidRDefault="004004E6" w:rsidP="004004E6">
+    <w:p w14:paraId="4AAA71B5" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="007E6A95" w:rsidRDefault="004004E6" w:rsidP="004004E6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="810" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4410"/>
         <w:gridCol w:w="6030"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B74AC" w:rsidRPr="00C66C80" w14:paraId="05DACB6B" w14:textId="31316925" w:rsidTr="008C4A96">
+      <w:tr w:rsidR="006B74AC" w:rsidRPr="007E6A95" w14:paraId="05DACB6B" w14:textId="31316925" w:rsidTr="008C4A96">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4812C7D8" w14:textId="3F6DE25C" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4812C7D8" w14:textId="3F6DE25C" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="006B74AC">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ In</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">erson </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>nly</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A8F9CC6" w14:textId="7172D7E4" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
+          <w:p w14:paraId="2A8F9CC6" w14:textId="7172D7E4" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Remote </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>nly (video, phone, email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6030" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FACE649" w14:textId="11C82539" w:rsidR="006B74AC" w:rsidRPr="00C66C80" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
+          <w:p w14:paraId="1FACE649" w14:textId="11C82539" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">____ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Combination of in</w:t>
             </w:r>
-            <w:r w:rsidR="00487D41" w:rsidRPr="00C66C80">
+            <w:r w:rsidR="00487D41" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>person and remote</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F851D05" w14:textId="77777777" w:rsidR="006B74AC" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="3F851D05" w14:textId="77777777" w:rsidR="006B74AC" w:rsidRPr="007E6A95" w:rsidRDefault="006B74AC" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ No </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">upport </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>rovided</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="218852BC" w14:textId="24D94DA9" w:rsidR="004B7DC8" w:rsidRPr="00C66C80" w:rsidRDefault="004B7DC8" w:rsidP="001E6CF9">
+          <w:p w14:paraId="218852BC" w14:textId="24D94DA9" w:rsidR="004B7DC8" w:rsidRPr="007E6A95" w:rsidRDefault="004B7DC8" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43313C81" w14:textId="05820DD0" w:rsidR="0009586B" w:rsidRPr="00C66C80" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
+    <w:p w14:paraId="43313C81" w14:textId="05820DD0" w:rsidR="0009586B" w:rsidRPr="007E6A95" w:rsidRDefault="0009586B" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75F790F3" w14:textId="6CEC28C8" w:rsidR="00E9761B" w:rsidRPr="00C66C80" w:rsidRDefault="00E9761B" w:rsidP="003B7AAE">
+    <w:p w14:paraId="75F790F3" w14:textId="6CEC28C8" w:rsidR="00E9761B" w:rsidRPr="007E6A95" w:rsidRDefault="00E9761B" w:rsidP="003B7AAE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>What technology do you use to support your community activities?</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
-      <w:r w:rsidR="000A035D" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="000A035D" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>ut</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> an</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> X</w:t>
       </w:r>
-      <w:r w:rsidR="007C4875" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="007C4875" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> next to all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177D8ACB" w14:textId="77777777" w:rsidR="007C4875" w:rsidRPr="00C66C80" w:rsidRDefault="007C4875" w:rsidP="007C4875">
+    <w:p w14:paraId="177D8ACB" w14:textId="77777777" w:rsidR="007C4875" w:rsidRPr="007E6A95" w:rsidRDefault="007C4875" w:rsidP="007C4875">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:i/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="390AB189" w14:textId="6143CE0C" w:rsidR="007C4875" w:rsidRPr="009133AC" w:rsidRDefault="007C4875" w:rsidP="004004E6">
+    <w:p w14:paraId="390AB189" w14:textId="6143CE0C" w:rsidR="007C4875" w:rsidRPr="007E6A95" w:rsidRDefault="007C4875" w:rsidP="004004E6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t>This is technology that helps you to participate more independently in community activities (e.g.,</w:t>
       </w:r>
-      <w:r w:rsidR="006A60CF">
+      <w:r w:rsidR="006A60CF" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009133AC">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
         </w:rPr>
         <w:t xml:space="preserve">on your cell phone to sign up for yoga, device that reads text or helps you to communicate, smart speaker that reminds you of a scheduled activity). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3580ADF8" w14:textId="77777777" w:rsidR="00E9761B" w:rsidRPr="00C66C80" w:rsidRDefault="00E9761B" w:rsidP="00E9761B">
+    <w:p w14:paraId="3580ADF8" w14:textId="77777777" w:rsidR="00E9761B" w:rsidRPr="007E6A95" w:rsidRDefault="00E9761B" w:rsidP="00E9761B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10535" w:type="dxa"/>
         <w:tblInd w:w="810" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2705"/>
         <w:gridCol w:w="3775"/>
         <w:gridCol w:w="4055"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E418C" w:rsidRPr="00C66C80" w14:paraId="39FE11F6" w14:textId="77777777" w:rsidTr="000B2B0C">
+      <w:tr w:rsidR="005E418C" w:rsidRPr="007E6A95" w14:paraId="39FE11F6" w14:textId="77777777" w:rsidTr="000B2B0C">
         <w:trPr>
           <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C78C0F" w14:textId="77777777" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="005E418C">
+          <w:p w14:paraId="13C78C0F" w14:textId="77777777" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="005E418C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="166"/>
               </w:tabs>
               <w:ind w:left="436" w:hanging="436"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ None</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BD62492" w14:textId="0C7C9980" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="008F127A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="4BD62492" w14:textId="0C7C9980" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Cell </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>hone</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7145DC70" w14:textId="2582A923" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="008F127A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+          <w:p w14:paraId="7145DC70" w14:textId="2582A923" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Computer or </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>l</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>aptop</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="707155A5" w14:textId="31B700B6" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="000B2B0C">
+          <w:p w14:paraId="6A9D3FC6" w14:textId="77777777" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="000B2B0C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Tablet (e.g., iPad, Amazon Fire)</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="707155A5" w14:textId="16061F04" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="000B2B0C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="435" w:hanging="435"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3775" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="468514A6" w14:textId="1F58FC83" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="005E418C">
+          <w:p w14:paraId="468514A6" w14:textId="1F58FC83" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="005E418C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Smart </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>peaker (e.g., Amazon Echo, Google Nest)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A75FBD1" w14:textId="19E80637" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="005E418C">
+          <w:p w14:paraId="7A75FBD1" w14:textId="19E80637" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="005E418C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">___ Smart </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:t>atch (e.g., Apple, Samsung Galaxy, Fitbit Sense)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45DE89A6" w14:textId="015504F5" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="003B33F1" w:rsidP="003B33F1">
+          <w:p w14:paraId="7504AA6F" w14:textId="77777777" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="003B33F1" w:rsidP="003B33F1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Portable </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t xml:space="preserve">edia </w:t>
             </w:r>
-            <w:r w:rsidR="009133AC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
-              <w:t>layer (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BC5A28" w:rsidRPr="008F5FBF">
+              <w:t>layer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-419"/>
               </w:rPr>
-              <w:t xml:space="preserve">e.g., </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+              <w:t>e.g</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BC5A28" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:lang w:val="es-419"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:lang w:val="es-US"/>
               </w:rPr>
               <w:t>iPod, MP3)</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="4F0B5FA8" w14:textId="77777777" w:rsidR="00BD6077" w:rsidRPr="007E6A95" w:rsidRDefault="00BD6077" w:rsidP="00BD6077">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="436" w:hanging="436"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ Wearable fitness tracker</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45DE89A6" w14:textId="05ED2081" w:rsidR="00BD6077" w:rsidRPr="007E6A95" w:rsidRDefault="00BD6077" w:rsidP="003B33F1">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="436" w:hanging="436"/>
+              <w:rPr>
+                <w:lang w:val="es-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4055" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C384BD" w14:textId="1A70AA61" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="008F127A">
+          <w:p w14:paraId="74C841B1" w14:textId="03E09660" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="008F127A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...15 lines deleted...]
-          <w:p w14:paraId="74C841B1" w14:textId="0F56C878" w:rsidR="005E418C" w:rsidRPr="00C66C80" w:rsidRDefault="005E418C" w:rsidP="008F127A">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">___ Communication </w:t>
+            </w:r>
+            <w:r w:rsidR="009133AC" w:rsidRPr="007E6A95">
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">id (e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Dynavox</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59F5A402" w14:textId="0611E086" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="008F127A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="436" w:hanging="436"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00C66C80">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">___ Smart </w:t>
+            </w:r>
+            <w:r w:rsidR="003804C9" w:rsidRPr="007E6A95">
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>ane</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(e.g., </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>WeWalk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, Can Go)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235AEBBD" w14:textId="7E14470A" w:rsidR="009706C5" w:rsidRPr="007E6A95" w:rsidRDefault="009706C5" w:rsidP="008F127A">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:ind w:left="436" w:hanging="436"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">___ Smart </w:t>
+            </w:r>
+            <w:r w:rsidR="003804C9" w:rsidRPr="007E6A95">
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>en</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD6077" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or stylus (e.g., Apple Pencil)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52985B94" w14:textId="7687AB02" w:rsidR="005E418C" w:rsidRPr="007E6A95" w:rsidRDefault="005E418C" w:rsidP="003B33F1">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>___ Other: _____________</w:t>
+            </w:r>
+            <w:r w:rsidR="009706C5" w:rsidRPr="007E6A95">
+              <w:t>_______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7487C474" w14:textId="77777777" w:rsidR="00E9761B" w:rsidRPr="00C66C80" w:rsidRDefault="00E9761B" w:rsidP="00E9761B">
-[...8 lines deleted...]
-    <w:p w14:paraId="261A52A3" w14:textId="705205E9" w:rsidR="005521FD" w:rsidRDefault="005521FD" w:rsidP="003B7AAE">
+    <w:p w14:paraId="261A52A3" w14:textId="705205E9" w:rsidR="005521FD" w:rsidRPr="007E6A95" w:rsidRDefault="005521FD" w:rsidP="003B7AAE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>How long have you participated in community</w:t>
       </w:r>
-      <w:r w:rsidR="00CD2C65" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> activities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C66C80">
-[...8 lines deleted...]
-      <w:r w:rsidR="004F625F" w:rsidRPr="00D91CC5">
+      <w:r w:rsidRPr="007E6A95">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2C65" w:rsidRPr="007E6A95">
+        <w:t>funded by self-direction</w:t>
+      </w:r>
+      <w:r w:rsidR="004F625F" w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> or shared living</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D91CC5">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77920E5C" w14:textId="77777777" w:rsidR="000B2B0C" w:rsidRDefault="000B2B0C" w:rsidP="00352EC9">
+    <w:p w14:paraId="77920E5C" w14:textId="77777777" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="00352EC9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B1B4FB0" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="004004E6" w:rsidRDefault="004004E6" w:rsidP="004004E6">
+    <w:p w14:paraId="2B1B4FB0" w14:textId="77777777" w:rsidR="004004E6" w:rsidRPr="007E6A95" w:rsidRDefault="004004E6" w:rsidP="004004E6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9715" w:type="dxa"/>
         <w:tblInd w:w="810" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4945"/>
         <w:gridCol w:w="4770"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B2B0C" w:rsidRPr="00C66C80" w14:paraId="51485257" w14:textId="77777777" w:rsidTr="000B2B0C">
+      <w:tr w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w14:paraId="51485257" w14:textId="77777777" w:rsidTr="000B2B0C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE4D9F6" w14:textId="3C02B202" w:rsidR="000B2B0C" w:rsidRPr="00C66C80" w:rsidRDefault="000B2B0C" w:rsidP="001E6CF9">
-[...10 lines deleted...]
-          <w:p w14:paraId="558A8097" w14:textId="47263F0C" w:rsidR="000B2B0C" w:rsidRPr="00C66C80" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+          <w:p w14:paraId="3BE4D9F6" w14:textId="3C02B202" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="001E6CF9">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ less than 3 months</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558A8097" w14:textId="47263F0C" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...63 lines deleted...]
-          <w:p w14:paraId="03C2E02F" w14:textId="5B879DB6" w:rsidR="000B2B0C" w:rsidRPr="00C66C80" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ 3 months or less than 6 months</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="272C244C" w14:textId="77777777" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ 6 months or less than 12 months</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="695375C8" w14:textId="74EC4551" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ 1 year or less than 3 years</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DA75F6" w14:textId="77777777" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ 3 years or less than 5 years</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03C2E02F" w14:textId="5B879DB6" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B906FFE" w14:textId="77777777" w:rsidR="000B2B0C" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+          <w:p w14:paraId="3B906FFE" w14:textId="77777777" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...12 lines deleted...]
-          <w:p w14:paraId="48699C76" w14:textId="6379326D" w:rsidR="000B2B0C" w:rsidRPr="00C66C80" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ 5 years or less than 10 years</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48699C76" w14:textId="6379326D" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="435" w:hanging="435"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C66C80">
-[...26 lines deleted...]
-          <w:p w14:paraId="661F0FA3" w14:textId="37DC7F80" w:rsidR="000B2B0C" w:rsidRPr="00C66C80" w:rsidRDefault="000B2B0C" w:rsidP="001E6CF9">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ 10 years or less than 15 years</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A43B87" w14:textId="77777777" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="000B2B0C">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>___ 15 years or more</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="661F0FA3" w14:textId="37DC7F80" w:rsidR="000B2B0C" w:rsidRPr="007E6A95" w:rsidRDefault="000B2B0C" w:rsidP="001E6CF9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AFE8CB9" w14:textId="69402D9D" w:rsidR="00B12FBF" w:rsidRPr="00C66C80" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
+    <w:p w14:paraId="0AFE8CB9" w14:textId="69402D9D" w:rsidR="00B12FBF" w:rsidRPr="007E6A95" w:rsidRDefault="00B12FBF" w:rsidP="001E6CF9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB9083A" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="003B33F1">
+    <w:p w14:paraId="6EB9083A" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRPr="007E6A95" w:rsidRDefault="00C66C80" w:rsidP="003B33F1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk146620969"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk146620969"/>
     </w:p>
-    <w:p w14:paraId="2ACFF6CD" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRDefault="00C66C80" w:rsidP="003B33F1">
+    <w:p w14:paraId="2ACFF6CD" w14:textId="77777777" w:rsidR="00C66C80" w:rsidRPr="007E6A95" w:rsidRDefault="00C66C80" w:rsidP="003B33F1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="265ECEFB" w14:textId="16830CBE" w:rsidR="00416775" w:rsidRDefault="00871FD6" w:rsidP="003B33F1">
+    <w:p w14:paraId="265ECEFB" w14:textId="16830CBE" w:rsidR="00416775" w:rsidRPr="007E6A95" w:rsidRDefault="00871FD6" w:rsidP="003B33F1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C66C80">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>You have come to the end of the survey.</w:t>
       </w:r>
-      <w:r w:rsidR="00114BA6" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00114BA6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C258B2" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00C258B2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Go to</w:t>
       </w:r>
-      <w:r w:rsidR="00114BA6" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00114BA6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> page 1 </w:t>
       </w:r>
-      <w:r w:rsidR="00C258B2" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00C258B2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>for directions on how to</w:t>
       </w:r>
-      <w:r w:rsidR="004F48F0" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="004F48F0" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> return</w:t>
       </w:r>
-      <w:r w:rsidR="00114BA6" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00114BA6" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> your survey</w:t>
       </w:r>
-      <w:r w:rsidR="00C258B2" w:rsidRPr="00C66C80">
+      <w:r w:rsidR="00C258B2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the Sherlock Center.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8C9C35" w14:textId="3938813F" w:rsidR="009D019F" w:rsidRDefault="009D019F" w:rsidP="003B33F1">
+    <w:p w14:paraId="3C8C9C35" w14:textId="3938813F" w:rsidR="009D019F" w:rsidRPr="007E6A95" w:rsidRDefault="009D019F" w:rsidP="003B33F1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79AB58D1" w14:textId="77777777" w:rsidR="009D019F" w:rsidRDefault="009D019F" w:rsidP="003B33F1">
+    <w:p w14:paraId="79AB58D1" w14:textId="77777777" w:rsidR="009D019F" w:rsidRPr="007E6A95" w:rsidRDefault="009D019F" w:rsidP="003B33F1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47C30FE6" w14:textId="17BB0BBB" w:rsidR="009D019F" w:rsidRPr="00C66C80" w:rsidRDefault="009D019F" w:rsidP="003B33F1">
+    <w:p w14:paraId="47C30FE6" w14:textId="17BB0BBB" w:rsidR="009D019F" w:rsidRPr="007E6A95" w:rsidRDefault="009D019F" w:rsidP="003B33F1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If you need help completing the survey, call the Sherlock Center, 401-456-8072, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">and ask for Ian, Crystal or Vicki.  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:p w14:paraId="0282B52A" w14:textId="055E777F" w:rsidR="00106C10" w:rsidRPr="00C66C80" w:rsidRDefault="00106C10" w:rsidP="00586A97">
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="0282B52A" w14:textId="055E777F" w:rsidR="00106C10" w:rsidRPr="007E6A95" w:rsidRDefault="00106C10" w:rsidP="00586A97">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="217A9E8D" w14:textId="0F975685" w:rsidR="00FE1075" w:rsidRDefault="00FE1075">
+    <w:p w14:paraId="217A9E8D" w14:textId="0F975685" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDEDF0B" w14:textId="77777777" w:rsidR="00390F46" w:rsidRPr="00C66C80" w:rsidRDefault="00390F46" w:rsidP="005C6C46">
+    <w:p w14:paraId="3BDEDF0B" w14:textId="77777777" w:rsidR="00390F46" w:rsidRPr="007E6A95" w:rsidRDefault="00390F46" w:rsidP="005C6C46">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CD68B0E" w14:textId="46668C74" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00FE1075">
+    <w:p w14:paraId="3CD68B0E" w14:textId="46668C74" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00FE1075">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>List</w:t>
       </w:r>
-      <w:r w:rsidR="00FE1075" w:rsidRPr="00FE1075">
+      <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
-      <w:r w:rsidR="00FE1075" w:rsidRPr="00FE1075">
+      <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Activity Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA16198" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="0DA16198" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB05107" w14:textId="4EDD420A" w:rsidR="00FE1075" w:rsidRDefault="00D91CC5" w:rsidP="00FE1075">
+    <w:p w14:paraId="6EB05107" w14:textId="4EDD420A" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00D91CC5" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Supported Employment Services</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Services or Activities</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> to choose, get or keep a job on an employer’s payroll or self-employment. Includes activities such as employment/ career planning, exploring job task, environment likes and dislikes and places of interest, community mapping for employment, attending a work skills training, short- and long-term vocational experiences (informational interview, job shadow, tour of business, internship or onsite assessment), business outreach planning, job search/ development, interviewing, as well, as job coaching on or off-site job supports. Some may participate remotely in activities offered by vocational services such as career counseling, web-based assessments or tools, online courses/training, etc.  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193B5A25" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRPr="00FE1075" w:rsidRDefault="00D91CC5" w:rsidP="00FE1075">
+    <w:p w14:paraId="193B5A25" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRPr="007E6A95" w:rsidRDefault="00D91CC5" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D215CD2" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="7D215CD2" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Individual Employment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: Employed at a community-based, individual job, hired onto the employer's payroll with or without job supports. If an individual works for a DD agency, is eligible for the same benefits and privileges as other agency employees and is paid 100% of their wages by the DD agency, this is considered Individual Employment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F2D80F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="03F2D80F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16575CFE" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="16575CFE" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Self Employed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>: Refers to small business ownership that is controlled or owned by the individual or in which the individual is considered to be a private contractor AND guided by a business plan; 100% of the business income goes to the individual/co-owners, and $400 in annual earnings is expected. The individual reports earnings to SSA and files taxes if income guidelines are met. Self-employment would not include a business that is owned or operated by an organization or provider or an individual’s hobby, a chore, or a favor that results in receipt of payment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9961D0" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="7E9961D0" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D4A6CA9" w14:textId="1A236144" w:rsidR="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="5D4A6CA9" w14:textId="1A236144" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Community-based Non-Work Activity</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: Non-work services or activities that take place in a community setting; may include activities such as arts, leisure and recreation, fitness, education, training, soft skills related to employment and/or vocational awareness, ADL skills, and volunteering. For some, they may participate remotely from their home in activities offered by a community organization </w:t>
       </w:r>
-      <w:r w:rsidR="00A55105">
+      <w:r w:rsidR="00A55105" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>(e.g., l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>ibrary book club</w:t>
       </w:r>
-      <w:r w:rsidR="00A55105">
+      <w:r w:rsidR="00A55105" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> yoga class</w:t>
       </w:r>
-      <w:r w:rsidR="00A55105">
+      <w:r w:rsidR="00A55105" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00FC27F2" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00FE1075">
+    <w:p w14:paraId="00FC27F2" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F1CCB0B" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00596FDA">
+    <w:p w14:paraId="4F1CCB0B" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00596FDA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EA63BEA" w14:textId="47835171" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00596FDA">
+    <w:p w14:paraId="1EA63BEA" w14:textId="47835171" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00596FDA">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>List</w:t>
-[...29 lines deleted...]
-        <w:t>: CWIC List</w:t>
+        <w:t>List B: CWIC List</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A554E75" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00596FDA"/>
+    <w:p w14:paraId="6A554E75" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00596FDA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3415"/>
         <w:gridCol w:w="3751"/>
         <w:gridCol w:w="3584"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00596FDA" w:rsidRPr="00FE1075" w14:paraId="22456DE0" w14:textId="77777777" w:rsidTr="00920A4A">
+      <w:tr w:rsidR="00596FDA" w:rsidRPr="007E6A95" w14:paraId="22456DE0" w14:textId="77777777" w:rsidTr="00920A4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10750" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="65AFBF29" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
+          <w:p w14:paraId="65AFBF29" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Certified Work Incentives Counselor (CWIC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00596FDA" w:rsidRPr="00FE1075" w14:paraId="0CB5A360" w14:textId="77777777" w:rsidTr="00920A4A">
+      <w:tr w:rsidR="00596FDA" w:rsidRPr="007E6A95" w14:paraId="0CB5A360" w14:textId="77777777" w:rsidTr="00920A4A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3415" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C94E604" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
+          <w:p w14:paraId="5C94E604" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Ian Armitstead</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="574917C5" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
+          <w:p w14:paraId="2D68E0F2" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Laura Elderkin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="574917C5" w14:textId="765E022F" w:rsidR="003D5A37" w:rsidRPr="007E6A95" w:rsidRDefault="003D5A37" w:rsidP="00920A4A">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+              </w:rPr>
+              <w:t>Jenni Ugarte Amaya (Spanish)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3751" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A21C51F" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
+          <w:p w14:paraId="2A21C51F" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>Jeanne Fay</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C9406F5" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
+          <w:p w14:paraId="6C9406F5" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Vicki Ferrara</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05DBD6E6" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
+          <w:p w14:paraId="05DBD6E6" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00920A4A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">Joshua Hughes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3584" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCFECA0" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="009F7731">
+          <w:p w14:paraId="5DCFECA0" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="009F7731">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE1075">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>An ORS-provided Benefits Counselor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F4946E9" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00596FDA">
+    <w:p w14:paraId="2F4946E9" w14:textId="77777777" w:rsidR="00596FDA" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00596FDA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77A60182" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="77A60182" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36795C33" w14:textId="614F9223" w:rsidR="009F7731" w:rsidRDefault="00FE1075" w:rsidP="009F7731">
+    <w:p w14:paraId="36795C33" w14:textId="614F9223" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="009F7731">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00596FDA">
+      <w:r w:rsidR="00596FDA" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>List C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Job Title List</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:tblpY="465"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="43" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3476"/>
         <w:gridCol w:w="3644"/>
         <w:gridCol w:w="3670"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F7731" w14:paraId="68778FC9" w14:textId="77777777" w:rsidTr="004004E6">
+      <w:tr w:rsidR="009F7731" w:rsidRPr="007E6A95" w14:paraId="68778FC9" w14:textId="77777777" w:rsidTr="004004E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3505" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68D2E951" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="68D2E951" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Accommodation</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Food</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="27"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E4DABA1" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7E4DABA1" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Baggage</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Porter</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bellhop</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04BE2C37" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="04BE2C37" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cooks/Chef/Baker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EB2DCAD" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="0EB2DCAD" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dining</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Room</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and Cafeteria</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="25"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Attendant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EC89024" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7EC89024" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dishwasher</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F4EB73A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="6F4EB73A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Food</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Preparation</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Serving</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="23"/>
                 <w:w w:val="99"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Worker Including</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fast</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Food</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39D8198B" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="39D8198B" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hotel/Motel Desk Clerk</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3258AB82" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="3258AB82" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Host/Hostess</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EB8750B" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="0EB8750B" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Waiter</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Waitress (Nonfood prep)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="556EE02A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="556EE02A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="199A9BCE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="199A9BCE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Administrative</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>&amp;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B57DA91" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="5B57DA91" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Data Entry Keyer</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5468D75F" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+              <w:t xml:space="preserve">Data Entry </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Keyer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5468D75F" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Library Assistant Clerical</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="551B4A87" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="551B4A87" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mail Clerk Handler</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1306EFEB" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="1306EFEB" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Office and Administrative Support - All Types (Clerk, Receptionist, etc.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C2EB9CE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="0C2EB9CE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Office Machine Operator</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="779AC67C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="779AC67C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07BD7B29" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="07BD7B29" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Agriculture,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Forestry,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Fishing</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and Hunting</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B2A8DF8" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="0B2A8DF8" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Floral</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> D</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>esigner/Assistant</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="35"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A950DCD" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7A950DCD" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Laborer/Farm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="433F5FD8" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="433F5FD8" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Landscaping</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Grounds</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> K</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>eeping</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="25"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Worker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="714CAA5F" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="714CAA5F" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Nursery</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Worker</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>(Greenhouse/R</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>etail)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2530F49A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="2530F49A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:ind w:left="415" w:right="-107"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6224759C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="6224759C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Arts, Entertainment, and Recreation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BC0CE52" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="2BC0CE52" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Amusement and Recreation Attendant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EB7E1CE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="1EB7E1CE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Artist – Crafts</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F5E504A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="0F5E504A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Artist – Fine arts, Multimedia, Graphic Design</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="303AE00E" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="303AE00E" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:spacing w:val="29"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Assistant</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Coach</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Athletics</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="29"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DB24343" w14:textId="7E5E5E92" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="5DB24343" w14:textId="7E5E5E92" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fitness Instructor or Assistant </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(yoga, exercise, etc</w:t>
             </w:r>
-            <w:r w:rsidR="00F2126A">
+            <w:r w:rsidR="00F2126A" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1ACB5ACD" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="1ACB5ACD" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve">Model </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>All</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> T</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ypes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06672ED0" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="06672ED0" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Musician/Entertainer/DJ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>All</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> T</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ypes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F7B87DA" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="3F7B87DA" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Photographer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01178912" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="01178912" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Pin Setter Bowling</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EF226F7" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7EF226F7" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:line="284" w:lineRule="exact"/>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Tour</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Guide</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ACDD11D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="2ACDD11D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:ind w:right="-107"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Usher,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Lobby</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Attendant</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>&amp;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Ticket</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="31"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Taker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34DBFC75" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="34DBFC75" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Construction/Trade</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7670F3CF" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7670F3CF" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Construction</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Carpentry</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="23"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66464E33" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="009F7731" w:rsidRDefault="006A243C" w:rsidP="009F7731">
+          <w:p w14:paraId="66464E33" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="0023196D" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Construction</w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-6"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Worker</w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-5"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>and</w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-3"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Laborer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3232DA10" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="3232DA10" w14:textId="4416FF1D" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:ind w:left="431" w:right="-110"/>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">Helper/Assistant </w:t>
+            </w:r>
+            <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve">All Trades (Painting, Welding, Masonry, Electrical, Woodworker, etc.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="187A79D8" w14:textId="77777777" w:rsidR="009B774E" w:rsidRPr="007E6A95" w:rsidRDefault="009B774E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B90205E" w14:textId="673FDFD2" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Educational</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F663A3D" w14:textId="77777777" w:rsidR="00F775EC" w:rsidRPr="00F775EC" w:rsidRDefault="00F775EC" w:rsidP="009F7731">
+          <w:p w14:paraId="6F663A3D" w14:textId="77777777" w:rsidR="00F775EC" w:rsidRPr="007E6A95" w:rsidRDefault="00F775EC" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F775EC">
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Instructor (Non-Academic)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11C5717D" w14:textId="3B3B5CDC" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="11C5717D" w14:textId="3B3B5CDC" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Teacher</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Assistant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E9F74FE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="5E9F74FE" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:spacing w:val="33"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Teacher/Instructor - A</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ll</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> T</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>ypes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26581109" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="26581109" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:ind w:left="431" w:right="-110"/>
               <w:rPr>
                 <w:spacing w:val="33"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="33"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B925B2A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="1B925B2A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Care</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Social</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Assistance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58C02C61" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="58C02C61" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:line="272" w:lineRule="exact"/>
               <w:ind w:right="-110"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Direct Support Professional or Assistant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F736213" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="5F736213" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:line="272" w:lineRule="exact"/>
               <w:ind w:right="-110"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Home</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Health</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Aide</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68864EC3" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="68864EC3" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:line="272" w:lineRule="exact"/>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Peer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Support</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Professional</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03888335" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="03888335" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Personal</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Care</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Attendant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="271E3F1A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="4A940F9E" w14:textId="63B9ECDC" w:rsidR="00F80387" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="00F80387">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Healthcare Practitioner </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E67A0C9" w14:textId="79A3C68A" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="00F80387">
+            <w:pPr>
+              <w:ind w:left="431" w:right="-110"/>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>(all types)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19FFCBA7" w14:textId="77777777" w:rsidR="009B774E" w:rsidRPr="007E6A95" w:rsidRDefault="009B774E" w:rsidP="009B774E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Healthcare Social Assistance </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>(Reiki Master, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF371DC" w14:textId="77777777" w:rsidR="00F80387" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="00F80387">
+            <w:pPr>
+              <w:ind w:left="431" w:right="-110"/>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78901EC6" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Companies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:w w:val="99"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Enterprises</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BF99760" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:spacing w:line="271" w:lineRule="exact"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Assistant Manager</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="164D37CA" w14:textId="0A33BAE6" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="00F80387">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:spacing w:line="271" w:lineRule="exact"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Supervisor,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Director,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2251DFFA" w14:textId="77777777" w:rsidR="00F80387" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B61FE5A" w14:textId="2EB9A092" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Manufacturing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69677E7C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Furniture</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Finishing/Assembly/Caning</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="426C594D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:spacing w:line="271" w:lineRule="exact"/>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Order</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>iller/Wholesale Retail</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51AABB49" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="29"/>
+              </w:numPr>
+              <w:ind w:right="-110"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Polisher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Metal – All Types</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DDFB0F8" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-            </w:pPr>
-[...32 lines deleted...]
-                <w:spacing w:val="-5"/>
+              <w:t>Production/Packager</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...46 lines deleted...]
-          <w:p w14:paraId="4BF99760" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>Hand</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:t>ssembly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2994DE94" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t>Assistant Manager</w:t>
-[...9 lines deleted...]
-              <w:ind w:right="-110"/>
+              <w:t>Vending</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Machine/Box</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t>Supervisor,</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-12"/>
+              <w:t>Servicer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2998B749" w14:textId="77777777" w:rsidR="009B774E" w:rsidRPr="007E6A95" w:rsidRDefault="009B774E" w:rsidP="009B774E">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="59CCA3B0" w14:textId="62BC2763" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009B774E" w:rsidP="009B774E">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:ind w:left="0"/>
+              <w:outlineLvl w:val="1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...29 lines deleted...]
-          <w:p w14:paraId="69677E7C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
+              <w:t>Retail Trade</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AB06D7B" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t>Furniture</w:t>
-[...7 lines deleted...]
-            <w:r>
+              <w:t>Antique</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t>Finishing/Assembly/Caning</w:t>
-[...33 lines deleted...]
-          <w:p w14:paraId="51AABB49" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+              <w:t>ealer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D64D9A7" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="0023196D" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-[...164 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Automotive</w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-10"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Technician</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009F7731">
+              <w:t xml:space="preserve"> (Repair,</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
+              <w:t>il Change,</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t>(Repair,</w:t>
-[...16 lines deleted...]
-            <w:r w:rsidR="009F7731">
+              <w:t>xhaust,</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> T</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
+              <w:t>ire</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> R</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t>xhaust,</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>epairer)</w:t>
             </w:r>
-            <w:r w:rsidR="009F7731">
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20FED0EF" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="20FED0EF" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Bagger</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Carriage</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Retrieval</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AA21EA3" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="6AA21EA3" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cashier </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="51"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>All</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> I</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>ndustries</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="687E4DCC" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="687E4DCC" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:spacing w:val="25"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Counter</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; Rental </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Clerk (Non</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>food)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="25"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="507B6B3E" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="507B6B3E" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Greeter</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>All</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> T</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>ypes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29CE0516" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="29CE0516" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-110"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Sales</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Person -</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>All</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> T</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t xml:space="preserve">ypes </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Door</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>to</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Door</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D439131" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="00F775EC" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="6D439131" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:line="237" w:lineRule="auto"/>
               <w:ind w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Stock Clerk Sales Floor Stockroom -All Types</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FA5F57B" w14:textId="3FD51997" w:rsidR="00F775EC" w:rsidRDefault="00F775EC" w:rsidP="00F775EC">
+          <w:p w14:paraId="5FA5F57B" w14:textId="3FD51997" w:rsidR="00F775EC" w:rsidRPr="007E6A95" w:rsidRDefault="00F775EC" w:rsidP="00F775EC">
             <w:pPr>
               <w:spacing w:line="237" w:lineRule="auto"/>
               <w:ind w:left="431" w:right="-110"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3582" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CC75D60" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="7CC75D60" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Professional, Technical, Science</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07562915" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="07562915" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="51"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Billing Cost and Rate Clerks</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F72D230" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="0F72D230" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="51"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Social Media Specialist</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42F640D2" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="42F640D2" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="51"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technology Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C2199C4" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7C2199C4" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="51"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teller</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30150078" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="30150078" w14:textId="1FA37ECE" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:before="51"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Writer/Author</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30BFD6A2" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="5E4464E6" w14:textId="3A5EAD07" w:rsidR="00F80387" w:rsidRPr="007E6A95" w:rsidRDefault="00F80387" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="30"/>
+              </w:numPr>
               <w:spacing w:before="51"/>
-              <w:ind w:left="434" w:right="-113"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+              <w:ind w:right="-113"/>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="4A99D2ED" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Calibration Technician</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30BFD6A2" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="00F80387">
+            <w:pPr>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="74" w:right="-113"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Verdana" w:cs="Verdana"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A99D2ED" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Transportation</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-13"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Warehousing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A3DB248" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="0A3DB248" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Bus</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Monitor</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Aide</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="29"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BED2202" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7BED2202" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Couriers</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>&amp;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Messenger</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="533EAD39" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="533EAD39" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Driver</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Delivery</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Service</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26883F59" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="26883F59" w14:textId="10CCF428" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
-              <w:t>Engine &amp; Other Machine Assembly</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="53F2F26D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+              <w:t>Engine &amp; Other</w:t>
+            </w:r>
+            <w:r w:rsidR="005650EF" w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t>Machine Assembly</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53F2F26D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:right="-113"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Laborer,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> F</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>reight/Stock</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>and M</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>aterial</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> M</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>over</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A4B292C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="2A4B292C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:ind w:right="-113"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Passenger Assistant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20775434" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="20775434" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:ind w:left="434" w:right="-113"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CE612DA" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="1CE612DA" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Waste</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Management</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="23"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Remediation</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="416E055E" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="416E055E" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Janitor/Cleaner/Housekeeping</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34D0CEA0" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="34D0CEA0" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="27"/>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Maintenance</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>/</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Repair</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Worker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4993A40B" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="4993A40B" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Trash/Refuse</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Recyclable</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Material Collector</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4009249F" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="4009249F" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="434" w:right="-113"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39CEAD72" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731">
+          <w:p w14:paraId="39CEAD72" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Services </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48E0C568" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="48E0C568" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Activity</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Aide</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Recreation</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Worker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7201FC32" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7201FC32" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Animal</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Caretaker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51350D10" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="51350D10" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Animal</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Groomer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B43053C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7B43053C" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Attendant- Coat, Fitting or Locker Room</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="552CDA9D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="552CDA9D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Automotive</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Cleaner</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Vehicles</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>&amp;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Equipment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34CB90C7" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="34CB90C7" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Child</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Care</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Worker (non-school)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="007DF0AC" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="007DF0AC" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Cosmetology/Hairstylist</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Assistant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A86A9CF" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="7A86A9CF" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Delivery</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>All</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Types (Coffee, Newspaper, etc.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B2D544D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="1B2D544D" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Demonstrator &amp; Product Promoter </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3507D4C8" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="3507D4C8" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="21"/>
                 <w:w w:val="99"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Laundry</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:t>Dry-Cleaning</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="21"/>
                 <w:w w:val="99"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Worker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="087AC916" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="087AC916" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Online</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Merchant</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69810EF5" w14:textId="77777777" w:rsidR="009F7731" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+          <w:p w14:paraId="69810EF5" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="271" w:lineRule="exact"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Parking</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Lot</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>Attendant/Valet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1727AF2A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="009F7731" w:rsidRDefault="006A243C" w:rsidP="009F7731">
+          <w:p w14:paraId="1727AF2A" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="0023196D" w:rsidP="009F7731">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:spacing w:line="272" w:lineRule="exact"/>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Tailors,</w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-8"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Dressmakers,</w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-5"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-2"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>and</w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-4"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Custom</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+            <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidR="009F7731" w:rsidRPr="009F7731">
+              <w:r w:rsidR="009F7731" w:rsidRPr="007E6A95">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:spacing w:val="-1"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Sewer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D9FD1AB" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="00FE1075" w:rsidRDefault="009F7731" w:rsidP="009F7731">
+    <w:p w14:paraId="5D9FD1AB" w14:textId="77777777" w:rsidR="009F7731" w:rsidRPr="007E6A95" w:rsidRDefault="009F7731" w:rsidP="009F7731">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19F41354" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="19F41354" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43964167" w14:textId="76B44778" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00596FDA" w:rsidP="00FE1075">
+    <w:p w14:paraId="43964167" w14:textId="76B44778" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00596FDA" w:rsidP="00FE1075">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="41"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>List D</w:t>
       </w:r>
-      <w:r w:rsidR="00FE1075" w:rsidRPr="00FE1075">
+      <w:r w:rsidR="00FE1075" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Industry Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7657D59F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="7657D59F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="33"/>
         <w:ind w:left="111"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="41"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22AB205C" w14:textId="56CC8964" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="22AB205C" w14:textId="56CC8964" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NAI</w:t>
       </w:r>
-      <w:r w:rsidR="00DF6FD2">
+      <w:r w:rsidR="00DF6FD2" w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Codes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(North</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>American</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Industry</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Classification</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>System)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758114A9" w14:textId="20141BC2" w:rsidR="00FE1075" w:rsidRPr="00A45659" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="758114A9" w14:textId="20141BC2" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>North America Industry Classification</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>System</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>(NAISC)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">is an industry classification </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>system</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> that groups</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="49"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>establishments into</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>industries based</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> which they are primarily</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>engaged.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DD4367" w14:textId="77777777" w:rsidR="00A45659" w:rsidRPr="00FE1075" w:rsidRDefault="00A45659" w:rsidP="00FE1075">
+    <w:p w14:paraId="68DD4367" w14:textId="77777777" w:rsidR="00A45659" w:rsidRPr="007E6A95" w:rsidRDefault="00A45659" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="740292E0" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="740292E0" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Accommodation and Food Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">sector </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> composed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>providing customers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>with lodging</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and/or preparing meals, snacks,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and beverages for immediate consumption.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="49"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Included are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hotels,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>RV</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>parks and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>recreational camps,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and restaurants.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C98267" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="21C98267" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A9C79F7" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="4A9C79F7" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Administrative and Support and Waste Management</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and Remediation Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Comprises businesses that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>perform</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>routine support activities for the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>day-to-day</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>operations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>organizations. These</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>support services, performed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> on a contract </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> fee</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:u w:val="single" w:color="221F1F"/>
         </w:rPr>
         <w:t>basis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>include: office</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>administration,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>hiring</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>placing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of personnel,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>document</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="69"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>preparation and similar</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>clerical services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>solicitation,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>telemarketing,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>collection,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>security</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and surveillance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cleaning,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and waste</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>disposal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFFDCAF" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="6FFFDCAF" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45C20B40" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="45C20B40" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Agriculture,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Forestry,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fishing and Hunting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>in this sector are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">described as </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>farms,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ranches,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>dairies,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="77"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>greenhouses,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>nurseries,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>orchards,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> hatcheries.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sector distinguishes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>two</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>basic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities: agricultural</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="71"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>production and agricultural support activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="403682D2" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="403682D2" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="064593B3" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="064593B3" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Arts,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Entertainment,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and Recreation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Consists</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of businesses</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">operate </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>facilities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> or provide</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>meet</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="69"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>various</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cultural,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>entertainment,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>recreational interests</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">their patrons. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Included are establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>involved</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="93"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>producing,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>promoting,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>participating</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>live performances,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>events,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>exhibits</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> intended for public viewing;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="69"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>establishments that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>preserve and exhibit objects</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and sites</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of historical,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cultural,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>or educational</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>interest;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="71"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>operate facilities or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>provide services that enable patrons</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>participate in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>recreational</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>activities,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>amusements,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hobbies,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">and leisure time </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>activities.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>included in this</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>sector are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>resort</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="77"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>casino hotels and restaurants with nightclubs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="363FF299" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="363FF299" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E4AB6BE" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="4E4AB6BE" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Construction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Includes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">primarily </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>engaged</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>construction of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>residential,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>commercial,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>industrial buildings or engineering projects</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>(e.g., highways</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and utility systems). Construction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>work done includes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="45"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>new</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>work,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>additions,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>alterations,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">maintenance </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> repairs. Also</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>included</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>engaged in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>demolition or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>wrecking of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>buildings and other structures,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>clearing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of building sites,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and the sale of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>materials</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="73"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>from demolished structures. Blasting,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>test drilling,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>land filling,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>leveling,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>earthmoving,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">excavating, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>land drainage,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="45"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and other land preparation are also included.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235164BA" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="235164BA" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0491F4E9" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="0491F4E9" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Educational Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Includes establishments that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>instruction and training in a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>wide variety of subjects</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>teachers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>who explain,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>tell,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>demonstrate,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>supervise,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> direct</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>learning.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Schools,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>colleges,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>universities,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>training</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="63"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>centers,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>fine arts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>schools,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and sports and recreation instruction are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>included in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Educational Services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6D511A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="6E6D511A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72CD5711" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="72CD5711" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Finance and Insurance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> three</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>principal types of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>activities are:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>raising</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>funds by taking deposits or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>issuing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="63"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>securities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>- thereby incurring liabilities; pooling</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>risks</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>by underwriting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>insurance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and annuities; providing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>specialized</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="63"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>services facilitating and supporting financial</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>intermediation,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>insurance,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and employee benefit programs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A92147F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="4A92147F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61292693" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="61292693" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Information</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Newspapers,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>book and software publishers,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>motion picture and sound recording</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>industries,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="63"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>telecommunications,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>data</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>processing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and libraries.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B9B876" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="02B9B876" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29E63F4A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="29E63F4A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Health Care and Social Assistance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Offices</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>physicians,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>dentists,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and other health practitioners,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>hospitals,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="79"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>medical</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and diagnostic laboratories,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>nursing homes,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>assisted</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>living facilities,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>mental health and substance abuse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>facilities,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>individual and family</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>and childcare centers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>are included.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0116CB1D" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="0116CB1D" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="627AB7C1" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="627AB7C1" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Management of Companies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and Enterprises</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Examples of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>establishments that administer,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>oversee,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>manage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">establishments of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> company</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or enterprise</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>include centralized administrative</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>offices (human</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>resources),</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>corporate offices,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>district</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and regional offices,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and head offices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E84501" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="18E84501" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AC1D2C2" w14:textId="696F95C2" w:rsidR="00FE1075" w:rsidRPr="00A55105" w:rsidRDefault="00FE1075" w:rsidP="00A55105">
+    <w:p w14:paraId="5AC1D2C2" w14:textId="696F95C2" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00A55105">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Manufacturing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>Establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>in this sector are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>often described</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>plants,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>factories,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>or mills.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>These</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>generally use power-driven machines</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>and material-handling equipment. This</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>sector</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>also</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>include establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="66"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>transform</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>materials or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>substances into new</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve">products by </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>hand</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t xml:space="preserve"> or in the worker’s home, and those engaged in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>selling</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>products made on the premises to the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>general public.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>This includes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>bakeries,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>candy stores,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:t>and custom tailors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58BF5496" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="58BF5496" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Mining </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Includes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>extract</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>naturally occurring</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>mineral solids,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>such as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>coal and ores;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>liquid</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="63"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>minerals,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>such as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>crude petroleum; and gases,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">such </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> natural</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">gas. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> term mining includes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>quarrying,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>well</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="55"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>operations,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and beneficiating,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or other</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>preparation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>customarily</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>performed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> mine site or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> part of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> mining</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="71"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1CDEDA" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="3F1CDEDA" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="519E1B4C" w14:textId="78D1135F" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="519E1B4C" w14:textId="78D1135F" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Other Services (except </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Public</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Administration)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Comprises establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>engaged in providing services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>provided for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>elsewhere</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>in the NAICS classification system.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="49"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Included are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>engaged</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>in equipment and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="83"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>machinery repairing,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>promoting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> or administering</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>religious activities,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>grant-making,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">advocacy, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>providing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>dry-cleaning</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and laundry</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>personal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">care </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>death care</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>pet care services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>photofinishing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="81"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>temporary</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>parking services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>dating</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and domestic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>help,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>such as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>maids,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>butlers,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and nannies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="398A251A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="398A251A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03BE1EE8" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="03BE1EE8" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Public</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Administration</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Consists</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> of federal,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>state,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and local</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">government </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>agencies</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>administer,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>oversee,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="87"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>manage public programs and have executive, legislative,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or judicial</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>authority over other institutions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>within</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>given</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="79"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>area.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB45032" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="2FB45032" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3375648F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="3375648F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Professional,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Scientific,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and Technical Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Legal advice and representation; accounting,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>bookkeeping,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>payroll</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services; architectural,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>engineering,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and specialized design</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>computer services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>consulting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>research</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>advertising</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>photographic services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>payroll</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> processing services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>translation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="75"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>interpretation services;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>veterinary services,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and other professional,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>scientific,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399F85FC" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="399F85FC" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37E3EBB0" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="37E3EBB0" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Real Estate and Rental and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Leasing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Includes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>establishments primarily</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>engaged</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>in renting,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>leasing,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>otherwise</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="65"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>allowing the use of tangible or intangible assets.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Tangible assets</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>include real estate and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>equipment</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>(without</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>operator); intangible assets</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>include patents</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">trademarks. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Also</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>included are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>establishments involved in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>managing,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="87"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>selling,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>buying,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">appraising </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>real estate for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>others,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>automobile rental and leasing,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and video tape,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and disc</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>rental.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD5A24B" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="3DD5A24B" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47BFEB8A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="47BFEB8A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Retail</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Trade</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Sell</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>merchandise in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>small</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">quantities to the general public. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Office</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> supply</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>stores,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>building</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>materials</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="75"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>dealers,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">plumbing </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and electrical</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>supply</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>stores,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>gasoline service</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>stations,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>automotive dealers,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and mobile</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>home</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="64"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>dealers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>all classified as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>store retailers. Stores that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">provide after-sales </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> such as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>repair and installation are</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="75"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>generally</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>considered</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>retail.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Non-store retailers also serve</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>the general public through</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>“infomercials,”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>mail-order,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="82"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>electronic catalogs,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>door-to-door solicitation,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>in-home demonstration,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>portable carts,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>vending</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>machines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BBF43C" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="28BBF43C" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D95793D" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="4D95793D" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Transportation and Warehousing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>– Comprises industries that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>transportation of passengers and cargo,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="47"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>scenic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and sightseeing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>transportation,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>transportation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>support activities,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>warehousing and storage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>for goods.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="61"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Transportation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>provided by air,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>rail,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>road,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>water,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or pipeline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A58F206" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="7A58F206" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4149BA5A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+    <w:p w14:paraId="4149BA5A" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Utilities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Comprises establishments</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>engaged in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>the provision</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>electric</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>power,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>natural</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> gas,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>steam supply,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>water</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>supply and sewage</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>removal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447EF75F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
+    <w:p w14:paraId="447EF75F" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="007E6A95" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55E4C7D5" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Wholesale Trade</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Wholesalers are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>organized</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> to sell</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or arrange the purchase or</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>sale of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> goods for resale</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>(i.e.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="87"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>goods</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>sold</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>to other wholesalers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or retailers),</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>(b)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>capital or durable</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>non-consumer goods, and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>(c) raw</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="65"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>intermediate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>materials</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>supplies used in production. This sector</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">comprises </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>two</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>main</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>types</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>wholesalers:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="64"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>merchant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>wholesalers that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>sell goods</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>on their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>own account and business</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>to business electronic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>markets,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>agents,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="91"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>brokers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>arrange sales</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>and purchases for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>others generally for</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>a commission</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE1075">
+      <w:r w:rsidRPr="007E6A95">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>or fee.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D32BCB" w14:textId="77777777" w:rsidR="00FE1075" w:rsidRPr="00FE1075" w:rsidRDefault="00FE1075" w:rsidP="00FE1075">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="40"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DE062DE" w14:textId="348231B9" w:rsidR="005C6C46" w:rsidRPr="00FE1075" w:rsidRDefault="005C6C46" w:rsidP="00FE1075">
+    <w:p w14:paraId="1DE062DE" w14:textId="0D68B447" w:rsidR="005C6C46" w:rsidRPr="00FE1075" w:rsidRDefault="005C6C46" w:rsidP="00FE1075">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005C6C46" w:rsidRPr="00FE1075" w:rsidSect="00BF1CD3">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="0" w:footer="435" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w16 w16cex">
+  <w16cex:commentExtensible w16cex:durableId="5CE77B3E" w16cex:dateUtc="2026-03-17T20:30:54.801Z"/>
+</w16cex:commentsExtensible>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C3472F9" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRDefault="00D91CC5" w:rsidP="004427A0">
+    <w:p w14:paraId="1C3472F9" w14:textId="77777777" w:rsidR="0074205B" w:rsidRDefault="0074205B" w:rsidP="004427A0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="563063F5" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRDefault="00D91CC5" w:rsidP="004427A0">
+    <w:p w14:paraId="563063F5" w14:textId="77777777" w:rsidR="0074205B" w:rsidRDefault="0074205B" w:rsidP="004427A0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1C271E2D" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRDefault="00D91CC5"/>
+    <w:p w14:paraId="1C271E2D" w14:textId="77777777" w:rsidR="0074205B" w:rsidRDefault="0074205B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ecofont Vera Sans">
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="42C62FF4" w14:textId="02808B9F" w:rsidR="00D91CC5" w:rsidRPr="00FE1075" w:rsidRDefault="00D91CC5" w:rsidP="12660AAB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="42C62FF4" w14:textId="4B1467FC" w:rsidR="0074205B" w:rsidRPr="00FE1075" w:rsidRDefault="0074205B" w:rsidP="12660AAB">
     <w:pPr>
       <w:pStyle w:val="SurveyFooter"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="12660AAB">
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Paul V. Sherlock Center on Disabilities           2025 Bi-Annual DD Employment &amp; Day Activity Survey                                  Page </w:t>
+      <w:t xml:space="preserve"> Paul V. Sherlock Center on Disabilities           </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:i w:val="0"/>
+      </w:rPr>
+      <w:t>2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="12660AAB">
+      <w:rPr>
+        <w:i w:val="0"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Annual DD Employment &amp; Day Activity Survey                                  Page </w:t>
     </w:r>
     <w:r w:rsidRPr="12660AAB">
       <w:rPr>
         <w:i w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="12660AAB">
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="12660AAB">
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="12660AAB">
       <w:rPr>
         <w:i w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="12660AAB">
       <w:rPr>
         <w:i w:val="0"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="12660AAB">
       <w:rPr>
         <w:i w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">               </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BCB9F0C" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRDefault="00D91CC5" w:rsidP="004427A0">
+    <w:p w14:paraId="3BCB9F0C" w14:textId="77777777" w:rsidR="0074205B" w:rsidRDefault="0074205B" w:rsidP="004427A0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00C14412" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRDefault="00D91CC5" w:rsidP="004427A0">
+    <w:p w14:paraId="00C14412" w14:textId="77777777" w:rsidR="0074205B" w:rsidRDefault="0074205B" w:rsidP="004427A0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3B5A2186" w14:textId="77777777" w:rsidR="00D91CC5" w:rsidRDefault="00D91CC5"/>
+    <w:p w14:paraId="3B5A2186" w14:textId="77777777" w:rsidR="0074205B" w:rsidRDefault="0074205B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="520079E6" w14:textId="56F41F8C" w:rsidR="00D91CC5" w:rsidRPr="006528B0" w:rsidRDefault="00D91CC5" w:rsidP="006528B0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="520079E6" w14:textId="56F41F8C" w:rsidR="0074205B" w:rsidRPr="006528B0" w:rsidRDefault="0074205B" w:rsidP="006528B0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006528B0">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
   <int2:observations>
     <int2:bookmark int2:bookmarkName="_Int_YFlPVhcK" int2:invalidationBookmarkName="" int2:hashCode="U5fgWD8U9siN4G" int2:id="Lw0VGLip">
       <int2:state int2:type="gram" int2:value="Rejected"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:14.4pt;height:12.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:14.25pt;height:12.9pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00277833"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14541F6A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -40999,51 +40757,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C2D7196"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8F8ED886"/>
+    <w:tmpl w:val="DEC4C1AA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="431" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1151" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -42328,52 +42086,53 @@
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="45">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="46">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="47">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="49">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="50">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0083098E"/>
@@ -42521,50 +42280,51 @@
     <w:rsid w:val="001C4D07"/>
     <w:rsid w:val="001C57B5"/>
     <w:rsid w:val="001D0576"/>
     <w:rsid w:val="001D2AC6"/>
     <w:rsid w:val="001D3C4C"/>
     <w:rsid w:val="001D5A41"/>
     <w:rsid w:val="001D7584"/>
     <w:rsid w:val="001E02A6"/>
     <w:rsid w:val="001E5146"/>
     <w:rsid w:val="001E5AD5"/>
     <w:rsid w:val="001E6CF9"/>
     <w:rsid w:val="001F194C"/>
     <w:rsid w:val="001F6E5F"/>
     <w:rsid w:val="00200290"/>
     <w:rsid w:val="0020362D"/>
     <w:rsid w:val="002057AA"/>
     <w:rsid w:val="00205F98"/>
     <w:rsid w:val="00206719"/>
     <w:rsid w:val="00210BDF"/>
     <w:rsid w:val="002119C2"/>
     <w:rsid w:val="00214420"/>
     <w:rsid w:val="00214631"/>
     <w:rsid w:val="00217629"/>
     <w:rsid w:val="00220632"/>
     <w:rsid w:val="00222670"/>
+    <w:rsid w:val="0023196D"/>
     <w:rsid w:val="00232798"/>
     <w:rsid w:val="00232F34"/>
     <w:rsid w:val="002345CB"/>
     <w:rsid w:val="00234D10"/>
     <w:rsid w:val="00235028"/>
     <w:rsid w:val="002364FB"/>
     <w:rsid w:val="00237775"/>
     <w:rsid w:val="00237B8F"/>
     <w:rsid w:val="00237C6C"/>
     <w:rsid w:val="0024034F"/>
     <w:rsid w:val="00240CEC"/>
     <w:rsid w:val="00242A58"/>
     <w:rsid w:val="0024476B"/>
     <w:rsid w:val="00244D90"/>
     <w:rsid w:val="0024753D"/>
     <w:rsid w:val="00250C6A"/>
     <w:rsid w:val="002515D1"/>
     <w:rsid w:val="00254CC2"/>
     <w:rsid w:val="00260234"/>
     <w:rsid w:val="002608CD"/>
     <w:rsid w:val="00261368"/>
     <w:rsid w:val="00265BC4"/>
     <w:rsid w:val="00265FF6"/>
     <w:rsid w:val="00266279"/>
     <w:rsid w:val="0027104A"/>
@@ -42622,117 +42382,120 @@
     <w:rsid w:val="00332B8C"/>
     <w:rsid w:val="00333C31"/>
     <w:rsid w:val="00335457"/>
     <w:rsid w:val="003376E5"/>
     <w:rsid w:val="00337B07"/>
     <w:rsid w:val="00337B9E"/>
     <w:rsid w:val="00341726"/>
     <w:rsid w:val="00342D8F"/>
     <w:rsid w:val="00342E7D"/>
     <w:rsid w:val="00343AA5"/>
     <w:rsid w:val="00343C34"/>
     <w:rsid w:val="003443AC"/>
     <w:rsid w:val="00345293"/>
     <w:rsid w:val="00346E67"/>
     <w:rsid w:val="00352EC9"/>
     <w:rsid w:val="00353693"/>
     <w:rsid w:val="00363382"/>
     <w:rsid w:val="003633D6"/>
     <w:rsid w:val="003638B4"/>
     <w:rsid w:val="003667D2"/>
     <w:rsid w:val="003708BA"/>
     <w:rsid w:val="00370BD6"/>
     <w:rsid w:val="00372B96"/>
     <w:rsid w:val="00372C54"/>
     <w:rsid w:val="003774D4"/>
+    <w:rsid w:val="003804C9"/>
     <w:rsid w:val="00384278"/>
     <w:rsid w:val="00385425"/>
     <w:rsid w:val="0039073B"/>
     <w:rsid w:val="00390F46"/>
     <w:rsid w:val="00394F27"/>
     <w:rsid w:val="00395B37"/>
     <w:rsid w:val="0039652D"/>
     <w:rsid w:val="003A0E10"/>
     <w:rsid w:val="003A2394"/>
     <w:rsid w:val="003A2BC6"/>
     <w:rsid w:val="003A3449"/>
     <w:rsid w:val="003A3469"/>
     <w:rsid w:val="003A4D7A"/>
     <w:rsid w:val="003A4DDA"/>
     <w:rsid w:val="003A5637"/>
     <w:rsid w:val="003A7D76"/>
     <w:rsid w:val="003B0AB3"/>
     <w:rsid w:val="003B33F1"/>
     <w:rsid w:val="003B473A"/>
     <w:rsid w:val="003B7AAE"/>
     <w:rsid w:val="003C3F0C"/>
     <w:rsid w:val="003C43D0"/>
     <w:rsid w:val="003D22ED"/>
     <w:rsid w:val="003D59CE"/>
+    <w:rsid w:val="003D5A37"/>
     <w:rsid w:val="003E55D7"/>
     <w:rsid w:val="003E67F8"/>
     <w:rsid w:val="003F175A"/>
     <w:rsid w:val="003F3138"/>
     <w:rsid w:val="003F367C"/>
     <w:rsid w:val="003F5806"/>
     <w:rsid w:val="003F6EA6"/>
     <w:rsid w:val="003F7618"/>
     <w:rsid w:val="004004E6"/>
     <w:rsid w:val="00400513"/>
     <w:rsid w:val="0040079F"/>
     <w:rsid w:val="00401657"/>
     <w:rsid w:val="00402ADF"/>
     <w:rsid w:val="00403041"/>
     <w:rsid w:val="004057AE"/>
     <w:rsid w:val="00407141"/>
     <w:rsid w:val="00411AD0"/>
     <w:rsid w:val="0041292D"/>
     <w:rsid w:val="00414C6F"/>
     <w:rsid w:val="00416775"/>
     <w:rsid w:val="004174AE"/>
     <w:rsid w:val="00417896"/>
     <w:rsid w:val="00421CDC"/>
     <w:rsid w:val="00423C52"/>
     <w:rsid w:val="004273C9"/>
     <w:rsid w:val="004276C4"/>
     <w:rsid w:val="00427AAA"/>
     <w:rsid w:val="0043017A"/>
     <w:rsid w:val="004318AB"/>
     <w:rsid w:val="00433255"/>
     <w:rsid w:val="0043327F"/>
     <w:rsid w:val="0044164B"/>
     <w:rsid w:val="004427A0"/>
     <w:rsid w:val="00442DED"/>
     <w:rsid w:val="004431E7"/>
     <w:rsid w:val="0044603D"/>
     <w:rsid w:val="0044655B"/>
     <w:rsid w:val="00450DB9"/>
     <w:rsid w:val="004559E2"/>
     <w:rsid w:val="00455C31"/>
     <w:rsid w:val="00456637"/>
     <w:rsid w:val="00457492"/>
     <w:rsid w:val="004601BF"/>
+    <w:rsid w:val="004608B1"/>
     <w:rsid w:val="00460BBD"/>
     <w:rsid w:val="00461974"/>
     <w:rsid w:val="004628B8"/>
     <w:rsid w:val="00463D64"/>
     <w:rsid w:val="00464453"/>
     <w:rsid w:val="004662B8"/>
     <w:rsid w:val="00467EF2"/>
     <w:rsid w:val="00470662"/>
     <w:rsid w:val="00470856"/>
     <w:rsid w:val="00471DF1"/>
     <w:rsid w:val="004727B5"/>
     <w:rsid w:val="00473AF6"/>
     <w:rsid w:val="004748D6"/>
     <w:rsid w:val="00476927"/>
     <w:rsid w:val="00480C35"/>
     <w:rsid w:val="00481115"/>
     <w:rsid w:val="004863A1"/>
     <w:rsid w:val="00487D41"/>
     <w:rsid w:val="004921D3"/>
     <w:rsid w:val="0049278D"/>
     <w:rsid w:val="00495F82"/>
     <w:rsid w:val="004A4947"/>
     <w:rsid w:val="004A5597"/>
     <w:rsid w:val="004A79EF"/>
     <w:rsid w:val="004A7D99"/>
@@ -42753,69 +42516,71 @@
     <w:rsid w:val="004D5166"/>
     <w:rsid w:val="004E160F"/>
     <w:rsid w:val="004E1785"/>
     <w:rsid w:val="004E61CD"/>
     <w:rsid w:val="004E6466"/>
     <w:rsid w:val="004E7796"/>
     <w:rsid w:val="004E7A47"/>
     <w:rsid w:val="004F1DDC"/>
     <w:rsid w:val="004F2DD1"/>
     <w:rsid w:val="004F304D"/>
     <w:rsid w:val="004F31CF"/>
     <w:rsid w:val="004F3297"/>
     <w:rsid w:val="004F48F0"/>
     <w:rsid w:val="004F497B"/>
     <w:rsid w:val="004F49D9"/>
     <w:rsid w:val="004F625F"/>
     <w:rsid w:val="00502257"/>
     <w:rsid w:val="005026B3"/>
     <w:rsid w:val="00502BD9"/>
     <w:rsid w:val="00505D4A"/>
     <w:rsid w:val="00511657"/>
     <w:rsid w:val="005231A9"/>
     <w:rsid w:val="00526241"/>
     <w:rsid w:val="00526C75"/>
     <w:rsid w:val="00526F6D"/>
+    <w:rsid w:val="0053225D"/>
     <w:rsid w:val="005331E3"/>
     <w:rsid w:val="005336FC"/>
     <w:rsid w:val="00533ACC"/>
     <w:rsid w:val="005363B2"/>
     <w:rsid w:val="005404E9"/>
     <w:rsid w:val="00541018"/>
     <w:rsid w:val="00541AD7"/>
     <w:rsid w:val="00543487"/>
     <w:rsid w:val="00543691"/>
     <w:rsid w:val="0054557A"/>
     <w:rsid w:val="00550230"/>
     <w:rsid w:val="00550252"/>
     <w:rsid w:val="005512B0"/>
     <w:rsid w:val="005516B5"/>
     <w:rsid w:val="005521FD"/>
     <w:rsid w:val="005550DE"/>
     <w:rsid w:val="00555337"/>
     <w:rsid w:val="00561B41"/>
     <w:rsid w:val="00561ED2"/>
+    <w:rsid w:val="005650EF"/>
     <w:rsid w:val="00566392"/>
     <w:rsid w:val="00566EC3"/>
     <w:rsid w:val="00567515"/>
     <w:rsid w:val="00570D5D"/>
     <w:rsid w:val="00575457"/>
     <w:rsid w:val="00576865"/>
     <w:rsid w:val="00586A97"/>
     <w:rsid w:val="0059053E"/>
     <w:rsid w:val="00590B9B"/>
     <w:rsid w:val="0059159B"/>
     <w:rsid w:val="00591AE0"/>
     <w:rsid w:val="00591DE0"/>
     <w:rsid w:val="005945E1"/>
     <w:rsid w:val="0059559D"/>
     <w:rsid w:val="005958D5"/>
     <w:rsid w:val="00596FDA"/>
     <w:rsid w:val="005A1748"/>
     <w:rsid w:val="005A6434"/>
     <w:rsid w:val="005B17AE"/>
     <w:rsid w:val="005B23BA"/>
     <w:rsid w:val="005B3FA3"/>
     <w:rsid w:val="005B6FB0"/>
     <w:rsid w:val="005C6C46"/>
     <w:rsid w:val="005C6F6B"/>
     <w:rsid w:val="005D0E72"/>
@@ -42905,96 +42670,99 @@
     <w:rsid w:val="006E4A61"/>
     <w:rsid w:val="006E662B"/>
     <w:rsid w:val="006F2D92"/>
     <w:rsid w:val="006F7D42"/>
     <w:rsid w:val="006F7E6E"/>
     <w:rsid w:val="0070127A"/>
     <w:rsid w:val="0070425F"/>
     <w:rsid w:val="00705895"/>
     <w:rsid w:val="00706084"/>
     <w:rsid w:val="007100E4"/>
     <w:rsid w:val="00710209"/>
     <w:rsid w:val="007128BC"/>
     <w:rsid w:val="00713953"/>
     <w:rsid w:val="00715A58"/>
     <w:rsid w:val="0071709B"/>
     <w:rsid w:val="00721A62"/>
     <w:rsid w:val="00722377"/>
     <w:rsid w:val="007233C5"/>
     <w:rsid w:val="00730B2B"/>
     <w:rsid w:val="00730C62"/>
     <w:rsid w:val="00731392"/>
     <w:rsid w:val="00737E0B"/>
     <w:rsid w:val="007404BF"/>
     <w:rsid w:val="0074067F"/>
     <w:rsid w:val="0074120E"/>
+    <w:rsid w:val="0074205B"/>
     <w:rsid w:val="007436FB"/>
     <w:rsid w:val="00750A31"/>
     <w:rsid w:val="00751C18"/>
     <w:rsid w:val="007528B3"/>
     <w:rsid w:val="00752A12"/>
     <w:rsid w:val="007565BE"/>
     <w:rsid w:val="00756BBF"/>
     <w:rsid w:val="00757083"/>
     <w:rsid w:val="00760BAF"/>
     <w:rsid w:val="00761476"/>
     <w:rsid w:val="007629FC"/>
     <w:rsid w:val="00762E89"/>
     <w:rsid w:val="00767581"/>
     <w:rsid w:val="00770C11"/>
     <w:rsid w:val="00772A7D"/>
     <w:rsid w:val="007759DA"/>
     <w:rsid w:val="00776DA4"/>
+    <w:rsid w:val="00780DED"/>
     <w:rsid w:val="00783BDF"/>
     <w:rsid w:val="00784769"/>
     <w:rsid w:val="007874CD"/>
     <w:rsid w:val="007879C5"/>
     <w:rsid w:val="0079055A"/>
     <w:rsid w:val="00790CEA"/>
     <w:rsid w:val="00792C8D"/>
     <w:rsid w:val="007A4FDC"/>
     <w:rsid w:val="007A7B26"/>
     <w:rsid w:val="007A9E7E"/>
     <w:rsid w:val="007B3247"/>
     <w:rsid w:val="007B4855"/>
     <w:rsid w:val="007B48BA"/>
     <w:rsid w:val="007B4AD2"/>
     <w:rsid w:val="007B62B7"/>
     <w:rsid w:val="007C0E70"/>
     <w:rsid w:val="007C1C8D"/>
     <w:rsid w:val="007C244D"/>
     <w:rsid w:val="007C25BB"/>
     <w:rsid w:val="007C4875"/>
     <w:rsid w:val="007C58CC"/>
     <w:rsid w:val="007C7FB3"/>
     <w:rsid w:val="007D1267"/>
     <w:rsid w:val="007D3B20"/>
     <w:rsid w:val="007D5641"/>
     <w:rsid w:val="007D6688"/>
     <w:rsid w:val="007D7CFE"/>
     <w:rsid w:val="007E6304"/>
     <w:rsid w:val="007E6634"/>
+    <w:rsid w:val="007E6A95"/>
     <w:rsid w:val="007F134D"/>
     <w:rsid w:val="007F3AAB"/>
     <w:rsid w:val="007F5681"/>
     <w:rsid w:val="007F695C"/>
     <w:rsid w:val="0080682C"/>
     <w:rsid w:val="00806BC9"/>
     <w:rsid w:val="0081017D"/>
     <w:rsid w:val="00811564"/>
     <w:rsid w:val="008124F3"/>
     <w:rsid w:val="00816CD1"/>
     <w:rsid w:val="0081AF48"/>
     <w:rsid w:val="00822313"/>
     <w:rsid w:val="008277CC"/>
     <w:rsid w:val="00830778"/>
     <w:rsid w:val="0083098E"/>
     <w:rsid w:val="0083228F"/>
     <w:rsid w:val="008333AA"/>
     <w:rsid w:val="00833ACF"/>
     <w:rsid w:val="00833CC7"/>
     <w:rsid w:val="00833EF1"/>
     <w:rsid w:val="00840203"/>
     <w:rsid w:val="00840440"/>
     <w:rsid w:val="0084087B"/>
     <w:rsid w:val="00840986"/>
     <w:rsid w:val="00841200"/>
@@ -43003,50 +42771,51 @@
     <w:rsid w:val="00845A77"/>
     <w:rsid w:val="0084639B"/>
     <w:rsid w:val="00846B6D"/>
     <w:rsid w:val="008477C1"/>
     <w:rsid w:val="0084796B"/>
     <w:rsid w:val="00850B1D"/>
     <w:rsid w:val="00851468"/>
     <w:rsid w:val="00852B48"/>
     <w:rsid w:val="008541AD"/>
     <w:rsid w:val="0086226E"/>
     <w:rsid w:val="0086518C"/>
     <w:rsid w:val="0086531A"/>
     <w:rsid w:val="00866946"/>
     <w:rsid w:val="00866B54"/>
     <w:rsid w:val="00867623"/>
     <w:rsid w:val="0087032A"/>
     <w:rsid w:val="00870C66"/>
     <w:rsid w:val="008714BD"/>
     <w:rsid w:val="00871FD6"/>
     <w:rsid w:val="0087247C"/>
     <w:rsid w:val="00872D04"/>
     <w:rsid w:val="00873155"/>
     <w:rsid w:val="008732E7"/>
     <w:rsid w:val="008740CE"/>
     <w:rsid w:val="00875780"/>
+    <w:rsid w:val="00875879"/>
     <w:rsid w:val="008768FF"/>
     <w:rsid w:val="00876F50"/>
     <w:rsid w:val="0088304F"/>
     <w:rsid w:val="00883372"/>
     <w:rsid w:val="00884838"/>
     <w:rsid w:val="008863EE"/>
     <w:rsid w:val="008878DD"/>
     <w:rsid w:val="0089169B"/>
     <w:rsid w:val="00892F80"/>
     <w:rsid w:val="0089390D"/>
     <w:rsid w:val="0089454E"/>
     <w:rsid w:val="00894EE8"/>
     <w:rsid w:val="00896761"/>
     <w:rsid w:val="00897B31"/>
     <w:rsid w:val="008A1579"/>
     <w:rsid w:val="008A1E7A"/>
     <w:rsid w:val="008A583D"/>
     <w:rsid w:val="008A58D4"/>
     <w:rsid w:val="008A7BA4"/>
     <w:rsid w:val="008B07A7"/>
     <w:rsid w:val="008B3258"/>
     <w:rsid w:val="008B3C47"/>
     <w:rsid w:val="008B593A"/>
     <w:rsid w:val="008B619C"/>
     <w:rsid w:val="008C1639"/>
@@ -43086,76 +42855,78 @@
     <w:rsid w:val="00922DF0"/>
     <w:rsid w:val="00924CB0"/>
     <w:rsid w:val="009253C7"/>
     <w:rsid w:val="0092637B"/>
     <w:rsid w:val="009302B0"/>
     <w:rsid w:val="00930654"/>
     <w:rsid w:val="00931B69"/>
     <w:rsid w:val="00933841"/>
     <w:rsid w:val="009353C4"/>
     <w:rsid w:val="009373AE"/>
     <w:rsid w:val="00943B00"/>
     <w:rsid w:val="009474B6"/>
     <w:rsid w:val="00951A4C"/>
     <w:rsid w:val="0095387C"/>
     <w:rsid w:val="00953E1B"/>
     <w:rsid w:val="009557EC"/>
     <w:rsid w:val="009559BD"/>
     <w:rsid w:val="00955CD8"/>
     <w:rsid w:val="00956271"/>
     <w:rsid w:val="00961764"/>
     <w:rsid w:val="00964810"/>
     <w:rsid w:val="00964A60"/>
     <w:rsid w:val="00964C8A"/>
     <w:rsid w:val="00965960"/>
     <w:rsid w:val="00966313"/>
+    <w:rsid w:val="009706C5"/>
     <w:rsid w:val="009719AB"/>
     <w:rsid w:val="00975355"/>
     <w:rsid w:val="00975BF6"/>
     <w:rsid w:val="00976DEE"/>
     <w:rsid w:val="009820EC"/>
     <w:rsid w:val="009824EF"/>
     <w:rsid w:val="00984065"/>
     <w:rsid w:val="00984E8D"/>
     <w:rsid w:val="0098503E"/>
     <w:rsid w:val="009865AF"/>
     <w:rsid w:val="00990C69"/>
     <w:rsid w:val="009917C2"/>
     <w:rsid w:val="00992B2F"/>
     <w:rsid w:val="00993398"/>
     <w:rsid w:val="00993452"/>
     <w:rsid w:val="0099386B"/>
     <w:rsid w:val="009938B4"/>
     <w:rsid w:val="009A2FC9"/>
     <w:rsid w:val="009A4817"/>
     <w:rsid w:val="009A690B"/>
     <w:rsid w:val="009B01B5"/>
     <w:rsid w:val="009B1529"/>
     <w:rsid w:val="009B5705"/>
     <w:rsid w:val="009B5E70"/>
     <w:rsid w:val="009B64C5"/>
     <w:rsid w:val="009B76EA"/>
+    <w:rsid w:val="009B774E"/>
     <w:rsid w:val="009C205F"/>
     <w:rsid w:val="009C31B1"/>
     <w:rsid w:val="009C5252"/>
     <w:rsid w:val="009D019F"/>
     <w:rsid w:val="009D4501"/>
     <w:rsid w:val="009D612A"/>
     <w:rsid w:val="009D75F5"/>
     <w:rsid w:val="009D7DB4"/>
     <w:rsid w:val="009E3029"/>
     <w:rsid w:val="009E4628"/>
     <w:rsid w:val="009E65B9"/>
     <w:rsid w:val="009E6660"/>
     <w:rsid w:val="009E66C7"/>
     <w:rsid w:val="009F1A1F"/>
     <w:rsid w:val="009F1C2A"/>
     <w:rsid w:val="009F4B01"/>
     <w:rsid w:val="009F519D"/>
     <w:rsid w:val="009F5BBF"/>
     <w:rsid w:val="009F6D3D"/>
     <w:rsid w:val="009F7731"/>
     <w:rsid w:val="00A021A9"/>
     <w:rsid w:val="00A028E4"/>
     <w:rsid w:val="00A032DC"/>
     <w:rsid w:val="00A03C25"/>
     <w:rsid w:val="00A04A5D"/>
@@ -43179,50 +42950,51 @@
     <w:rsid w:val="00A30FDB"/>
     <w:rsid w:val="00A3475C"/>
     <w:rsid w:val="00A40D1F"/>
     <w:rsid w:val="00A44F27"/>
     <w:rsid w:val="00A45659"/>
     <w:rsid w:val="00A506BF"/>
     <w:rsid w:val="00A533D4"/>
     <w:rsid w:val="00A54F50"/>
     <w:rsid w:val="00A55105"/>
     <w:rsid w:val="00A616F9"/>
     <w:rsid w:val="00A61842"/>
     <w:rsid w:val="00A65983"/>
     <w:rsid w:val="00A7372D"/>
     <w:rsid w:val="00A8148A"/>
     <w:rsid w:val="00A81BC0"/>
     <w:rsid w:val="00A82758"/>
     <w:rsid w:val="00A8421D"/>
     <w:rsid w:val="00A8446D"/>
     <w:rsid w:val="00A856EF"/>
     <w:rsid w:val="00A8685E"/>
     <w:rsid w:val="00A90125"/>
     <w:rsid w:val="00A9127F"/>
     <w:rsid w:val="00A9253F"/>
     <w:rsid w:val="00A9499B"/>
     <w:rsid w:val="00AA05A9"/>
+    <w:rsid w:val="00AA0B3E"/>
     <w:rsid w:val="00AA0D36"/>
     <w:rsid w:val="00AA1BD3"/>
     <w:rsid w:val="00AA3B0D"/>
     <w:rsid w:val="00AA5960"/>
     <w:rsid w:val="00AB15AD"/>
     <w:rsid w:val="00AB6AF0"/>
     <w:rsid w:val="00AC0237"/>
     <w:rsid w:val="00AC0265"/>
     <w:rsid w:val="00AC11AE"/>
     <w:rsid w:val="00AC2E62"/>
     <w:rsid w:val="00AC32A9"/>
     <w:rsid w:val="00AC356B"/>
     <w:rsid w:val="00AC5376"/>
     <w:rsid w:val="00AD2301"/>
     <w:rsid w:val="00AD3E5B"/>
     <w:rsid w:val="00AD3F1A"/>
     <w:rsid w:val="00AD4318"/>
     <w:rsid w:val="00AD4535"/>
     <w:rsid w:val="00AD453D"/>
     <w:rsid w:val="00AD4C9E"/>
     <w:rsid w:val="00AD6425"/>
     <w:rsid w:val="00AE06E1"/>
     <w:rsid w:val="00AE092E"/>
     <w:rsid w:val="00AE2065"/>
     <w:rsid w:val="00AE5113"/>
@@ -43272,50 +43044,51 @@
     <w:rsid w:val="00B80435"/>
     <w:rsid w:val="00B85E30"/>
     <w:rsid w:val="00B867CA"/>
     <w:rsid w:val="00B9003D"/>
     <w:rsid w:val="00B91F67"/>
     <w:rsid w:val="00B92A64"/>
     <w:rsid w:val="00B940E8"/>
     <w:rsid w:val="00BB0955"/>
     <w:rsid w:val="00BB20E5"/>
     <w:rsid w:val="00BB25B6"/>
     <w:rsid w:val="00BB25DD"/>
     <w:rsid w:val="00BB2603"/>
     <w:rsid w:val="00BB5D4F"/>
     <w:rsid w:val="00BB6476"/>
     <w:rsid w:val="00BC0290"/>
     <w:rsid w:val="00BC408C"/>
     <w:rsid w:val="00BC478C"/>
     <w:rsid w:val="00BC5A28"/>
     <w:rsid w:val="00BC78C8"/>
     <w:rsid w:val="00BC7BDF"/>
     <w:rsid w:val="00BD00FD"/>
     <w:rsid w:val="00BD1498"/>
     <w:rsid w:val="00BD47DD"/>
     <w:rsid w:val="00BD5002"/>
     <w:rsid w:val="00BD5C02"/>
+    <w:rsid w:val="00BD6077"/>
     <w:rsid w:val="00BD6AB1"/>
     <w:rsid w:val="00BD770E"/>
     <w:rsid w:val="00BE1DBD"/>
     <w:rsid w:val="00BE7755"/>
     <w:rsid w:val="00BF17C7"/>
     <w:rsid w:val="00BF1CD3"/>
     <w:rsid w:val="00BF22C4"/>
     <w:rsid w:val="00BF2A71"/>
     <w:rsid w:val="00BF355E"/>
     <w:rsid w:val="00BF35B3"/>
     <w:rsid w:val="00BF7959"/>
     <w:rsid w:val="00C027E1"/>
     <w:rsid w:val="00C02ABE"/>
     <w:rsid w:val="00C05F5A"/>
     <w:rsid w:val="00C07314"/>
     <w:rsid w:val="00C104E6"/>
     <w:rsid w:val="00C11331"/>
     <w:rsid w:val="00C1135B"/>
     <w:rsid w:val="00C212EF"/>
     <w:rsid w:val="00C2156A"/>
     <w:rsid w:val="00C258B2"/>
     <w:rsid w:val="00C25A47"/>
     <w:rsid w:val="00C313C1"/>
     <w:rsid w:val="00C31791"/>
     <w:rsid w:val="00C33B3E"/>
@@ -43345,85 +43118,87 @@
     <w:rsid w:val="00C746FF"/>
     <w:rsid w:val="00C754C5"/>
     <w:rsid w:val="00C76B22"/>
     <w:rsid w:val="00C8045B"/>
     <w:rsid w:val="00C81492"/>
     <w:rsid w:val="00C823A4"/>
     <w:rsid w:val="00C83DE2"/>
     <w:rsid w:val="00C86257"/>
     <w:rsid w:val="00C86572"/>
     <w:rsid w:val="00C866A0"/>
     <w:rsid w:val="00C86EF5"/>
     <w:rsid w:val="00C90D54"/>
     <w:rsid w:val="00C94752"/>
     <w:rsid w:val="00C97478"/>
     <w:rsid w:val="00C97688"/>
     <w:rsid w:val="00CA11D2"/>
     <w:rsid w:val="00CA3502"/>
     <w:rsid w:val="00CA4C8D"/>
     <w:rsid w:val="00CA78E5"/>
     <w:rsid w:val="00CB1910"/>
     <w:rsid w:val="00CB2D02"/>
     <w:rsid w:val="00CB3278"/>
     <w:rsid w:val="00CB3A7F"/>
     <w:rsid w:val="00CB3AF7"/>
     <w:rsid w:val="00CB3BE6"/>
+    <w:rsid w:val="00CB5856"/>
     <w:rsid w:val="00CB620C"/>
     <w:rsid w:val="00CB772F"/>
     <w:rsid w:val="00CB7CEF"/>
     <w:rsid w:val="00CC0849"/>
     <w:rsid w:val="00CC139C"/>
     <w:rsid w:val="00CC3E4D"/>
     <w:rsid w:val="00CC5758"/>
     <w:rsid w:val="00CC7B68"/>
     <w:rsid w:val="00CD107D"/>
     <w:rsid w:val="00CD13B4"/>
     <w:rsid w:val="00CD1548"/>
     <w:rsid w:val="00CD2B92"/>
     <w:rsid w:val="00CD2C65"/>
     <w:rsid w:val="00CD4026"/>
     <w:rsid w:val="00CD6338"/>
     <w:rsid w:val="00CE557C"/>
     <w:rsid w:val="00CE5B87"/>
     <w:rsid w:val="00CE74B4"/>
     <w:rsid w:val="00CF00CD"/>
     <w:rsid w:val="00CF1A59"/>
     <w:rsid w:val="00CF2B47"/>
     <w:rsid w:val="00CF4A2A"/>
     <w:rsid w:val="00CF52BA"/>
     <w:rsid w:val="00CF5A04"/>
     <w:rsid w:val="00CF5B00"/>
     <w:rsid w:val="00CF7390"/>
     <w:rsid w:val="00CF75F4"/>
     <w:rsid w:val="00D02EF4"/>
     <w:rsid w:val="00D054E3"/>
     <w:rsid w:val="00D17146"/>
     <w:rsid w:val="00D20AC1"/>
     <w:rsid w:val="00D20ADE"/>
     <w:rsid w:val="00D212FB"/>
     <w:rsid w:val="00D26EBC"/>
     <w:rsid w:val="00D30B13"/>
+    <w:rsid w:val="00D32303"/>
     <w:rsid w:val="00D32663"/>
     <w:rsid w:val="00D33BF7"/>
     <w:rsid w:val="00D36F61"/>
     <w:rsid w:val="00D37946"/>
     <w:rsid w:val="00D37E47"/>
     <w:rsid w:val="00D41AA4"/>
     <w:rsid w:val="00D47715"/>
     <w:rsid w:val="00D5067B"/>
     <w:rsid w:val="00D535CA"/>
     <w:rsid w:val="00D548D4"/>
     <w:rsid w:val="00D57A28"/>
     <w:rsid w:val="00D66C5F"/>
     <w:rsid w:val="00D7135B"/>
     <w:rsid w:val="00D7237F"/>
     <w:rsid w:val="00D7293B"/>
     <w:rsid w:val="00D7568C"/>
     <w:rsid w:val="00D75842"/>
     <w:rsid w:val="00D80DB8"/>
     <w:rsid w:val="00D83739"/>
     <w:rsid w:val="00D842A8"/>
     <w:rsid w:val="00D87B43"/>
     <w:rsid w:val="00D87C06"/>
     <w:rsid w:val="00D90751"/>
     <w:rsid w:val="00D911F5"/>
     <w:rsid w:val="00D91CC5"/>
@@ -43558,67 +43333,69 @@
     <w:rsid w:val="00F238D8"/>
     <w:rsid w:val="00F25414"/>
     <w:rsid w:val="00F26193"/>
     <w:rsid w:val="00F33204"/>
     <w:rsid w:val="00F3380D"/>
     <w:rsid w:val="00F33BE7"/>
     <w:rsid w:val="00F34FA2"/>
     <w:rsid w:val="00F35011"/>
     <w:rsid w:val="00F36159"/>
     <w:rsid w:val="00F40576"/>
     <w:rsid w:val="00F42087"/>
     <w:rsid w:val="00F42130"/>
     <w:rsid w:val="00F4350E"/>
     <w:rsid w:val="00F43B4C"/>
     <w:rsid w:val="00F44FAD"/>
     <w:rsid w:val="00F46B1F"/>
     <w:rsid w:val="00F5621C"/>
     <w:rsid w:val="00F6159D"/>
     <w:rsid w:val="00F65FD0"/>
     <w:rsid w:val="00F66ADC"/>
     <w:rsid w:val="00F71308"/>
     <w:rsid w:val="00F727F1"/>
     <w:rsid w:val="00F762CC"/>
     <w:rsid w:val="00F775EC"/>
     <w:rsid w:val="00F77DF8"/>
+    <w:rsid w:val="00F80387"/>
     <w:rsid w:val="00F80A93"/>
     <w:rsid w:val="00F83263"/>
     <w:rsid w:val="00F85AC0"/>
     <w:rsid w:val="00F92CBC"/>
     <w:rsid w:val="00F94F7A"/>
     <w:rsid w:val="00F979FF"/>
     <w:rsid w:val="00F97DC2"/>
     <w:rsid w:val="00FA1274"/>
     <w:rsid w:val="00FA133C"/>
     <w:rsid w:val="00FA28B0"/>
     <w:rsid w:val="00FA2B92"/>
     <w:rsid w:val="00FA3FB9"/>
     <w:rsid w:val="00FA538C"/>
     <w:rsid w:val="00FA6238"/>
     <w:rsid w:val="00FA6256"/>
     <w:rsid w:val="00FA6C81"/>
     <w:rsid w:val="00FC05E9"/>
+    <w:rsid w:val="00FC23B7"/>
     <w:rsid w:val="00FC2C5E"/>
     <w:rsid w:val="00FC33B9"/>
     <w:rsid w:val="00FC4DB8"/>
     <w:rsid w:val="00FC6DF0"/>
     <w:rsid w:val="00FD1B95"/>
     <w:rsid w:val="00FD4277"/>
     <w:rsid w:val="00FD4C65"/>
     <w:rsid w:val="00FE09DA"/>
     <w:rsid w:val="00FE1075"/>
     <w:rsid w:val="00FE17E5"/>
     <w:rsid w:val="00FE1A65"/>
     <w:rsid w:val="00FE1C16"/>
     <w:rsid w:val="00FE213C"/>
     <w:rsid w:val="00FE339C"/>
     <w:rsid w:val="00FE51B9"/>
     <w:rsid w:val="00FE725A"/>
     <w:rsid w:val="00FE78C7"/>
     <w:rsid w:val="00FE7D3B"/>
     <w:rsid w:val="00FF05C9"/>
     <w:rsid w:val="00FF061D"/>
     <w:rsid w:val="00FF421E"/>
     <w:rsid w:val="00FF456A"/>
     <w:rsid w:val="00FF652B"/>
     <w:rsid w:val="00FF6661"/>
     <w:rsid w:val="00FF7269"/>
@@ -43682,50 +43459,51 @@
     <w:rsid w:val="06091FC4"/>
     <w:rsid w:val="063C41D6"/>
     <w:rsid w:val="0640C5F5"/>
     <w:rsid w:val="0641E118"/>
     <w:rsid w:val="065AE61F"/>
     <w:rsid w:val="06B2C7D1"/>
     <w:rsid w:val="06BDA6B7"/>
     <w:rsid w:val="06CC6A4D"/>
     <w:rsid w:val="06DC84FC"/>
     <w:rsid w:val="06E20BC7"/>
     <w:rsid w:val="06EC5444"/>
     <w:rsid w:val="06ED99F1"/>
     <w:rsid w:val="06F3065C"/>
     <w:rsid w:val="070E68C0"/>
     <w:rsid w:val="0710A5E6"/>
     <w:rsid w:val="0774C658"/>
     <w:rsid w:val="07B096C8"/>
     <w:rsid w:val="07B98283"/>
     <w:rsid w:val="07BD0613"/>
     <w:rsid w:val="07D04CE4"/>
     <w:rsid w:val="07E32865"/>
     <w:rsid w:val="08205E55"/>
     <w:rsid w:val="08435C89"/>
     <w:rsid w:val="086114C8"/>
     <w:rsid w:val="0861A19C"/>
+    <w:rsid w:val="0864BD5D"/>
     <w:rsid w:val="08CC5411"/>
     <w:rsid w:val="08E8F04D"/>
     <w:rsid w:val="0913A726"/>
     <w:rsid w:val="091D47B7"/>
     <w:rsid w:val="092613D1"/>
     <w:rsid w:val="094AB8FD"/>
     <w:rsid w:val="094B0C91"/>
     <w:rsid w:val="0976A995"/>
     <w:rsid w:val="097FC655"/>
     <w:rsid w:val="099B8A08"/>
     <w:rsid w:val="09A189DA"/>
     <w:rsid w:val="09C7B363"/>
     <w:rsid w:val="09C9AAD1"/>
     <w:rsid w:val="09E2B06A"/>
     <w:rsid w:val="09EC3CF9"/>
     <w:rsid w:val="0A3A2F81"/>
     <w:rsid w:val="0A3C4B39"/>
     <w:rsid w:val="0A464ED3"/>
     <w:rsid w:val="0A52EACF"/>
     <w:rsid w:val="0A6E3718"/>
     <w:rsid w:val="0A84E36F"/>
     <w:rsid w:val="0A90EFC2"/>
     <w:rsid w:val="0AA08E60"/>
     <w:rsid w:val="0AD7509B"/>
     <w:rsid w:val="0AE3C17E"/>
@@ -44221,90 +43999,92 @@
     <w:rsid w:val="3F6440B7"/>
     <w:rsid w:val="3F84FD59"/>
     <w:rsid w:val="3FA12D40"/>
     <w:rsid w:val="3FAE3F91"/>
     <w:rsid w:val="3FB401FA"/>
     <w:rsid w:val="3FB6701A"/>
     <w:rsid w:val="3FE4F55B"/>
     <w:rsid w:val="3FEE9216"/>
     <w:rsid w:val="3FEEC4A9"/>
     <w:rsid w:val="3FF2C836"/>
     <w:rsid w:val="4022854B"/>
     <w:rsid w:val="403C3543"/>
     <w:rsid w:val="40EF65B3"/>
     <w:rsid w:val="40F0DBD0"/>
     <w:rsid w:val="410D97CC"/>
     <w:rsid w:val="4110AD1E"/>
     <w:rsid w:val="412627BE"/>
     <w:rsid w:val="41F2601F"/>
     <w:rsid w:val="420883A7"/>
     <w:rsid w:val="421DA3A5"/>
     <w:rsid w:val="4227BCD9"/>
     <w:rsid w:val="42536585"/>
     <w:rsid w:val="4254375A"/>
     <w:rsid w:val="42674484"/>
     <w:rsid w:val="4268A9C3"/>
+    <w:rsid w:val="42A343B3"/>
     <w:rsid w:val="42AA284E"/>
     <w:rsid w:val="42FC4082"/>
     <w:rsid w:val="433ACEFE"/>
     <w:rsid w:val="434473A5"/>
     <w:rsid w:val="4389A64F"/>
     <w:rsid w:val="4394B101"/>
     <w:rsid w:val="439CA6E3"/>
     <w:rsid w:val="43A14824"/>
     <w:rsid w:val="43B869D4"/>
     <w:rsid w:val="443F5AF5"/>
     <w:rsid w:val="44494AFA"/>
     <w:rsid w:val="445490BB"/>
     <w:rsid w:val="445E7167"/>
     <w:rsid w:val="4466E1DB"/>
     <w:rsid w:val="44764F7D"/>
     <w:rsid w:val="44F5F66E"/>
     <w:rsid w:val="44F8540B"/>
     <w:rsid w:val="450C1651"/>
     <w:rsid w:val="45303E08"/>
     <w:rsid w:val="4549DD5B"/>
     <w:rsid w:val="456B37AD"/>
     <w:rsid w:val="4572A3C5"/>
     <w:rsid w:val="45819E71"/>
     <w:rsid w:val="459512CA"/>
     <w:rsid w:val="4596307A"/>
     <w:rsid w:val="45C24D9D"/>
     <w:rsid w:val="45D6643C"/>
     <w:rsid w:val="45D9941B"/>
     <w:rsid w:val="45DB2B56"/>
     <w:rsid w:val="45DDA1F1"/>
     <w:rsid w:val="45EE3F8D"/>
     <w:rsid w:val="45EF4FD0"/>
     <w:rsid w:val="45F998E1"/>
     <w:rsid w:val="461B449D"/>
     <w:rsid w:val="46323864"/>
     <w:rsid w:val="46561C97"/>
     <w:rsid w:val="4668B0DF"/>
     <w:rsid w:val="466B33A4"/>
     <w:rsid w:val="46B3F351"/>
     <w:rsid w:val="46B461AC"/>
+    <w:rsid w:val="46BDE8FA"/>
     <w:rsid w:val="46C42A06"/>
     <w:rsid w:val="46D09B4B"/>
     <w:rsid w:val="46D1C05E"/>
     <w:rsid w:val="4711D0D1"/>
     <w:rsid w:val="471AA26D"/>
     <w:rsid w:val="471E4BBC"/>
     <w:rsid w:val="4723473F"/>
     <w:rsid w:val="47412342"/>
     <w:rsid w:val="4746BE54"/>
     <w:rsid w:val="477F73A6"/>
     <w:rsid w:val="478AB3B5"/>
     <w:rsid w:val="47973EB0"/>
     <w:rsid w:val="47C9A02C"/>
     <w:rsid w:val="4801B029"/>
     <w:rsid w:val="4808F417"/>
     <w:rsid w:val="480E4E03"/>
     <w:rsid w:val="4822BBB7"/>
     <w:rsid w:val="48376535"/>
     <w:rsid w:val="486890D2"/>
     <w:rsid w:val="487F5DA6"/>
     <w:rsid w:val="48956F98"/>
     <w:rsid w:val="48AD5808"/>
     <w:rsid w:val="48B45A51"/>
     <w:rsid w:val="48D4324E"/>
     <w:rsid w:val="48E322AE"/>
@@ -44584,50 +44364,51 @@
     <w:rsid w:val="619B3BB4"/>
     <w:rsid w:val="61BEDED9"/>
     <w:rsid w:val="61F03688"/>
     <w:rsid w:val="620A864B"/>
     <w:rsid w:val="625B5557"/>
     <w:rsid w:val="6286E82E"/>
     <w:rsid w:val="62906684"/>
     <w:rsid w:val="6298128C"/>
     <w:rsid w:val="62A09559"/>
     <w:rsid w:val="62A90B4C"/>
     <w:rsid w:val="62ACD58A"/>
     <w:rsid w:val="62AF856E"/>
     <w:rsid w:val="62DD04DC"/>
     <w:rsid w:val="62F256D2"/>
     <w:rsid w:val="631378A2"/>
     <w:rsid w:val="63592553"/>
     <w:rsid w:val="63593782"/>
     <w:rsid w:val="6359E3B2"/>
     <w:rsid w:val="636167FA"/>
     <w:rsid w:val="6371490C"/>
     <w:rsid w:val="63B143E5"/>
     <w:rsid w:val="63BAC784"/>
     <w:rsid w:val="63C44992"/>
     <w:rsid w:val="63CEEF03"/>
     <w:rsid w:val="63EB50F2"/>
+    <w:rsid w:val="63F732DB"/>
     <w:rsid w:val="64009B06"/>
     <w:rsid w:val="6420512A"/>
     <w:rsid w:val="6442690B"/>
     <w:rsid w:val="64783F17"/>
     <w:rsid w:val="6482F6A0"/>
     <w:rsid w:val="648832F5"/>
     <w:rsid w:val="64B9947E"/>
     <w:rsid w:val="64CFB4A6"/>
     <w:rsid w:val="64DCB080"/>
     <w:rsid w:val="650EE569"/>
     <w:rsid w:val="652A9E47"/>
     <w:rsid w:val="654D06A3"/>
     <w:rsid w:val="657AA767"/>
     <w:rsid w:val="658D5F57"/>
     <w:rsid w:val="65A8F818"/>
     <w:rsid w:val="65CA9A37"/>
     <w:rsid w:val="65DC0FDD"/>
     <w:rsid w:val="660E4640"/>
     <w:rsid w:val="6621220A"/>
     <w:rsid w:val="66226820"/>
     <w:rsid w:val="6626C13D"/>
     <w:rsid w:val="66384BCE"/>
     <w:rsid w:val="663D4ED7"/>
     <w:rsid w:val="66481A1B"/>
     <w:rsid w:val="6662C407"/>
@@ -44921,67 +44702,67 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C5B20D2"/>
   <w15:docId w15:val="{52F33CB9-B26A-4E07-87C1-141A9789BBB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Ecofont Vera Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Ecofont Vera Sans" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -45043,98 +44824,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -45310,51 +45094,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Bullets"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00FE1075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00433255"/>
     <w:pPr>
       <w:ind w:left="100"/>
@@ -46401,51 +46184,51 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid22">
     <w:name w:val="Table Grid22"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00FE1075"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="16663968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="312100659">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -46780,51 +46563,51 @@
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2019964835">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/1/47-2061.00?s=construction%20worker" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="Rb15e04561fcf4e92" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/14/51-6052.00?s=stake%20maker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/biannualsurvey2025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/14/51-6052.00?s=stake%20maker" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/2/49-3023.02?s=auto%20mechanic" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/1/47-2061.00?s=construction%20worker" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="Rb76bb0fedf2a4e76" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="Rb15e04561fcf4e92" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/14/51-6052.00?s=stake%20maker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/annualsurvey2026" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/14/51-6052.00?s=stake%20maker" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://online.onetcenter.org/find/match/2/49-3023.02?s=auto%20mechanic" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -47065,63 +46848,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006AD5C1D09B8E3F48B7B8F4CFC68BBD73" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4b79d56b16527ff73c69aa927a41880f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6399aae3-8672-4ce4-80e8-3c447ec2072d" xmlns:ns4="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2d35d5c3b49ef64306eed620b2d8704c" ns3:_="" ns4:_="">
     <xsd:import namespace="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
     <xsd:import namespace="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -47300,141 +47070,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7452414-F9DC-49BB-A35A-B0FD221FA624}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
     <ds:schemaRef ds:uri="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28F0C597-FC21-407D-A253-182EE415A808}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{785E9CAD-ABA4-4D62-A4BA-EC30826750F0}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2bc561ae-9eeb-461b-bdbb-acbcd14f8ca2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="6399aae3-8672-4ce4-80e8-3c447ec2072d"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7774159-2AFF-4744-854C-87C5FAA4E7E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>6350</Words>
-  <Characters>36199</Characters>
+  <Words>6398</Words>
+  <Characters>36472</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>301</Lines>
-  <Paragraphs>84</Paragraphs>
+  <Lines>303</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Rhode Island College</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42465</CharactersWithSpaces>
+  <CharactersWithSpaces>42785</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>LC02</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006AD5C1D09B8E3F48B7B8F4CFC68BBD73</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>b8b1d435-2645-4715-94ec-5797f9a72c2a</vt:lpwstr>
+  </property>
 </Properties>
 </file>